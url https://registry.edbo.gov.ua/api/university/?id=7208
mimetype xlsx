--- v0 (2025-11-13)
+++ v1 (2025-12-15)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$6</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$22</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$23</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$36</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$481</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$247</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
@@ -639,218 +639,225 @@
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:A22"/>
+  <dimension ref="A1:A23"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут міжнародного співробітництва і освіти</t>
+          <t>ліквідований Навчально-науковий інститут неперервної освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут неперервної освіти</t>
+          <t>ліквідовваний Навчально-науковий інститут розвитку освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут розвитку освіти</t>
+          <t>Навчально-науковий інститут міжнародного співробітництва і освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Аерокосмічний факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>Факультет аеронавігації, електроніки та телекомунікацій</t>
+          <t>ліквідований Факультет екологічної безпеки, інженерії та технологій</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>Факультет архітектури, будівництва та дизайну</t>
+          <t>Факультет аеронавігації, електроніки та телекомунікацій</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>Факультет екологічної безпеки, інженерії та технологій</t>
+          <t>Факультет архітектури, будівництва та дизайну</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Факультет економіки та бізнес-адміністрування</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Факультет комп'ютерних наук та технологій</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Факультет лінгвістики та соціальних комунікацій</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Факультет міжнародних відносин</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Факультет наземних споруд і аеродромів</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
-          <t>Факультет права та міжнародних відносин</t>
+          <t>Факультет наук про здоров`я</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
-          <t>Факультет психології, комунікацій та перекладу</t>
+          <t>Факультет права та міжнародних відносин</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
-          <t>Факультет транспорту і логістики</t>
+          <t>Факультет психології, комунікацій та перекладу</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
-          <t>Факультет транспорту, менеджменту і логістики</t>
+          <t>Факультет транспорту і логістики</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
-          <t>Юридичний факультет</t>
+          <t>Факультет транспорту, менеджменту і логістики</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
-          <t>ВСП Український науково-дослідний інститут дизайну та ергономіки (тема 1-ДЕ)</t>
+          <t>Юридичний факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
-          <t>Кафедра військової підготовки</t>
+          <t>ВСП Український науково-дослідний інститут дизайну та ергономіки (тема 1-ДЕ)</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
-          <t>Науково-навчальний центр "Аерокосмічний центр" (тема 495-Х24)</t>
+          <t>Кафедра військової підготовки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
+          <t>Науково-навчальний центр "Аерокосмічний центр" (тема 495-Х24)</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="3" t="inlineStr">
+        <is>
           <t>Український науково-дослідний та навчальний центр хіммотології і сертифікації паливно-мастильних матеріалів і технічних рідин (тема 1-СП)</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:A22"/>
+  <autoFilter ref="A1:A23"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -1990,54 +1997,56 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="F27" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G27" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H27" s="9"/>
+          <t> 18942</t>
+        </is>
+      </c>
+      <c r="H27" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="I27" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="3" t="inlineStr">
         <is>
@@ -2066,56 +2075,54 @@
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="F29" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G29" s="7" t="inlineStr">
         <is>
-          <t> 14290</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H29" s="9"/>
       <c r="I29" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="3" t="inlineStr">
         <is>
@@ -2341,56 +2348,54 @@
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="F36" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G36" s="7" t="inlineStr">
         <is>
-          <t> 9973</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H36" s="9"/>
       <c r="I36" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I36"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K481"/>
   <sheetViews>
@@ -12890,54 +12895,56 @@
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D253" s="3"/>
       <c r="E253" s="6" t="n">
         <v>65516</v>
       </c>
       <c r="F253" s="3" t="inlineStr">
         <is>
           <t>Митна діяльність підприємницьких структур</t>
         </is>
       </c>
       <c r="G253" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H253" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I253" s="9"/>
+          <t>- 19272</t>
+        </is>
+      </c>
+      <c r="I253" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J253" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K253" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B254" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D254" s="3"/>
       <c r="E254" s="6" t="n">
@@ -13113,54 +13120,56 @@
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C258" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D258" s="3"/>
       <c r="E258" s="6" t="n">
         <v>65531</v>
       </c>
       <c r="F258" s="3" t="inlineStr">
         <is>
           <t>Інформаційні технології проектування</t>
         </is>
       </c>
       <c r="G258" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H258" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I258" s="9"/>
+          <t>- 19201</t>
+        </is>
+      </c>
+      <c r="I258" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J258" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K258" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B259" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C259" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D259" s="3"/>
       <c r="E259" s="6" t="n">
@@ -13291,97 +13300,101 @@
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D262" s="3"/>
       <c r="E262" s="6" t="n">
         <v>65379</v>
       </c>
       <c r="F262" s="3" t="inlineStr">
         <is>
           <t>Системи та технології кібербезпеки</t>
         </is>
       </c>
       <c r="G262" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H262" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I262" s="9"/>
+          <t>- 19199</t>
+        </is>
+      </c>
+      <c r="I262" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J262" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K262" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B263" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C263" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D263" s="3"/>
       <c r="E263" s="6" t="n">
         <v>65512</v>
       </c>
       <c r="F263" s="3" t="inlineStr">
         <is>
           <t>Системи технічного захисту інформації, автоматизація її обробки</t>
         </is>
       </c>
       <c r="G263" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H263" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I263" s="9"/>
+          <t>- 19200</t>
+        </is>
+      </c>
+      <c r="I263" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J263" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K263" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B264" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D264" s="3"/>
       <c r="E264" s="6" t="n">
@@ -13463,54 +13476,56 @@
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C266" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D266" s="3"/>
       <c r="E266" s="6" t="n">
         <v>65517</v>
       </c>
       <c r="F266" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка, стандартизація та оцінка якості технічних систем</t>
         </is>
       </c>
       <c r="G266" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H266" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I266" s="9"/>
+          <t>- 18911</t>
+        </is>
+      </c>
+      <c r="I266" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J266" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K266" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B267" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C267" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D267" s="3"/>
       <c r="E267" s="6" t="n">
@@ -13956,54 +13971,56 @@
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C277" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D277" s="3"/>
       <c r="E277" s="6" t="n">
         <v>65502</v>
       </c>
       <c r="F277" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="G277" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H277" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I277" s="9"/>
+          <t>- 18909</t>
+        </is>
+      </c>
+      <c r="I277" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J277" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K277" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B278" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C278" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D278" s="3"/>
       <c r="E278" s="6" t="n">
@@ -15036,55 +15053,55 @@
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C301" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D301" s="3"/>
       <c r="E301" s="6" t="n">
         <v>65555</v>
       </c>
       <c r="F301" s="3" t="inlineStr">
         <is>
           <t>Обслуговування повітряного руху</t>
         </is>
       </c>
       <c r="G301" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H301" s="7" t="inlineStr">
         <is>
-          <t>- 9944</t>
+          <t>- 18941</t>
         </is>
       </c>
       <c r="I301" s="9" t="n">
-        <v>45987</v>
+        <v>46344</v>
       </c>
       <c r="J301" s="7" t="inlineStr">
         <is>
           <t>НД 1191188</t>
         </is>
       </c>
       <c r="K301" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B302" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C302" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
@@ -15130,54 +15147,56 @@
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C303" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D303" s="3"/>
       <c r="E303" s="6" t="n">
         <v>65571</v>
       </c>
       <c r="F303" s="3" t="inlineStr">
         <is>
           <t>Системи аеронавігаційного обслуговування</t>
         </is>
       </c>
       <c r="G303" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H303" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I303" s="9"/>
+          <t>- 18932</t>
+        </is>
+      </c>
+      <c r="I303" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J303" s="7" t="inlineStr">
         <is>
           <t>НД 1191188</t>
         </is>
       </c>
       <c r="K303" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B304" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C304" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
@@ -15322,54 +15341,56 @@
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C307" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D307" s="3"/>
       <c r="E307" s="6" t="n">
         <v>65533</v>
       </c>
       <c r="F307" s="3" t="inlineStr">
         <is>
           <t>Менеджмент в органах публічного управління</t>
         </is>
       </c>
       <c r="G307" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H307" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I307" s="9"/>
+          <t>- 18939</t>
+        </is>
+      </c>
+      <c r="I307" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J307" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K307" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B308" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C308" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D308" s="3"/>
       <c r="E308" s="6" t="n">
@@ -15545,54 +15566,56 @@
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C312" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D312" s="3"/>
       <c r="E312" s="6" t="n">
         <v>65534</v>
       </c>
       <c r="F312" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="G312" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H312" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I312" s="9"/>
+          <t>- 18942</t>
+        </is>
+      </c>
+      <c r="I312" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J312" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K312" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B313" s="7" t="inlineStr">
         <is>
           <t>B10</t>
         </is>
       </c>
       <c r="C313" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D313" s="3"/>
       <c r="E313" s="6" t="n">
@@ -19615,56 +19638,54 @@
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C404" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D404" s="3"/>
       <c r="E404" s="6" t="n">
         <v>69470</v>
       </c>
       <c r="F404" s="3" t="inlineStr">
         <is>
           <t>Обслуговування повітряного руху</t>
         </is>
       </c>
       <c r="G404" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H404" s="7" t="inlineStr">
         <is>
-          <t>- 14259</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I404" s="9"/>
       <c r="J404" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K404" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B405" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C405" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D405" s="3"/>
       <c r="E405" s="6" t="n">
@@ -20065,54 +20086,56 @@
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C414" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D414" s="3"/>
       <c r="E414" s="6" t="n">
         <v>65355</v>
       </c>
       <c r="F414" s="3" t="inlineStr">
         <is>
           <t>Міжнародна журналістика</t>
         </is>
       </c>
       <c r="G414" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H414" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I414" s="9"/>
+          <t>- 18865</t>
+        </is>
+      </c>
+      <c r="I414" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J414" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K414" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B415" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C415" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D415" s="3"/>
       <c r="E415" s="6" t="n">
@@ -20194,54 +20217,56 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C417" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D417" s="3"/>
       <c r="E417" s="6" t="n">
         <v>65357</v>
       </c>
       <c r="F417" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G417" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H417" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I417" s="9"/>
+          <t>- 18874</t>
+        </is>
+      </c>
+      <c r="I417" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J417" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K417" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B418" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C418" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D418" s="3"/>
       <c r="E418" s="6" t="n">
@@ -21581,56 +21606,54 @@
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C448" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D448" s="3"/>
       <c r="E448" s="6" t="n">
         <v>65350</v>
       </c>
       <c r="F448" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="G448" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H448" s="7" t="inlineStr">
         <is>
-          <t>- 9973</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I448" s="9"/>
       <c r="J448" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K448" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B449" s="7" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C449" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D449" s="3"/>
       <c r="E449" s="6" t="n">
@@ -22154,56 +22177,54 @@
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C461" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D461" s="3"/>
       <c r="E461" s="6" t="n">
         <v>68323</v>
       </c>
       <c r="F461" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="G461" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H461" s="7" t="inlineStr">
         <is>
-          <t>- 14290</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I461" s="9"/>
       <c r="J461" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K461" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B462" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C462" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D462" s="3"/>
       <c r="E462" s="6" t="n">
@@ -23441,54 +23462,54 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>5</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -23705,51 +23726,51 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>E6</t>
         </is>
       </c>
@@ -23870,51 +23891,51 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>10</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
@@ -24537,51 +24558,51 @@
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
         <v>266</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
@@ -24640,51 +24661,51 @@
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>92</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
@@ -24703,54 +24724,54 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -24871,84 +24892,84 @@
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
         <v>53</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>360</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -25132,183 +25153,183 @@
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>59</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>33</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
         <v>239</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>32</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -25957,51 +25978,51 @@
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
@@ -26023,51 +26044,51 @@
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -26254,51 +26275,51 @@
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>80</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
@@ -26357,51 +26378,51 @@
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
@@ -26682,51 +26703,51 @@
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F107" s="6" t="n">
         <v>29</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F108" s="6" t="n">
         <v>0</v>
       </c>
@@ -26805,81 +26826,81 @@
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
         <v>32</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F112" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -27033,84 +27054,84 @@
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F118" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F119" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
@@ -27866,51 +27887,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E143" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F143" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -27935,51 +27956,51 @@
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
         <v>26</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -28097,51 +28118,51 @@
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="F150" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -28166,51 +28187,51 @@
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -28361,87 +28382,87 @@
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="F159" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
@@ -28922,51 +28943,51 @@
       <c r="H174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
@@ -29189,85 +29210,85 @@
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
         <v>95</v>
       </c>
       <c r="F183" s="6" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D184" s="3" t="inlineStr">
         <is>
           <t>на повітряному транспорті</t>
         </is>
       </c>
       <c r="E184" s="6" t="n">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I184" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -30147,51 +30168,51 @@
       <c r="H211" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I211" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H212" s="6" t="n">
         <v>3</v>
       </c>
       <c r="I212" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
@@ -30345,51 +30366,51 @@
       <c r="H217" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I217" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F218" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G218" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H218" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I218" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B219" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -30750,51 +30771,51 @@
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B230" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F230" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H230" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I230" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B231" s="7" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
         <v>12</v>
       </c>
@@ -31309,57 +31330,57 @@
       <c r="I246" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B247" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D247" s="3"/>
       <c r="E247" s="6" t="n">
         <v>36</v>
       </c>
       <c r="F247" s="6" t="n">
+        <v>4</v>
+      </c>
+      <c r="G247" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H247" s="6" t="n">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
       <c r="I247" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I247"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>