--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -20,55 +20,55 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$6</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$23</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$24</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$36</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$247</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$39</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$482</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$212</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -639,225 +639,232 @@
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:A23"/>
+  <dimension ref="A1:A24"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>ліквідований Навчально-науковий інститут неперервної освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>ліквідовваний Навчально-науковий інститут розвитку освіти</t>
+          <t>ліквідований Навчально-науковий інститут розвитку освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Навчально-науковий інститут міжнародного співробітництва і освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Аерокосмічний факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>ліквідований Факультет екологічної безпеки, інженерії та технологій</t>
+          <t>Гуманітарно-мистецький факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>Факультет аеронавігації, електроніки та телекомунікацій</t>
+          <t>ліквідований Факультет екологічної безпеки, інженерії та технологій</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>Факультет архітектури, будівництва та дизайну</t>
+          <t>Факультет аеронавігації, електроніки та телекомунікацій</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
-          <t>Факультет економіки та бізнес-адміністрування</t>
+          <t>Факультет архітектури, будівництва та дизайну</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
-          <t>Факультет комп'ютерних наук та технологій</t>
+          <t>Факультет економіки та бізнес-адміністрування</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
-          <t>Факультет лінгвістики та соціальних комунікацій</t>
+          <t>Факультет комп'ютерних наук та технологій</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
-          <t>Факультет міжнародних відносин</t>
+          <t>Факультет лінгвістики та соціальних комунікацій</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
-          <t>Факультет наземних споруд і аеродромів</t>
+          <t>Факультет менеджменту, фінансів та маркетингу</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
-          <t>Факультет наук про здоров`я</t>
+          <t>Факультет міжнародних відносин</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
-          <t>Факультет права та міжнародних відносин</t>
+          <t>Факультет наземних споруд і аеродромів</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
-          <t>Факультет психології, комунікацій та перекладу</t>
+          <t>Факультет наук про здоров`я</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
-          <t>Факультет транспорту і логістики</t>
+          <t>Факультет права та міжнародних відносин</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
-          <t>Факультет транспорту, менеджменту і логістики</t>
+          <t>Факультет психології, комунікацій та перекладу</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
-          <t>Юридичний факультет</t>
+          <t>Факультет транспорту і логістики</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
-          <t>ВСП Український науково-дослідний інститут дизайну та ергономіки (тема 1-ДЕ)</t>
+          <t>Факультет транспорту, менеджменту і логістики</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
-          <t>Кафедра військової підготовки</t>
+          <t>Юридичний факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
-          <t>Науково-навчальний центр "Аерокосмічний центр" (тема 495-Х24)</t>
+          <t>ВСП Український науково-дослідний інститут дизайну та ергономіки (тема 1-ДЕ)</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
+          <t>Кафедра військової підготовки</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="3" t="inlineStr">
+        <is>
           <t>Український науково-дослідний та навчальний центр хіммотології і сертифікації паливно-мастильних матеріалів і технічних рідин (тема 1-СП)</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:A23"/>
+  <autoFilter ref="A1:A24"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -923,51 +930,51 @@
         <v>168</v>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I36"/>
+  <dimension ref="A1:I39"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
@@ -1116,1310 +1123,1429 @@
       <c r="F4" s="6" t="n">
         <v>250</v>
       </c>
       <c r="G4" s="7" t="inlineStr">
         <is>
           <t> 14209</t>
         </is>
       </c>
       <c r="H4" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
-          <t>J6</t>
+          <t>J5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
-[...2 lines deleted...]
-      <c r="D5" s="3"/>
+          <t>Морський та внутрішній водний транспорт</t>
+        </is>
+      </c>
+      <c r="D5" s="3" t="inlineStr">
+        <is>
+          <t>Транспортні технології на морському та внутрішньому водному транспорті</t>
+        </is>
+      </c>
       <c r="E5" s="3" t="inlineStr">
         <is>
-          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
+          <t>Глобальні транспортні мережі та логістика водного транспорту</t>
         </is>
       </c>
       <c r="F5" s="6" t="n">
-        <v>315</v>
+        <v>60</v>
       </c>
       <c r="G5" s="7" t="inlineStr">
         <is>
-          <t>УД 11020762</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H5" s="9"/>
       <c r="I5" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 22.04.2025 № 42-л</t>
+          <t>Наказ МОН від 30.12.2025 № 225-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
-          <t>K10</t>
+          <t>J6</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
         <is>
-          <t>Захист об`єктів критичної інфраструктури</t>
+          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
         </is>
       </c>
       <c r="F6" s="6" t="n">
-        <v>60</v>
+        <v>315</v>
       </c>
       <c r="G6" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H6" s="9"/>
+          <t>УД 11020762</t>
+        </is>
+      </c>
+      <c r="H6" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="I6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>J7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Транспортні технології та логістичний сервіс</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="G7" s="7" t="inlineStr">
         <is>
-          <t> 14213</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H7" s="9"/>
       <c r="I7" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 22.04.2025 № 42-л</t>
+          <t>Наказ МОН від 30.12.2025 № 225-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>K10</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>
-          <t>Правознавство</t>
+          <t>Захист об`єктів критичної інфраструктури</t>
         </is>
       </c>
       <c r="F8" s="6" t="n">
-        <v>300</v>
+        <v>60</v>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
-          <t>УД 11019270</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H8" s="9"/>
       <c r="I8" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 10.12.2024 № 682-л</t>
+          <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
-          <t>Дизайн архітектурного середовища</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="F9" s="6" t="n">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="G9" s="7" t="inlineStr">
         <is>
-          <t> 9891</t>
+          <t> 14213</t>
         </is>
       </c>
       <c r="H9" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 10.12.2024 № 682-л</t>
+          <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Правознавство</t>
         </is>
       </c>
       <c r="F10" s="6" t="n">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="G10" s="7" t="inlineStr">
         <is>
-          <t> 9894</t>
+          <t>УД 11019270</t>
         </is>
       </c>
       <c r="H10" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="I10" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
-          <t>263</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="inlineStr">
         <is>
-          <t>Захист об`єктів критичної інфраструктури</t>
+          <t>Дизайн архітектурного середовища</t>
         </is>
       </c>
       <c r="F11" s="6" t="n">
-        <v>60</v>
+        <v>250</v>
       </c>
       <c r="G11" s="7" t="inlineStr">
         <is>
-          <t>УД 11010808</t>
+          <t> 9891</t>
         </is>
       </c>
       <c r="H11" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="I11" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
-          <t>272</t>
+          <t>262</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="3" t="inlineStr">
         <is>
-          <t>Безпілотні авіаційні комплекси</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="F12" s="6" t="n">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="G12" s="7" t="inlineStr">
         <is>
-          <t>УД 11019281</t>
+          <t> 9894</t>
         </is>
       </c>
       <c r="H12" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="I12" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>263</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Цивільна безпека</t>
+        </is>
+      </c>
+      <c r="D13" s="3"/>
       <c r="E13" s="3" t="inlineStr">
         <is>
-          <t>Організація перевезень і управління на транспорті (повітряному)</t>
+          <t>Захист об`єктів критичної інфраструктури</t>
         </is>
       </c>
       <c r="F13" s="6" t="n">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="G13" s="7" t="inlineStr">
         <is>
-          <t>НД 1191141</t>
+          <t>УД 11010808</t>
         </is>
       </c>
       <c r="H13" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="I13" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>272</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Безпілотні авіаційні комплекси</t>
         </is>
       </c>
       <c r="F14" s="6" t="n">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="G14" s="7" t="inlineStr">
         <is>
-          <t> 9903</t>
+          <t>УД 11019281</t>
         </is>
       </c>
       <c r="H14" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="I14" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
-[...2 lines deleted...]
-      <c r="D15" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D15" s="3" t="inlineStr">
+        <is>
+          <t>на повітряному транспорті</t>
+        </is>
+      </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
-          <t>Правознавство</t>
+          <t>Організація перевезень і управління на транспорті (повітряному)</t>
         </is>
       </c>
       <c r="F15" s="6" t="n">
         <v>150</v>
       </c>
       <c r="G15" s="7" t="inlineStr">
         <is>
-          <t> 14236</t>
+          <t>НД 1191141</t>
         </is>
       </c>
       <c r="H15" s="9" t="n">
-        <v>47300</v>
+        <v>46204</v>
       </c>
       <c r="I15" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 22.04.2025 № 42-л</t>
+          <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
-          <t>D9</t>
+          <t>293</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="F16" s="6" t="n">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="G16" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H16" s="9"/>
+          <t> 9903</t>
+        </is>
+      </c>
+      <c r="H16" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I16" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 22.04.2025 № 42-л</t>
+          <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
-          <t>G17</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="3" t="inlineStr">
         <is>
-          <t>Дизайн архітектурного середовища</t>
+          <t>Правознавство</t>
         </is>
       </c>
       <c r="F17" s="6" t="n">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="G17" s="7" t="inlineStr">
         <is>
-          <t> 14251</t>
+          <t> 14236</t>
         </is>
       </c>
       <c r="H17" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="I17" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
-          <t>J6</t>
+          <t>D9</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="3" t="inlineStr">
         <is>
-          <t>Технології робіт та технологічне обладнання аеропортів</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="F18" s="6" t="n">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="G18" s="7" t="inlineStr">
         <is>
-          <t> 14260</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H18" s="9"/>
       <c r="I18" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
-          <t>K10</t>
+          <t>G17</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="3" t="inlineStr">
         <is>
-          <t>Техногенна та промислова безпека в транспортній галузі</t>
+          <t>Дизайн архітектурного середовища</t>
         </is>
       </c>
       <c r="F19" s="6" t="n">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="G19" s="7" t="inlineStr">
         <is>
-          <t> 14256</t>
+          <t> 14251</t>
         </is>
       </c>
       <c r="H19" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="I19" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>J6</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Технології робіт та технологічне обладнання аеропортів</t>
         </is>
       </c>
       <c r="F20" s="6" t="n">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="G20" s="7" t="inlineStr">
         <is>
-          <t> 14255</t>
+          <t> 14260</t>
         </is>
       </c>
       <c r="H20" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="I20" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>J7</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="3" t="inlineStr">
         <is>
-          <t>Правознавство</t>
+          <t>Логістичний інжиніринг та управління на залізничному транспорті</t>
         </is>
       </c>
       <c r="F21" s="6" t="n">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="G21" s="7" t="inlineStr">
         <is>
-          <t> 9919</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H21" s="9"/>
       <c r="I21" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 10.12.2024 № 682-л</t>
+          <t>Наказ МОН від 30.12.2025 № 225-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>K10</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="3" t="inlineStr">
         <is>
-          <t>Дизайн архітектурного середовища</t>
+          <t>Техногенна та промислова безпека в транспортній галузі</t>
         </is>
       </c>
       <c r="F22" s="6" t="n">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="G22" s="7" t="inlineStr">
         <is>
-          <t> 9936</t>
+          <t> 14256</t>
         </is>
       </c>
       <c r="H22" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="I22" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 10.12.2024 № 682-л</t>
+          <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="F23" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G23" s="7" t="inlineStr">
         <is>
-          <t> 9940</t>
+          <t> 14255</t>
         </is>
       </c>
       <c r="H23" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="I23" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 10.12.2024 № 682-л</t>
+          <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
-          <t>263</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="3" t="inlineStr">
         <is>
-          <t>Техногенна та промислова безпека в транспортній галузі</t>
+          <t>Правознавство</t>
         </is>
       </c>
       <c r="F24" s="6" t="n">
-        <v>60</v>
+        <v>150</v>
       </c>
       <c r="G24" s="7" t="inlineStr">
         <is>
-          <t> 9941</t>
+          <t> 9919</t>
         </is>
       </c>
       <c r="H24" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="I24" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
-          <t>272</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="3" t="inlineStr">
         <is>
-          <t>Системи аеронавігаційного обслуговування</t>
+          <t>Дизайн архітектурного середовища</t>
         </is>
       </c>
       <c r="F25" s="6" t="n">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="G25" s="7" t="inlineStr">
         <is>
-          <t>НД 1191188</t>
+          <t> 9936</t>
         </is>
       </c>
       <c r="H25" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="I25" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>262</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Правоохоронна діяльність</t>
+        </is>
+      </c>
+      <c r="D26" s="3"/>
       <c r="E26" s="3" t="inlineStr">
         <is>
-          <t>Організація перевезень і управління на транспорті (повітряному)</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="F26" s="6" t="n">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="G26" s="7" t="inlineStr">
         <is>
-          <t> 9947</t>
+          <t> 9940</t>
         </is>
       </c>
       <c r="H26" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="I26" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>263</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Техногенна та промислова безпека в транспортній галузі</t>
         </is>
       </c>
       <c r="F27" s="6" t="n">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="G27" s="7" t="inlineStr">
         <is>
-          <t> 18942</t>
+          <t> 9941</t>
         </is>
       </c>
       <c r="H27" s="9" t="n">
-        <v>46344</v>
+        <v>46569</v>
       </c>
       <c r="I27" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>272</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Системи аеронавігаційного обслуговування</t>
         </is>
       </c>
       <c r="F28" s="6" t="n">
-        <v>20</v>
+        <v>90</v>
       </c>
       <c r="G28" s="7" t="inlineStr">
         <is>
-          <t> 14272</t>
+          <t>НД 1191188</t>
         </is>
       </c>
       <c r="H28" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="I28" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 22.04.2025 № 42-л</t>
+          <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
-          <t>D9</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
-[...2 lines deleted...]
-      <c r="D29" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D29" s="3" t="inlineStr">
+        <is>
+          <t>на повітряному транспорті</t>
+        </is>
+      </c>
       <c r="E29" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Організація перевезень і управління на транспорті (повітряному)</t>
         </is>
       </c>
       <c r="F29" s="6" t="n">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="G29" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H29" s="9"/>
+          <t> 9947</t>
+        </is>
+      </c>
+      <c r="H29" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="I29" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 22.04.2025 № 42-л</t>
+          <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
-          <t>G17</t>
+          <t>293</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="F30" s="6" t="n">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="G30" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H30" s="9"/>
+          <t> 18942</t>
+        </is>
+      </c>
+      <c r="H30" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="I30" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 22.04.2025 № 42-л</t>
+          <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
-          <t>J6</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="F31" s="6" t="n">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G31" s="7" t="inlineStr">
         <is>
-          <t> 14286</t>
+          <t> 14272</t>
         </is>
       </c>
       <c r="H31" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="I31" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>D9</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="F32" s="6" t="n">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="G32" s="7" t="inlineStr">
         <is>
-          <t> 9961</t>
+          <t> 19811</t>
         </is>
       </c>
       <c r="H32" s="9" t="n">
-        <v>46569</v>
+        <v>48030</v>
       </c>
       <c r="I32" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 10.12.2024 № 682-л</t>
+          <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>G17</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="F33" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G33" s="7" t="inlineStr">
         <is>
-          <t> 18729</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H33" s="9"/>
       <c r="I33" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 10.12.2024 № 682-л</t>
+          <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
-          <t>272</t>
+          <t>J6</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="F34" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G34" s="7" t="inlineStr">
         <is>
-          <t> 9970</t>
+          <t> 14286</t>
         </is>
       </c>
       <c r="H34" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="I34" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 10.12.2024 № 682-л</t>
+          <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="D35" s="3"/>
       <c r="E35" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="F35" s="6" t="n">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="G35" s="7" t="inlineStr">
         <is>
-          <t> 9971</t>
+          <t> 9961</t>
         </is>
       </c>
       <c r="H35" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="I35" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="3" t="inlineStr">
         <is>
+          <t>Архітектура та містобудування</t>
+        </is>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>5</v>
+      </c>
+      <c r="G36" s="7" t="inlineStr">
+        <is>
+          <t> 18729</t>
+        </is>
+      </c>
+      <c r="H36" s="9" t="n">
+        <v>46309</v>
+      </c>
+      <c r="I36" s="3" t="inlineStr">
+        <is>
+          <t>Наказ МОН від 10.12.2024 № 682-л</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B37" s="7" t="inlineStr">
+        <is>
+          <t>272</t>
+        </is>
+      </c>
+      <c r="C37" s="3" t="inlineStr">
+        <is>
+          <t>Авіаційний транспорт</t>
+        </is>
+      </c>
+      <c r="D37" s="3"/>
+      <c r="E37" s="3" t="inlineStr">
+        <is>
+          <t>Авіаційний транспорт</t>
+        </is>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>15</v>
+      </c>
+      <c r="G37" s="7" t="inlineStr">
+        <is>
+          <t> 9970</t>
+        </is>
+      </c>
+      <c r="H37" s="9" t="n">
+        <v>46569</v>
+      </c>
+      <c r="I37" s="3" t="inlineStr">
+        <is>
+          <t>Наказ МОН від 10.12.2024 № 682-л</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B38" s="7" t="inlineStr">
+        <is>
+          <t>275</t>
+        </is>
+      </c>
+      <c r="C38" s="3" t="inlineStr">
+        <is>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D38" s="3" t="inlineStr">
+        <is>
+          <t>на повітряному транспорті</t>
+        </is>
+      </c>
+      <c r="E38" s="3" t="inlineStr">
+        <is>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>5</v>
+      </c>
+      <c r="G38" s="7" t="inlineStr">
+        <is>
+          <t> 9971</t>
+        </is>
+      </c>
+      <c r="H38" s="9" t="n">
+        <v>46935</v>
+      </c>
+      <c r="I38" s="3" t="inlineStr">
+        <is>
+          <t>Наказ МОН від 10.12.2024 № 682-л</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B39" s="7" t="inlineStr">
+        <is>
+          <t>293</t>
+        </is>
+      </c>
+      <c r="C39" s="3" t="inlineStr">
+        <is>
           <t>Міжнародне право</t>
         </is>
       </c>
-      <c r="F36" s="6" t="n">
+      <c r="D39" s="3"/>
+      <c r="E39" s="3" t="inlineStr">
+        <is>
+          <t>Міжнародне право</t>
+        </is>
+      </c>
+      <c r="F39" s="6" t="n">
         <v>30</v>
       </c>
-      <c r="G36" s="7" t="inlineStr">
-[...5 lines deleted...]
-      <c r="I36" s="3" t="inlineStr">
+      <c r="G39" s="7" t="inlineStr">
+        <is>
+          <t> 19705</t>
+        </is>
+      </c>
+      <c r="H39" s="9" t="n">
+        <v>48030</v>
+      </c>
+      <c r="I39" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.12.2024 № 682-л</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I36"/>
+  <autoFilter ref="A1:I39"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K481"/>
+  <dimension ref="A1:K482"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2660,51 +2786,51 @@
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
         <v>65579</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t>УД 11019262</t>
         </is>
       </c>
       <c r="K6" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>65462</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Економічна кібернетика</t>
@@ -2988,51 +3114,51 @@
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>65453</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t>УД 11019265</t>
         </is>
       </c>
       <c r="K14" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>65481</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Реклама і зв'язки з громадськістю</t>
@@ -3234,215 +3360,215 @@
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>65420</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Менеджмент авіакомпаній та аеропортів</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I20" s="9"/>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t>УД 11019269</t>
         </is>
       </c>
       <c r="K20" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>65423</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Авіаційна логістика</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t>УД 11019269</t>
         </is>
       </c>
       <c r="K21" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>65444</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Менеджмент організацій і адміністрування (за видами економічної діяльності)</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t>УД 11019269</t>
         </is>
       </c>
       <c r="K22" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>65448</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Логістика</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I23" s="9"/>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t>УД 11019269</t>
         </is>
       </c>
       <c r="K23" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
         <v>65452</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>Менеджмент зовнішньоекономічної діяльності</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I24" s="9"/>
       <c r="J24" s="7" t="inlineStr">
         <is>
           <t>УД 11019269</t>
         </is>
       </c>
       <c r="K24" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>65439</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Електронний маркетинг</t>
@@ -3726,51 +3852,51 @@
           <t>Екологія</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>65463</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Екологія та охорона навколишнього середовища</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I32" s="9"/>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t>НД 1191119</t>
         </is>
       </c>
       <c r="K32" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>65431</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Прикладне програмне забезпечення</t>
@@ -3808,178 +3934,178 @@
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>65455</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I34" s="9"/>
       <c r="J34" s="7" t="inlineStr">
         <is>
           <t>НД 1191125</t>
         </is>
       </c>
       <c r="K34" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>65388</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Аналітика даних та штучний інтелект</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I35" s="9"/>
       <c r="J35" s="7" t="inlineStr">
         <is>
           <t>НД 1191123</t>
         </is>
       </c>
       <c r="K35" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>65437</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Інформаційні технології проектування</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="7" t="inlineStr">
         <is>
           <t>- 9707</t>
         </is>
       </c>
       <c r="I36" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J36" s="7" t="inlineStr">
         <is>
           <t>НД 1191123</t>
         </is>
       </c>
       <c r="K36" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>65438</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Інформаційні управляючі системи та технології</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
           <t>- 9706</t>
         </is>
       </c>
       <c r="I37" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t>НД 1191123</t>
         </is>
       </c>
       <c r="K37" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>65476</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Комп`ютерні системи та мережі</t>
@@ -5735,51 +5861,51 @@
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
         <v>65391</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
           <t>Комплекси пілотажно-навігаційного обладнання</t>
         </is>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I81" s="9"/>
       <c r="J81" s="7" t="inlineStr">
         <is>
           <t>УД 11016975</t>
         </is>
       </c>
       <c r="K81" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
         <v>65488</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
           <t>Комплекси пілотажно-навігаційного обладнання</t>
@@ -5817,174 +5943,174 @@
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>65404</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
           <t>Комп'ютеризовані системи управління та автоматика</t>
         </is>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I83" s="9"/>
       <c r="J83" s="7" t="inlineStr">
         <is>
           <t>УД 11019278</t>
         </is>
       </c>
       <c r="K83" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
         <v>65405</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
           <t>Комп`ютерно-інтегровані технологічні процеси і виробництва</t>
         </is>
       </c>
       <c r="G84" s="3"/>
       <c r="H84" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I84" s="9"/>
       <c r="J84" s="7" t="inlineStr">
         <is>
           <t>УД 11019278</t>
         </is>
       </c>
       <c r="K84" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
         <v>65406</v>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
           <t>Автоматика та автоматизація на транспорті</t>
         </is>
       </c>
       <c r="G85" s="3"/>
       <c r="H85" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I85" s="9"/>
       <c r="J85" s="7" t="inlineStr">
         <is>
           <t>УД 11019278</t>
         </is>
       </c>
       <c r="K85" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
         <v>65407</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
           <t>Інформаційні технології та інженерія авіаційних комп`ютерних систем</t>
         </is>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I86" s="9"/>
       <c r="J86" s="7" t="inlineStr">
         <is>
           <t>УД 11019278</t>
         </is>
       </c>
       <c r="K86" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
         <v>65403</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
           <t>Фізична та біомедична електроніка</t>
@@ -6104,137 +6230,137 @@
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
         <v>65387</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>Проєктування та експлуатація аеродромів</t>
         </is>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I90" s="9"/>
       <c r="J90" s="7" t="inlineStr">
         <is>
           <t>НД 1191139</t>
         </is>
       </c>
       <c r="K90" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>65447</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Промислове і цивільне будівництво</t>
         </is>
       </c>
       <c r="G91" s="3"/>
       <c r="H91" s="7" t="inlineStr">
         <is>
           <t>- 9893</t>
         </is>
       </c>
       <c r="I91" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J91" s="7" t="inlineStr">
         <is>
           <t>НД 1191139</t>
         </is>
       </c>
       <c r="K91" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
         <v>65451</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
           <t>Автомобільні дороги і аеродроми</t>
         </is>
       </c>
       <c r="G92" s="3"/>
       <c r="H92" s="7" t="inlineStr">
         <is>
           <t>- 9892</t>
         </is>
       </c>
       <c r="I92" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J92" s="7" t="inlineStr">
         <is>
           <t>НД 1191139</t>
         </is>
       </c>
       <c r="K92" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>65478</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
           <t>Геоінформаційні системи і технології</t>
@@ -6518,51 +6644,51 @@
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
         <v>65421</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
           <t>Захист об`єктів критичної інфраструктури</t>
         </is>
       </c>
       <c r="G100" s="3"/>
       <c r="H100" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I100" s="9"/>
       <c r="J100" s="7" t="inlineStr">
         <is>
           <t>УД 11010808</t>
         </is>
       </c>
       <c r="K100" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
         <v>65446</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
           <t>Обслуговування повітряного руху</t>
@@ -6836,10057 +6962,10075 @@
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
           <t>на повітряному транспорті</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
-        <v>65582</v>
+        <v>65583</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
-          <t>Організація авіаційних робіт і послуг</t>
+          <t>Організація перевезень і управління на транспорті (повітряному)</t>
         </is>
       </c>
       <c r="G108" s="3"/>
       <c r="H108" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I108" s="9"/>
+          <t>- 9897</t>
+        </is>
+      </c>
+      <c r="I108" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J108" s="7" t="inlineStr">
         <is>
           <t>НД 1191141</t>
         </is>
       </c>
       <c r="K108" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D109" s="3" t="inlineStr">
         <is>
           <t>на повітряному транспорті</t>
         </is>
       </c>
       <c r="E109" s="6" t="n">
-        <v>65583</v>
+        <v>65584</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
-          <t>Організація перевезень і управління на транспорті (повітряному)</t>
+          <t>Мультимодальний транспорт і логістика</t>
         </is>
       </c>
       <c r="G109" s="3"/>
       <c r="H109" s="7" t="inlineStr">
         <is>
-          <t>- 9897</t>
+          <t>- 9896</t>
         </is>
       </c>
       <c r="I109" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J109" s="7" t="inlineStr">
         <is>
           <t>НД 1191141</t>
         </is>
       </c>
       <c r="K109" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Публічне управління та адміністрування</t>
+        </is>
+      </c>
+      <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>65584</v>
+        <v>65419</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
-          <t>Мультимодальний транспорт і логістика</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G110" s="3"/>
       <c r="H110" s="7" t="inlineStr">
         <is>
-          <t>- 9896</t>
+          <t>- 9898</t>
         </is>
       </c>
       <c r="I110" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J110" s="7" t="inlineStr">
         <is>
-          <t>НД 1191141</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K110" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>65419</v>
+        <v>65435</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="G111" s="3"/>
       <c r="H111" s="7" t="inlineStr">
         <is>
-          <t>- 9898</t>
+          <t>- 9900</t>
         </is>
       </c>
       <c r="I111" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J111" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K111" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>65435</v>
+        <v>65436</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини</t>
+          <t>Міжнародна інформація</t>
         </is>
       </c>
       <c r="G112" s="3"/>
       <c r="H112" s="7" t="inlineStr">
         <is>
-          <t>- 9900</t>
+          <t>- 9899</t>
         </is>
       </c>
       <c r="I112" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J112" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K112" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>65436</v>
+        <v>65433</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна інформація</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G113" s="3"/>
       <c r="H113" s="7" t="inlineStr">
         <is>
-          <t>- 9899</t>
+          <t>- 9902</t>
         </is>
       </c>
       <c r="I113" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J113" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K113" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>65433</v>
+        <v>65434</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Міжнародний бізнес</t>
         </is>
       </c>
       <c r="G114" s="3"/>
       <c r="H114" s="7" t="inlineStr">
         <is>
-          <t>- 9902</t>
+          <t>- 9901</t>
         </is>
       </c>
       <c r="I114" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J114" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K114" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>293</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>65434</v>
+        <v>65432</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
-          <t>Міжнародний бізнес</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="G115" s="3"/>
       <c r="H115" s="7" t="inlineStr">
         <is>
-          <t>- 9901</t>
+          <t>- 9903</t>
         </is>
       </c>
       <c r="I115" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J115" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K115" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
-[...2 lines deleted...]
-      <c r="D116" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D116" s="3" t="inlineStr">
+        <is>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E116" s="6" t="n">
-        <v>65432</v>
+        <v>68554</v>
       </c>
       <c r="F116" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G116" s="3"/>
       <c r="H116" s="7" t="inlineStr">
         <is>
-          <t>- 9903</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I116" s="9"/>
       <c r="J116" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K116" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
+        </is>
+      </c>
+      <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>68554</v>
+        <v>68552</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Документознавство та інформаційна діяльність</t>
         </is>
       </c>
       <c r="G117" s="3"/>
       <c r="H117" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I117" s="9"/>
       <c r="J117" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K117" s="9"/>
+          <t>УД 11020748</t>
+        </is>
+      </c>
+      <c r="K117" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>68552</v>
+        <v>68553</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
-          <t>Документознавство та інформаційна діяльність</t>
+          <t>Інформаційна аналітика та соціальні комунікації</t>
         </is>
       </c>
       <c r="G118" s="3"/>
       <c r="H118" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I118" s="9"/>
       <c r="J118" s="7" t="inlineStr">
         <is>
           <t>УД 11020748</t>
         </is>
       </c>
       <c r="K118" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>B13</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Бібліотечна, інформаційна та архівна справа</t>
-[...2 lines deleted...]
-      <c r="D119" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D119" s="3" t="inlineStr">
+        <is>
+          <t>Графічний дизайн</t>
+        </is>
+      </c>
       <c r="E119" s="6" t="n">
-        <v>68553</v>
+        <v>87506</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна аналітика та соціальні комунікації</t>
+          <t>IT-дизайн</t>
         </is>
       </c>
       <c r="G119" s="3"/>
       <c r="H119" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I119" s="9"/>
       <c r="J119" s="7" t="inlineStr">
         <is>
-          <t>УД 11020748</t>
+          <t>УД 11020747</t>
         </is>
       </c>
       <c r="K119" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D120" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E120" s="6" t="n">
-        <v>87506</v>
+        <v>68551</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
-          <t>IT-дизайн</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="G120" s="3"/>
       <c r="H120" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I120" s="9"/>
       <c r="J120" s="7" t="inlineStr">
         <is>
           <t>УД 11020747</t>
         </is>
       </c>
       <c r="K120" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>68551</v>
+        <v>68565</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G121" s="3"/>
       <c r="H121" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I121" s="9"/>
       <c r="J121" s="7" t="inlineStr">
         <is>
-          <t>УД 11020747</t>
+          <t>УД 11020750</t>
         </is>
       </c>
       <c r="K121" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
-      <c r="D122" s="3"/>
+      <c r="D122" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E122" s="6" t="n">
-        <v>68565</v>
+        <v>87734</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
-          <t>Економічна кібернетика</t>
+          <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G122" s="3"/>
       <c r="H122" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I122" s="9"/>
       <c r="J122" s="7" t="inlineStr">
         <is>
           <t>УД 11020750</t>
         </is>
       </c>
       <c r="K122" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
-      <c r="D123" s="3"/>
+      <c r="D123" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E123" s="6" t="n">
-        <v>79512</v>
+        <v>87744</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економічна аналітика інструментами Data Science</t>
         </is>
       </c>
       <c r="G123" s="3"/>
       <c r="H123" s="7" t="inlineStr">
         <is>
-          <t>- 14220</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I123" s="9"/>
       <c r="J123" s="7" t="inlineStr">
         <is>
           <t>УД 11020750</t>
         </is>
       </c>
       <c r="K123" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D124" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E124" s="6" t="n">
-        <v>87734</v>
+        <v>87747</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
-          <t>Економіка підприємства</t>
+          <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G124" s="3"/>
       <c r="H124" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I124" s="9"/>
       <c r="J124" s="7" t="inlineStr">
         <is>
           <t>УД 11020750</t>
         </is>
       </c>
       <c r="K124" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D125" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E125" s="6" t="n">
-        <v>87744</v>
+        <v>87751</v>
       </c>
       <c r="F125" s="3" t="inlineStr">
         <is>
-          <t>Економічна аналітика інструментами Data Science</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G125" s="3"/>
       <c r="H125" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I125" s="9"/>
       <c r="J125" s="7" t="inlineStr">
         <is>
           <t>УД 11020750</t>
         </is>
       </c>
       <c r="K125" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Політологія</t>
+        </is>
+      </c>
+      <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>87747</v>
+        <v>68573</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна економіка</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G126" s="3"/>
       <c r="H126" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I126" s="9"/>
+          <t>- 14191</t>
+        </is>
+      </c>
+      <c r="I126" s="9" t="n">
+        <v>46106</v>
+      </c>
       <c r="J126" s="7" t="inlineStr">
         <is>
-          <t>УД 11020750</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K126" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>C3</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міжнародні відносини</t>
+        </is>
+      </c>
+      <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>87751</v>
+        <v>68831</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="G127" s="3"/>
       <c r="H127" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I127" s="9"/>
+          <t>- 14219</t>
+        </is>
+      </c>
+      <c r="I127" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J127" s="7" t="inlineStr">
         <is>
-          <t>УД 11020750</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K127" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C3</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>68573</v>
+        <v>68835</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Міжнародна інформація</t>
         </is>
       </c>
       <c r="G128" s="3"/>
       <c r="H128" s="7" t="inlineStr">
         <is>
-          <t>- 14191</t>
+          <t>- 14218</t>
         </is>
       </c>
       <c r="I128" s="9" t="n">
-        <v>46106</v>
+        <v>46935</v>
       </c>
       <c r="J128" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K128" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>68831</v>
+        <v>80792</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини</t>
+          <t>Міжнародні стратегічні комунікації</t>
         </is>
       </c>
       <c r="G129" s="3"/>
       <c r="H129" s="7" t="inlineStr">
         <is>
-          <t>- 14219</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I129" s="9"/>
       <c r="J129" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K129" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>C3</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>68835</v>
+        <v>68577</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна інформація</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G130" s="3"/>
       <c r="H130" s="7" t="inlineStr">
         <is>
-          <t>- 14218</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I130" s="9"/>
       <c r="J130" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K130" s="9"/>
+          <t>УД 11020751</t>
+        </is>
+      </c>
+      <c r="K130" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>C3</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>80792</v>
+        <v>68584</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні стратегічні комунікації</t>
+          <t>Психологія бізнесу</t>
         </is>
       </c>
       <c r="G131" s="3"/>
       <c r="H131" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I131" s="9"/>
       <c r="J131" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K131" s="9"/>
+          <t>УД 11020751</t>
+        </is>
+      </c>
+      <c r="K131" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>68577</v>
+        <v>68586</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Практична психологія</t>
         </is>
       </c>
       <c r="G132" s="3"/>
       <c r="H132" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I132" s="9"/>
       <c r="J132" s="7" t="inlineStr">
         <is>
           <t>УД 11020751</t>
         </is>
       </c>
       <c r="K132" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>68584</v>
+        <v>80627</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
-          <t>Психологія бізнесу</t>
+          <t>Організаційна психологія</t>
         </is>
       </c>
       <c r="G133" s="3"/>
       <c r="H133" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I133" s="9"/>
       <c r="J133" s="7" t="inlineStr">
         <is>
           <t>УД 11020751</t>
         </is>
       </c>
       <c r="K133" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>68586</v>
+        <v>68589</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
-          <t>Практична психологія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="G134" s="3"/>
       <c r="H134" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I134" s="9"/>
       <c r="J134" s="7" t="inlineStr">
         <is>
-          <t>УД 11020751</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K134" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>80627</v>
+        <v>68593</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
-          <t>Організаційна психологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="G135" s="3"/>
       <c r="H135" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I135" s="9"/>
       <c r="J135" s="7" t="inlineStr">
         <is>
-          <t>УД 11020751</t>
+          <t>УД 11020753</t>
         </is>
       </c>
       <c r="K135" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>68589</v>
+        <v>68597</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Реклама і зв'язки з громадськістю</t>
         </is>
       </c>
       <c r="G136" s="3"/>
       <c r="H136" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I136" s="9"/>
       <c r="J136" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K136" s="9"/>
+          <t>УД 11020753</t>
+        </is>
+      </c>
+      <c r="K136" s="9" t="n">
+        <v>47300</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>68593</v>
+        <v>69602</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Облік і аудит</t>
         </is>
       </c>
       <c r="G137" s="3"/>
       <c r="H137" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I137" s="9"/>
+          <t>- 14192</t>
+        </is>
+      </c>
+      <c r="I137" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J137" s="7" t="inlineStr">
         <is>
-          <t>УД 11020753</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K137" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>68597</v>
+        <v>68603</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
-          <t>Реклама і зв'язки з громадськістю</t>
+          <t>Фінанси і кредит</t>
         </is>
       </c>
       <c r="G138" s="3"/>
       <c r="H138" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I138" s="9"/>
       <c r="J138" s="7" t="inlineStr">
         <is>
-          <t>УД 11020753</t>
+          <t>УД 11020754</t>
         </is>
       </c>
       <c r="K138" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>69602</v>
+        <v>68609</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
-          <t>Облік і аудит</t>
+          <t>Менеджмент організацій і адміністрування (за видами економічної діяльності)</t>
         </is>
       </c>
       <c r="G139" s="3"/>
       <c r="H139" s="7" t="inlineStr">
         <is>
-          <t>- 14192</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I139" s="9"/>
       <c r="J139" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K139" s="9"/>
+          <t>УД 11020755</t>
+        </is>
+      </c>
+      <c r="K139" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>68603</v>
+        <v>68611</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
-          <t>Фінанси і кредит</t>
+          <t>Менеджмент зовнішньоекономічної діяльності</t>
         </is>
       </c>
       <c r="G140" s="3"/>
       <c r="H140" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I140" s="9"/>
       <c r="J140" s="7" t="inlineStr">
         <is>
-          <t>УД 11020754</t>
+          <t>УД 11020755</t>
         </is>
       </c>
       <c r="K140" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>68609</v>
+        <v>68616</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент організацій і адміністрування (за видами економічної діяльності)</t>
+          <t>Логістика</t>
         </is>
       </c>
       <c r="G141" s="3"/>
       <c r="H141" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I141" s="9"/>
       <c r="J141" s="7" t="inlineStr">
         <is>
           <t>УД 11020755</t>
         </is>
       </c>
       <c r="K141" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>68611</v>
+        <v>68826</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент зовнішньоекономічної діяльності</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G142" s="3"/>
       <c r="H142" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I142" s="9"/>
+          <t>- 14217</t>
+        </is>
+      </c>
+      <c r="I142" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J142" s="7" t="inlineStr">
         <is>
-          <t>УД 11020755</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K142" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>68616</v>
+        <v>68618</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
-          <t>Логістика</t>
+          <t>Електронний маркетинг</t>
         </is>
       </c>
       <c r="G143" s="3"/>
       <c r="H143" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I143" s="9"/>
+          <t>- 14194</t>
+        </is>
+      </c>
+      <c r="I143" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J143" s="7" t="inlineStr">
         <is>
-          <t>УД 11020755</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K143" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>68826</v>
+        <v>68619</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G144" s="3"/>
       <c r="H144" s="7" t="inlineStr">
         <is>
-          <t>- 14217</t>
+          <t>- 14193</t>
         </is>
       </c>
       <c r="I144" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J144" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K144" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>68618</v>
+        <v>68620</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
-          <t>Електронний маркетинг</t>
+          <t>Митна та біржова справа</t>
         </is>
       </c>
       <c r="G145" s="3"/>
       <c r="H145" s="7" t="inlineStr">
         <is>
-          <t>- 14194</t>
+          <t>- 14195</t>
         </is>
       </c>
       <c r="I145" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J145" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K145" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>68619</v>
+        <v>68621</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Підприємництво та бізнес-технології</t>
         </is>
       </c>
       <c r="G146" s="3"/>
       <c r="H146" s="7" t="inlineStr">
         <is>
-          <t>- 14193</t>
+          <t>- 14196</t>
         </is>
       </c>
       <c r="I146" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J146" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K146" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>68620</v>
+        <v>68624</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
-          <t>Митна та біржова справа</t>
+          <t>Правознавство</t>
         </is>
       </c>
       <c r="G147" s="3"/>
       <c r="H147" s="7" t="inlineStr">
         <is>
-          <t>- 14195</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I147" s="9"/>
       <c r="J147" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K147" s="9"/>
+          <t>УД 11020756</t>
+        </is>
+      </c>
+      <c r="K147" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>D9</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>68621</v>
+        <v>68838</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та бізнес-технології</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="G148" s="3"/>
       <c r="H148" s="7" t="inlineStr">
         <is>
-          <t>- 14196</t>
+          <t>- 14221</t>
         </is>
       </c>
       <c r="I148" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J148" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K148" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>68624</v>
+        <v>86383</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
-          <t>Правознавство</t>
+          <t>Молекулярна біологія і нейронаука</t>
         </is>
       </c>
       <c r="G149" s="3"/>
       <c r="H149" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I149" s="9"/>
       <c r="J149" s="7" t="inlineStr">
         <is>
-          <t>УД 11020756</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K149" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>D9</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>68838</v>
+        <v>68626</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Екологія та охорона навколишнього середовища</t>
         </is>
       </c>
       <c r="G150" s="3"/>
       <c r="H150" s="7" t="inlineStr">
         <is>
-          <t>- 14221</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I150" s="9"/>
       <c r="J150" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K150" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>E4</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>86383</v>
+        <v>85496</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
-          <t>Молекулярна біологія і нейронаука</t>
+          <t>Аерокосмічний моніторинг Землі</t>
         </is>
       </c>
       <c r="G151" s="3"/>
       <c r="H151" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I151" s="9"/>
       <c r="J151" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K151" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>68626</v>
+        <v>80384</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
-          <t>Екологія та охорона навколишнього середовища</t>
+          <t>Прикладна фізика</t>
         </is>
       </c>
       <c r="G152" s="3"/>
       <c r="H152" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I152" s="9"/>
       <c r="J152" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K152" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>E4</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>85496</v>
+        <v>68627</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
-          <t>Аерокосмічний моніторинг Землі</t>
+          <t>Прикладне програмне забезпечення</t>
         </is>
       </c>
       <c r="G153" s="3"/>
       <c r="H153" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I153" s="9"/>
+          <t>- 14197</t>
+        </is>
+      </c>
+      <c r="I153" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J153" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K153" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>E6</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>80384</v>
+        <v>68630</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G154" s="3"/>
       <c r="H154" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I154" s="9"/>
       <c r="J154" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K154" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
-          <t>F1</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>68627</v>
+        <v>86810</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
-          <t>Прикладне програмне забезпечення</t>
+          <t>Embedded програмування</t>
         </is>
       </c>
       <c r="G155" s="3"/>
       <c r="H155" s="7" t="inlineStr">
         <is>
-          <t>- 14197</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I155" s="9"/>
       <c r="J155" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>68630</v>
+        <v>68631</v>
       </c>
       <c r="F156" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Інформаційні управляючі системи та технології</t>
         </is>
       </c>
       <c r="G156" s="3"/>
       <c r="H156" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I156" s="9"/>
       <c r="J156" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K156" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>86810</v>
+        <v>68632</v>
       </c>
       <c r="F157" s="3" t="inlineStr">
         <is>
-          <t>Embedded програмування</t>
+          <t>Інформаційні технології проектування</t>
         </is>
       </c>
       <c r="G157" s="3"/>
       <c r="H157" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I157" s="9"/>
       <c r="J157" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K157" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>68631</v>
+        <v>68633</v>
       </c>
       <c r="F158" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні управляючі системи та технології</t>
+          <t>Аналітика даних та штучний інтелект</t>
         </is>
       </c>
       <c r="G158" s="3"/>
       <c r="H158" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I158" s="9"/>
       <c r="J158" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K158" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>68632</v>
+        <v>80779</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні технології проектування</t>
+          <t>Технології управління комп’ютерними системами</t>
         </is>
       </c>
       <c r="G159" s="3"/>
       <c r="H159" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I159" s="9"/>
+          <t>- 17324</t>
+        </is>
+      </c>
+      <c r="I159" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J159" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K159" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>68633</v>
+        <v>80780</v>
       </c>
       <c r="F160" s="3" t="inlineStr">
         <is>
-          <t>Аналітика даних та штучний інтелект</t>
+          <t>Цифрові технології проєктування</t>
         </is>
       </c>
       <c r="G160" s="3"/>
       <c r="H160" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I160" s="9"/>
+          <t>- 17325</t>
+        </is>
+      </c>
+      <c r="I160" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J160" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K160" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>80779</v>
+        <v>68643</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
-          <t>Технології управління комп’ютерними системами</t>
+          <t>Системи та технології кібербезпеки</t>
         </is>
       </c>
       <c r="G161" s="3"/>
       <c r="H161" s="7" t="inlineStr">
         <is>
-          <t>- 17324</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I161" s="9"/>
       <c r="J161" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K161" s="9"/>
+          <t>УД 11020757</t>
+        </is>
+      </c>
+      <c r="K161" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>80780</v>
+        <v>68644</v>
       </c>
       <c r="F162" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології проєктування</t>
+          <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G162" s="3"/>
       <c r="H162" s="7" t="inlineStr">
         <is>
-          <t>- 17325</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I162" s="9"/>
       <c r="J162" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K162" s="9"/>
+          <t>УД 11020757</t>
+        </is>
+      </c>
+      <c r="K162" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>68643</v>
+        <v>68646</v>
       </c>
       <c r="F163" s="3" t="inlineStr">
         <is>
-          <t>Системи та технології кібербезпеки</t>
+          <t>Системи технічного захисту інформації, автоматизація її обробки</t>
         </is>
       </c>
       <c r="G163" s="3"/>
       <c r="H163" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I163" s="9"/>
       <c r="J163" s="7" t="inlineStr">
         <is>
           <t>УД 11020757</t>
         </is>
       </c>
       <c r="K163" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>68644</v>
+        <v>68651</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
-          <t>Безпека інформаційних і комунікаційних систем</t>
+          <t>Управління кібербезпекою та захистом інформації</t>
         </is>
       </c>
       <c r="G164" s="3"/>
       <c r="H164" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I164" s="9"/>
       <c r="J164" s="7" t="inlineStr">
         <is>
           <t>УД 11020757</t>
         </is>
       </c>
       <c r="K164" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>68646</v>
+        <v>68654</v>
       </c>
       <c r="F165" s="3" t="inlineStr">
         <is>
-          <t>Системи технічного захисту інформації, автоматизація її обробки</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="G165" s="3"/>
       <c r="H165" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I165" s="9"/>
+          <t>- 14200</t>
+        </is>
+      </c>
+      <c r="I165" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J165" s="7" t="inlineStr">
         <is>
-          <t>УД 11020757</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K165" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>68651</v>
+        <v>68638</v>
       </c>
       <c r="F166" s="3" t="inlineStr">
         <is>
-          <t>Управління кібербезпекою та захистом інформації</t>
+          <t>Комп`ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G166" s="3"/>
       <c r="H166" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I166" s="9"/>
+          <t>- 14198</t>
+        </is>
+      </c>
+      <c r="I166" s="9" t="n">
+        <v>46106</v>
+      </c>
       <c r="J166" s="7" t="inlineStr">
         <is>
-          <t>УД 11020757</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K166" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>68654</v>
+        <v>68641</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Системне програмування</t>
         </is>
       </c>
       <c r="G167" s="3"/>
       <c r="H167" s="7" t="inlineStr">
         <is>
-          <t>- 14200</t>
+          <t>- 14199</t>
         </is>
       </c>
       <c r="I167" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J167" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K167" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>68638</v>
+        <v>86421</v>
       </c>
       <c r="F168" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютерні системи та мережі</t>
+          <t>Програмування в робототехніці</t>
         </is>
       </c>
       <c r="G168" s="3"/>
       <c r="H168" s="7" t="inlineStr">
         <is>
-          <t>- 14198</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I168" s="9"/>
       <c r="J168" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K168" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>68641</v>
+        <v>68691</v>
       </c>
       <c r="F169" s="3" t="inlineStr">
         <is>
-          <t>Системне програмування</t>
+          <t>Хімічні технології лікарських речовин та медичних виробів</t>
         </is>
       </c>
       <c r="G169" s="3"/>
       <c r="H169" s="7" t="inlineStr">
         <is>
-          <t>- 14199</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I169" s="9"/>
       <c r="J169" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K169" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>86421</v>
+        <v>68693</v>
       </c>
       <c r="F170" s="3" t="inlineStr">
         <is>
-          <t>Програмування в робототехніці</t>
+          <t>Хімічні технології палива та вуглецевих матеріалів</t>
         </is>
       </c>
       <c r="G170" s="3"/>
       <c r="H170" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I170" s="9"/>
       <c r="J170" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K170" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>68691</v>
+        <v>68695</v>
       </c>
       <c r="F171" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології лікарських речовин та медичних виробів</t>
+          <t>Хімічні технології альтернативних енергоресурсів</t>
         </is>
       </c>
       <c r="G171" s="3"/>
       <c r="H171" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I171" s="9"/>
       <c r="J171" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K171" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
-          <t>G1</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
-[...2 lines deleted...]
-      <c r="D172" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D172" s="3" t="inlineStr">
+        <is>
+          <t>Двигуни та енергетичні установки</t>
+        </is>
+      </c>
       <c r="E172" s="6" t="n">
-        <v>68693</v>
+        <v>80060</v>
       </c>
       <c r="F172" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології палива та вуглецевих матеріалів</t>
+          <t>Авіаційні двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="G172" s="3"/>
       <c r="H172" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I172" s="9"/>
       <c r="J172" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K172" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
-          <t>G1</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
-[...2 lines deleted...]
-      <c r="D173" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D173" s="3" t="inlineStr">
+        <is>
+          <t>Двигуни та енергетичні установки</t>
+        </is>
+      </c>
       <c r="E173" s="6" t="n">
-        <v>68695</v>
+        <v>80061</v>
       </c>
       <c r="F173" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології альтернативних енергоресурсів</t>
+          <t>Газотурбінні установки і компресорні станції</t>
         </is>
       </c>
       <c r="G173" s="3"/>
       <c r="H173" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I173" s="9"/>
+          <t>- 14204</t>
+        </is>
+      </c>
+      <c r="I173" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J173" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K173" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Авіаційна та ракетно-космічна техніка</t>
+        </is>
+      </c>
+      <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>80060</v>
+        <v>68660</v>
       </c>
       <c r="F174" s="3" t="inlineStr">
         <is>
-          <t>Авіаційні двигуни та енергетичні установки</t>
+          <t>Літаки і вертольоти</t>
         </is>
       </c>
       <c r="G174" s="3"/>
       <c r="H174" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I174" s="9"/>
+          <t>- 14202</t>
+        </is>
+      </c>
+      <c r="I174" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J174" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K174" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Авіаційна та ракетно-космічна техніка</t>
+        </is>
+      </c>
+      <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>80061</v>
+        <v>68662</v>
       </c>
       <c r="F175" s="3" t="inlineStr">
         <is>
-          <t>Газотурбінні установки і компресорні станції</t>
+          <t>Обладнання повітряних суден</t>
         </is>
       </c>
       <c r="G175" s="3"/>
       <c r="H175" s="7" t="inlineStr">
         <is>
-          <t>- 14204</t>
+          <t>- 14201</t>
         </is>
       </c>
       <c r="I175" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J175" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K175" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>68660</v>
+        <v>68719</v>
       </c>
       <c r="F176" s="3" t="inlineStr">
         <is>
-          <t>Літаки і вертольоти</t>
+          <t>Комплекси пілотажно-навігаційного обладнання</t>
         </is>
       </c>
       <c r="G176" s="3"/>
       <c r="H176" s="7" t="inlineStr">
         <is>
-          <t>- 14202</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I176" s="9"/>
       <c r="J176" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K176" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>68662</v>
+        <v>80387</v>
       </c>
       <c r="F177" s="3" t="inlineStr">
         <is>
-          <t>Обладнання повітряних суден</t>
+          <t>Конструювання та сервісний інжиніринг літальних апаратів</t>
         </is>
       </c>
       <c r="G177" s="3"/>
       <c r="H177" s="7" t="inlineStr">
         <is>
-          <t>- 14201</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I177" s="9"/>
       <c r="J177" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K177" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>68719</v>
+        <v>86820</v>
       </c>
       <c r="F178" s="3" t="inlineStr">
         <is>
-          <t>Комплекси пілотажно-навігаційного обладнання</t>
+          <t>Інженерія безпілотних авіаційних комплексів</t>
         </is>
       </c>
       <c r="G178" s="3"/>
       <c r="H178" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I178" s="9"/>
       <c r="J178" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K178" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G17</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>80387</v>
+        <v>79515</v>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
-          <t>Конструювання та сервісний інжиніринг літальних апаратів</t>
+          <t>Дизайн архітектурного середовища</t>
         </is>
       </c>
       <c r="G179" s="3"/>
       <c r="H179" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I179" s="9"/>
+          <t>- 14209</t>
+        </is>
+      </c>
+      <c r="I179" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J179" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K179" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G18</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>86820</v>
+        <v>68783</v>
       </c>
       <c r="F180" s="3" t="inlineStr">
         <is>
-          <t>Інженерія безпілотних авіаційних комплексів</t>
+          <t>Землеустрій та кадастр</t>
         </is>
       </c>
       <c r="G180" s="3"/>
       <c r="H180" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I180" s="9"/>
       <c r="J180" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K180" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B181" s="7" t="inlineStr">
         <is>
-          <t>G17</t>
+          <t>G18</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>79515</v>
+        <v>68786</v>
       </c>
       <c r="F181" s="3" t="inlineStr">
         <is>
-          <t>Дизайн архітектурного середовища</t>
+          <t>Геоінформаційні системи і технології</t>
         </is>
       </c>
       <c r="G181" s="3"/>
       <c r="H181" s="7" t="inlineStr">
         <is>
-          <t>- 14209</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I181" s="9"/>
       <c r="J181" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K181" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>68783</v>
+        <v>85485</v>
       </c>
       <c r="F182" s="3" t="inlineStr">
         <is>
-          <t>Землеустрій та кадастр</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="G182" s="3"/>
       <c r="H182" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I182" s="9"/>
       <c r="J182" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K182" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
-          <t>G18</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>68786</v>
+        <v>68772</v>
       </c>
       <c r="F183" s="3" t="inlineStr">
         <is>
-          <t>Геоінформаційні системи і технології</t>
+          <t>Промислове і цивільне будівництво</t>
         </is>
       </c>
       <c r="G183" s="3"/>
       <c r="H183" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I183" s="9"/>
+          <t>- 14211</t>
+        </is>
+      </c>
+      <c r="I183" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J183" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K183" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
-          <t>G18</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>85485</v>
+        <v>68774</v>
       </c>
       <c r="F184" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Автомобільні дороги і аеродроми</t>
         </is>
       </c>
       <c r="G184" s="3"/>
       <c r="H184" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I184" s="9"/>
+          <t>- 14210</t>
+        </is>
+      </c>
+      <c r="I184" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J184" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K184" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>68772</v>
+        <v>68779</v>
       </c>
       <c r="F185" s="3" t="inlineStr">
         <is>
-          <t>Промислове і цивільне будівництво</t>
+          <t>Проєктування та експлуатація аеродромів</t>
         </is>
       </c>
       <c r="G185" s="3"/>
       <c r="H185" s="7" t="inlineStr">
         <is>
-          <t>- 14211</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I185" s="9"/>
       <c r="J185" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K185" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B186" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>68774</v>
+        <v>84334</v>
       </c>
       <c r="F186" s="3" t="inlineStr">
         <is>
-          <t>Автомобільні дороги і аеродроми</t>
+          <t>Будівельна інженерія на основі штучного інтелекту</t>
         </is>
       </c>
       <c r="G186" s="3"/>
       <c r="H186" s="7" t="inlineStr">
         <is>
-          <t>- 14210</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I186" s="9"/>
       <c r="J186" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K186" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B187" s="7" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>G2</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
-        <v>68779</v>
+        <v>86894</v>
       </c>
       <c r="F187" s="3" t="inlineStr">
         <is>
-          <t>Проєктування та експлуатація аеродромів</t>
+          <t>Технології забезпечення екологічної безпеки</t>
         </is>
       </c>
       <c r="G187" s="3"/>
       <c r="H187" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I187" s="9"/>
       <c r="J187" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K187" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B188" s="7" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>G20</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>84334</v>
+        <v>68723</v>
       </c>
       <c r="F188" s="3" t="inlineStr">
         <is>
-          <t>Будівельна інженерія на основі штучного інтелекту</t>
+          <t>Технології електронних мультимедійних видань</t>
         </is>
       </c>
       <c r="G188" s="3"/>
       <c r="H188" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I188" s="9"/>
+          <t>- 14208</t>
+        </is>
+      </c>
+      <c r="I188" s="9" t="n">
+        <v>46106</v>
+      </c>
       <c r="J188" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K188" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B189" s="7" t="inlineStr">
         <is>
-          <t>G2</t>
+          <t>G21</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
-        <v>86894</v>
+        <v>68697</v>
       </c>
       <c r="F189" s="3" t="inlineStr">
         <is>
-          <t>Технології забезпечення екологічної безпеки</t>
+          <t>Фармацевтична біотехнологія</t>
         </is>
       </c>
       <c r="G189" s="3"/>
       <c r="H189" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I189" s="9"/>
       <c r="J189" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K189" s="9"/>
+          <t>УД 11020758</t>
+        </is>
+      </c>
+      <c r="K189" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B190" s="7" t="inlineStr">
         <is>
-          <t>G20</t>
+          <t>G21</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
-          <t>Видавництво та поліграфія</t>
+          <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
-        <v>68723</v>
+        <v>68699</v>
       </c>
       <c r="F190" s="3" t="inlineStr">
         <is>
-          <t>Технології електронних мультимедійних видань</t>
+          <t>Екологічна біотехнологія та біоенергетика</t>
         </is>
       </c>
       <c r="G190" s="3"/>
       <c r="H190" s="7" t="inlineStr">
         <is>
-          <t>- 14208</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I190" s="9"/>
       <c r="J190" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K190" s="9"/>
+          <t>УД 11020758</t>
+        </is>
+      </c>
+      <c r="K190" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B191" s="7" t="inlineStr">
         <is>
-          <t>G21</t>
+          <t>G22</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології та біоінженерія</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
-        <v>68697</v>
+        <v>68701</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
-          <t>Фармацевтична біотехнологія</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="G191" s="3"/>
       <c r="H191" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I191" s="9"/>
+          <t>- 14205</t>
+        </is>
+      </c>
+      <c r="I191" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J191" s="7" t="inlineStr">
         <is>
-          <t>УД 11020758</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K191" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
-          <t>G21</t>
+          <t>G22</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології та біоінженерія</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>68699</v>
+        <v>86422</v>
       </c>
       <c r="F192" s="3" t="inlineStr">
         <is>
-          <t>Екологічна біотехнологія та біоенергетика</t>
+          <t>Інженерія допоміжної мобільності</t>
         </is>
       </c>
       <c r="G192" s="3"/>
       <c r="H192" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I192" s="9"/>
       <c r="J192" s="7" t="inlineStr">
         <is>
-          <t>УД 11020758</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K192" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
-          <t>G22</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>68701</v>
+        <v>68665</v>
       </c>
       <c r="F193" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Енергетичний менеджмент</t>
         </is>
       </c>
       <c r="G193" s="3"/>
       <c r="H193" s="7" t="inlineStr">
         <is>
-          <t>- 14205</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I193" s="9"/>
       <c r="J193" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K193" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
-          <t>G22</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
-        <v>86422</v>
+        <v>68667</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
-          <t>Інженерія допоміжної мобільності</t>
+          <t>Електротехнічні системи електроспоживання</t>
         </is>
       </c>
       <c r="G194" s="3"/>
       <c r="H194" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I194" s="9"/>
+          <t>- 14203</t>
+        </is>
+      </c>
+      <c r="I194" s="9" t="n">
+        <v>46106</v>
+      </c>
       <c r="J194" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K194" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B195" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
-        <v>68665</v>
+        <v>80381</v>
       </c>
       <c r="F195" s="3" t="inlineStr">
         <is>
-          <t>Енергетичний менеджмент</t>
+          <t>Енергоменеджмент</t>
         </is>
       </c>
       <c r="G195" s="3"/>
       <c r="H195" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I195" s="9"/>
+          <t>- 17326</t>
+        </is>
+      </c>
+      <c r="I195" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J195" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K195" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B196" s="7" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
-        <v>68667</v>
+        <v>68689</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
-          <t>Електротехнічні системи електроспоживання</t>
+          <t>Фізична та біомедична електроніка</t>
         </is>
       </c>
       <c r="G196" s="3"/>
       <c r="H196" s="7" t="inlineStr">
         <is>
-          <t>- 14203</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I196" s="9"/>
       <c r="J196" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K196" s="9"/>
+          <t>УД 11020759</t>
+        </is>
+      </c>
+      <c r="K196" s="9" t="n">
+        <v>47300</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B197" s="7" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D197" s="3"/>
       <c r="E197" s="6" t="n">
-        <v>80381</v>
+        <v>68706</v>
       </c>
       <c r="F197" s="3" t="inlineStr">
         <is>
-          <t>Енергоменеджмент</t>
+          <t>Електронні технології інтернету речей</t>
         </is>
       </c>
       <c r="G197" s="3"/>
       <c r="H197" s="7" t="inlineStr">
         <is>
-          <t>- 17326</t>
+          <t>- 14206</t>
         </is>
       </c>
       <c r="I197" s="9" t="n">
+        <v>46569</v>
+      </c>
+      <c r="J197" s="7" t="inlineStr">
+        <is>
+          <t>УД 11020759</t>
+        </is>
+      </c>
+      <c r="K197" s="9" t="n">
         <v>47300</v>
       </c>
-      <c r="J197" s="7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K197" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B198" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
-        <v>68689</v>
+        <v>68711</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
-          <t>Фізична та біомедична електроніка</t>
+          <t>Електронні системи</t>
         </is>
       </c>
       <c r="G198" s="3"/>
       <c r="H198" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I198" s="9"/>
+          <t>- 14207</t>
+        </is>
+      </c>
+      <c r="I198" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J198" s="7" t="inlineStr">
         <is>
           <t>УД 11020759</t>
         </is>
       </c>
       <c r="K198" s="9" t="n">
         <v>47300</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
-        <v>68706</v>
+        <v>68714</v>
       </c>
       <c r="F199" s="3" t="inlineStr">
         <is>
-          <t>Електронні технології інтернету речей</t>
+          <t>Комп`ютерно-інтегровані радіоінформаційні системи та технології</t>
         </is>
       </c>
       <c r="G199" s="3"/>
       <c r="H199" s="7" t="inlineStr">
         <is>
-          <t>- 14206</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I199" s="9"/>
       <c r="J199" s="7" t="inlineStr">
         <is>
           <t>УД 11020759</t>
         </is>
       </c>
       <c r="K199" s="9" t="n">
         <v>47300</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B200" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
-        <v>68711</v>
+        <v>68717</v>
       </c>
       <c r="F200" s="3" t="inlineStr">
         <is>
-          <t>Електронні системи</t>
+          <t>Телекомунікаційні системи та мережі</t>
         </is>
       </c>
       <c r="G200" s="3"/>
       <c r="H200" s="7" t="inlineStr">
         <is>
-          <t>- 14207</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I200" s="9"/>
       <c r="J200" s="7" t="inlineStr">
         <is>
           <t>УД 11020759</t>
         </is>
       </c>
       <c r="K200" s="9" t="n">
         <v>47300</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B201" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
-        <v>68714</v>
+        <v>80069</v>
       </c>
       <c r="F201" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютерно-інтегровані радіоінформаційні системи та технології</t>
+          <t>Системи мобільного зв'язку</t>
         </is>
       </c>
       <c r="G201" s="3"/>
       <c r="H201" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I201" s="9"/>
       <c r="J201" s="7" t="inlineStr">
         <is>
           <t>УД 11020759</t>
         </is>
       </c>
       <c r="K201" s="9" t="n">
         <v>47300</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B202" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
-        <v>68717</v>
+        <v>83479</v>
       </c>
       <c r="F202" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікаційні системи та мережі</t>
+          <t>Електронні технології протезування</t>
         </is>
       </c>
       <c r="G202" s="3"/>
       <c r="H202" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I202" s="9"/>
       <c r="J202" s="7" t="inlineStr">
         <is>
           <t>УД 11020759</t>
         </is>
       </c>
       <c r="K202" s="9" t="n">
         <v>47300</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B203" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
-        <v>80069</v>
+        <v>68680</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
-          <t>Системи мобільного зв'язку</t>
+          <t>Інформаційні технології та інженерія авіаційних комп`ютерних систем</t>
         </is>
       </c>
       <c r="G203" s="3"/>
       <c r="H203" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I203" s="9"/>
       <c r="J203" s="7" t="inlineStr">
         <is>
-          <t>УД 11020759</t>
+          <t>УД 11020760</t>
         </is>
       </c>
       <c r="K203" s="9" t="n">
-        <v>47300</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B204" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
-        <v>83479</v>
+        <v>68683</v>
       </c>
       <c r="F204" s="3" t="inlineStr">
         <is>
-          <t>Електронні технології протезування</t>
+          <t>Автоматика та автоматизація на транспорті</t>
         </is>
       </c>
       <c r="G204" s="3"/>
       <c r="H204" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I204" s="9"/>
       <c r="J204" s="7" t="inlineStr">
         <is>
-          <t>УД 11020759</t>
+          <t>УД 11020760</t>
         </is>
       </c>
       <c r="K204" s="9" t="n">
-        <v>47300</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B205" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
-        <v>68680</v>
+        <v>68684</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні технології та інженерія авіаційних комп`ютерних систем</t>
+          <t>Комп`ютерно-інтегровані технологічні процеси і виробництва</t>
         </is>
       </c>
       <c r="G205" s="3"/>
       <c r="H205" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I205" s="9"/>
       <c r="J205" s="7" t="inlineStr">
         <is>
           <t>УД 11020760</t>
         </is>
       </c>
       <c r="K205" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
-        <v>68683</v>
+        <v>68686</v>
       </c>
       <c r="F206" s="3" t="inlineStr">
         <is>
-          <t>Автоматика та автоматизація на транспорті</t>
+          <t>Комп'ютеризовані системи управління та автоматика</t>
         </is>
       </c>
       <c r="G206" s="3"/>
       <c r="H206" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I206" s="9"/>
       <c r="J206" s="7" t="inlineStr">
         <is>
           <t>УД 11020760</t>
         </is>
       </c>
       <c r="K206" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B207" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
-        <v>68684</v>
+        <v>80068</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютерно-інтегровані технологічні процеси і виробництва</t>
+          <t>Інформаційне забезпечення та інженерія авіаційних комп'ютерних систем</t>
         </is>
       </c>
       <c r="G207" s="3"/>
       <c r="H207" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I207" s="9"/>
       <c r="J207" s="7" t="inlineStr">
         <is>
           <t>УД 11020760</t>
         </is>
       </c>
       <c r="K207" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
-        <v>68686</v>
+        <v>80385</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютеризовані системи управління та автоматика</t>
+          <t>Комп’ютерно-інтегровані робототехнічні системи та комплекси</t>
         </is>
       </c>
       <c r="G208" s="3"/>
       <c r="H208" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I208" s="9"/>
       <c r="J208" s="7" t="inlineStr">
         <is>
           <t>УД 11020760</t>
         </is>
       </c>
       <c r="K208" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
-        <v>80068</v>
+        <v>68656</v>
       </c>
       <c r="F209" s="3" t="inlineStr">
         <is>
-          <t>Інформаційне забезпечення та інженерія авіаційних комп'ютерних систем</t>
+          <t>Прикладна механіка композиційних конструкцій та технічних систем</t>
         </is>
       </c>
       <c r="G209" s="3"/>
       <c r="H209" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I209" s="9"/>
       <c r="J209" s="7" t="inlineStr">
         <is>
-          <t>УД 11020760</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K209" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>80385</v>
+        <v>68790</v>
       </c>
       <c r="F210" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерно-інтегровані робототехнічні системи та комплекси</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G210" s="3"/>
       <c r="H210" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I210" s="9"/>
       <c r="J210" s="7" t="inlineStr">
         <is>
-          <t>УД 11020760</t>
+          <t>УД 11020761</t>
         </is>
       </c>
       <c r="K210" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>68656</v>
+        <v>81242</v>
       </c>
       <c r="F211" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка композиційних конструкцій та технічних систем</t>
+          <t>Готельно-ресторанний сервіс та авіаційний кейтеринг</t>
         </is>
       </c>
       <c r="G211" s="3"/>
       <c r="H211" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I211" s="9"/>
       <c r="J211" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K211" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>68790</v>
+        <v>68793</v>
       </c>
       <c r="F212" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Туризмознавство</t>
         </is>
       </c>
       <c r="G212" s="3"/>
       <c r="H212" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I212" s="9"/>
+          <t>- 14212</t>
+        </is>
+      </c>
+      <c r="I212" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J212" s="7" t="inlineStr">
         <is>
-          <t>УД 11020761</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K212" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
-        <v>81242</v>
+        <v>86611</v>
       </c>
       <c r="F213" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанний сервіс та авіаційний кейтеринг</t>
+          <t>Міжнародний туризм</t>
         </is>
       </c>
       <c r="G213" s="3"/>
       <c r="H213" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I213" s="9"/>
       <c r="J213" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K213" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
-        <v>68793</v>
+        <v>86612</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
-          <t>Туризмознавство</t>
+          <t>Логістика міжнародного туризму</t>
         </is>
       </c>
       <c r="G214" s="3"/>
       <c r="H214" s="7" t="inlineStr">
         <is>
-          <t>- 14212</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I214" s="9"/>
       <c r="J214" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K214" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>J5</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
-[...2 lines deleted...]
-      <c r="D215" s="3"/>
+          <t>Морський та внутрішній водний транспорт</t>
+        </is>
+      </c>
+      <c r="D215" s="3" t="inlineStr">
+        <is>
+          <t>Транспортні технології на морському та внутрішньому водному транспорті</t>
+        </is>
+      </c>
       <c r="E215" s="6" t="n">
-        <v>86611</v>
+        <v>88239</v>
       </c>
       <c r="F215" s="3" t="inlineStr">
         <is>
-          <t>Міжнародний туризм</t>
+          <t>Глобальні транспортні мережі та логістика водного транспорту</t>
         </is>
       </c>
       <c r="G215" s="3"/>
       <c r="H215" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I215" s="9"/>
       <c r="J215" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K215" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B216" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>J6</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D216" s="3"/>
       <c r="E216" s="6" t="n">
-        <v>86612</v>
+        <v>68796</v>
       </c>
       <c r="F216" s="3" t="inlineStr">
         <is>
-          <t>Логістика міжнародного туризму</t>
+          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
         </is>
       </c>
       <c r="G216" s="3"/>
       <c r="H216" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I216" s="9"/>
       <c r="J216" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K216" s="9"/>
+          <t>УД 11020762</t>
+        </is>
+      </c>
+      <c r="K216" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B217" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>68796</v>
+        <v>68798</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
-          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
+          <t>Технології робіт та технологічне обладнання аеропортів</t>
         </is>
       </c>
       <c r="G217" s="3"/>
       <c r="H217" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I217" s="9"/>
       <c r="J217" s="7" t="inlineStr">
         <is>
           <t>УД 11020762</t>
         </is>
       </c>
       <c r="K217" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
-        <v>68798</v>
+        <v>68799</v>
       </c>
       <c r="F218" s="3" t="inlineStr">
         <is>
-          <t>Технології робіт та технологічне обладнання аеропортів</t>
+          <t>Льотна експлуатація повітряних суден</t>
         </is>
       </c>
       <c r="G218" s="3"/>
       <c r="H218" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I218" s="9"/>
       <c r="J218" s="7" t="inlineStr">
         <is>
           <t>УД 11020762</t>
         </is>
       </c>
       <c r="K218" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B219" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
-        <v>68799</v>
+        <v>68802</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
-          <t>Льотна експлуатація повітряних суден</t>
+          <t>Обслуговування повітряного руху</t>
         </is>
       </c>
       <c r="G219" s="3"/>
       <c r="H219" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I219" s="9"/>
       <c r="J219" s="7" t="inlineStr">
         <is>
           <t>УД 11020762</t>
         </is>
       </c>
       <c r="K219" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B220" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
-        <v>68802</v>
+        <v>68806</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
-          <t>Обслуговування повітряного руху</t>
+          <t>Системи аеронавігаційного обслуговування</t>
         </is>
       </c>
       <c r="G220" s="3"/>
       <c r="H220" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I220" s="9"/>
       <c r="J220" s="7" t="inlineStr">
         <is>
           <t>УД 11020762</t>
         </is>
       </c>
       <c r="K220" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B221" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
-        <v>68806</v>
+        <v>68807</v>
       </c>
       <c r="F221" s="3" t="inlineStr">
         <is>
-          <t>Системи аеронавігаційного обслуговування</t>
+          <t>Безпілотні авіаційні комплекси</t>
         </is>
       </c>
       <c r="G221" s="3"/>
       <c r="H221" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I221" s="9"/>
       <c r="J221" s="7" t="inlineStr">
         <is>
           <t>УД 11020762</t>
         </is>
       </c>
       <c r="K221" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B222" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
-        <v>68807</v>
+        <v>68812</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
-          <t>Безпілотні авіаційні комплекси</t>
+          <t>Організація перевезень і управління на транспорті (повітряному)</t>
         </is>
       </c>
       <c r="G222" s="3"/>
       <c r="H222" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I222" s="9"/>
+          <t>- 14216</t>
+        </is>
+      </c>
+      <c r="I222" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J222" s="7" t="inlineStr">
         <is>
           <t>УД 11020762</t>
         </is>
       </c>
       <c r="K222" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
-        <v>68812</v>
+        <v>68820</v>
       </c>
       <c r="F223" s="3" t="inlineStr">
         <is>
-          <t>Організація перевезень і управління на транспорті (повітряному)</t>
+          <t>Мультимодальний транспорт і логістика</t>
         </is>
       </c>
       <c r="G223" s="3"/>
       <c r="H223" s="7" t="inlineStr">
         <is>
-          <t>- 14216</t>
+          <t>- 14215</t>
         </is>
       </c>
       <c r="I223" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J223" s="7" t="inlineStr">
         <is>
           <t>УД 11020762</t>
         </is>
       </c>
       <c r="K223" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B224" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
-        <v>68820</v>
+        <v>68823</v>
       </c>
       <c r="F224" s="3" t="inlineStr">
         <is>
-          <t>Мультимодальний транспорт і логістика</t>
+          <t>Бортовий супровід авіаційних пасажирських перевезень</t>
         </is>
       </c>
       <c r="G224" s="3"/>
       <c r="H224" s="7" t="inlineStr">
         <is>
-          <t>- 14215</t>
+          <t>- 14214</t>
         </is>
       </c>
       <c r="I224" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J224" s="7" t="inlineStr">
         <is>
           <t>УД 11020762</t>
         </is>
       </c>
       <c r="K224" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B225" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
-        <v>68823</v>
+        <v>79517</v>
       </c>
       <c r="F225" s="3" t="inlineStr">
         <is>
-          <t>Бортовий супровід авіаційних пасажирських перевезень</t>
+          <t>Організація авіаційних робіт і послуг</t>
         </is>
       </c>
       <c r="G225" s="3"/>
       <c r="H225" s="7" t="inlineStr">
         <is>
-          <t>- 14214</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I225" s="9"/>
       <c r="J225" s="7" t="inlineStr">
         <is>
           <t>УД 11020762</t>
         </is>
       </c>
       <c r="K225" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B226" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
-        <v>79517</v>
+        <v>88242</v>
       </c>
       <c r="F226" s="3" t="inlineStr">
         <is>
-          <t>Організація авіаційних робіт і послуг</t>
+          <t>Технічне обслуговування авіоніки</t>
         </is>
       </c>
       <c r="G226" s="3"/>
       <c r="H226" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I226" s="9"/>
       <c r="J226" s="7" t="inlineStr">
         <is>
           <t>УД 11020762</t>
         </is>
       </c>
       <c r="K226" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B227" s="7" t="inlineStr">
         <is>
-          <t>K10</t>
+          <t>J7</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
-        <v>68795</v>
+        <v>88240</v>
       </c>
       <c r="F227" s="3" t="inlineStr">
         <is>
-          <t>Захист об`єктів критичної інфраструктури</t>
+          <t>Транспортні технології та логістичний сервіс</t>
         </is>
       </c>
       <c r="G227" s="3"/>
       <c r="H227" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I227" s="9"/>
       <c r="J227" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K227" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B228" s="7" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>K10</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
-        <v>68794</v>
+        <v>68795</v>
       </c>
       <c r="F228" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Захист об`єктів критичної інфраструктури</t>
         </is>
       </c>
       <c r="G228" s="3"/>
       <c r="H228" s="7" t="inlineStr">
         <is>
-          <t>- 14213</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I228" s="9"/>
       <c r="J228" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K228" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B229" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
-        <v>65541</v>
+        <v>68794</v>
       </c>
       <c r="F229" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Правоохоронна діяльність</t>
+        </is>
+      </c>
+      <c r="G229" s="3"/>
       <c r="H229" s="7" t="inlineStr">
         <is>
-          <t>УД 11005794</t>
+          <t>- 14213</t>
         </is>
       </c>
       <c r="I229" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J229" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K229" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B230" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
-        <v>65543</v>
+        <v>65541</v>
       </c>
       <c r="F230" s="3" t="inlineStr">
         <is>
-          <t>Документознавство та інформаційна діяльність</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="G230" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H230" s="7" t="inlineStr">
         <is>
-          <t>- 9904</t>
+          <t>УД 11005794</t>
         </is>
       </c>
       <c r="I230" s="9" t="n">
-        <v>47300</v>
+        <v>46752</v>
       </c>
       <c r="J230" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K230" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B231" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>029</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
-        <v>65524</v>
+        <v>65543</v>
       </c>
       <c r="F231" s="3" t="inlineStr">
         <is>
-          <t>Філософія комунікації</t>
+          <t>Документознавство та інформаційна діяльність</t>
         </is>
       </c>
       <c r="G231" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H231" s="7" t="inlineStr">
         <is>
-          <t>- 9905</t>
+          <t>- 9904</t>
         </is>
       </c>
       <c r="I231" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J231" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K231" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B232" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
-        <v>65585</v>
+        <v>65524</v>
       </c>
       <c r="F232" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша англійська</t>
+          <t>Філософія комунікації</t>
         </is>
       </c>
       <c r="G232" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H232" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I232" s="9"/>
+          <t>- 9905</t>
+        </is>
+      </c>
+      <c r="I232" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J232" s="7" t="inlineStr">
         <is>
-          <t>УД 11019282</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K232" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B233" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
-[...2 lines deleted...]
-      <c r="D233" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D233" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E233" s="6" t="n">
-        <v>65563</v>
+        <v>65585</v>
       </c>
       <c r="F233" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна економіка</t>
+          <t>Германські мови та літератури (переклад включно), перша англійська</t>
         </is>
       </c>
       <c r="G233" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H233" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I233" s="9"/>
       <c r="J233" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K233" s="9"/>
+          <t>УД 11019282</t>
+        </is>
+      </c>
+      <c r="K233" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B234" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
-        <v>65572</v>
+        <v>65563</v>
       </c>
       <c r="F234" s="3" t="inlineStr">
         <is>
-          <t>Економіка підприємства</t>
+          <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G234" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H234" s="7" t="inlineStr">
         <is>
-          <t>- 9907</t>
+          <t>- 19497</t>
         </is>
       </c>
       <c r="I234" s="9" t="n">
-        <v>47300</v>
+        <v>48030</v>
       </c>
       <c r="J234" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K234" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B235" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D235" s="3"/>
       <c r="E235" s="6" t="n">
-        <v>65574</v>
+        <v>65572</v>
       </c>
       <c r="F235" s="3" t="inlineStr">
         <is>
-          <t>Економічна кібернетика</t>
+          <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G235" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H235" s="7" t="inlineStr">
         <is>
-          <t>- 9906</t>
+          <t>- 9907</t>
         </is>
       </c>
       <c r="I235" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J235" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K235" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B236" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D236" s="3"/>
       <c r="E236" s="6" t="n">
-        <v>65520</v>
+        <v>65574</v>
       </c>
       <c r="F236" s="3" t="inlineStr">
         <is>
-          <t>Психологія екстремальних і кризових ситуацій</t>
+          <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G236" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H236" s="7" t="inlineStr">
         <is>
-          <t>- 9909</t>
+          <t>- 9906</t>
         </is>
       </c>
       <c r="I236" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J236" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K236" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B237" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D237" s="3"/>
       <c r="E237" s="6" t="n">
-        <v>65527</v>
+        <v>65520</v>
       </c>
       <c r="F237" s="3" t="inlineStr">
         <is>
-          <t>Практична психологія</t>
+          <t>Психологія екстремальних і кризових ситуацій</t>
         </is>
       </c>
       <c r="G237" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H237" s="7" t="inlineStr">
         <is>
-          <t>- 9912</t>
+          <t>- 9909</t>
         </is>
       </c>
       <c r="I237" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J237" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K237" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B238" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D238" s="3"/>
       <c r="E238" s="6" t="n">
-        <v>65558</v>
+        <v>65527</v>
       </c>
       <c r="F238" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Практична психологія</t>
         </is>
       </c>
       <c r="G238" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H238" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I238" s="9"/>
+          <t>- 9912</t>
+        </is>
+      </c>
+      <c r="I238" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J238" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K238" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B239" s="7" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D239" s="3"/>
       <c r="E239" s="6" t="n">
-        <v>65540</v>
+        <v>65558</v>
       </c>
       <c r="F239" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G239" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H239" s="7" t="inlineStr">
         <is>
-          <t>УД 11005798</t>
+          <t>- 19494</t>
         </is>
       </c>
       <c r="I239" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J239" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K239" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B240" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D240" s="3"/>
       <c r="E240" s="6" t="n">
-        <v>65553</v>
+        <v>65540</v>
       </c>
       <c r="F240" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="G240" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H240" s="7" t="inlineStr">
         <is>
-          <t>- 9913</t>
+          <t>УД 11005798</t>
         </is>
       </c>
       <c r="I240" s="9" t="n">
-        <v>47300</v>
+        <v>46204</v>
       </c>
       <c r="J240" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K240" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B241" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D241" s="3"/>
       <c r="E241" s="6" t="n">
-        <v>65566</v>
+        <v>65553</v>
       </c>
       <c r="F241" s="3" t="inlineStr">
         <is>
-          <t>Облік і аудит</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="G241" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H241" s="7" t="inlineStr">
         <is>
-          <t>- 9914</t>
+          <t>- 9913</t>
         </is>
       </c>
       <c r="I241" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J241" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K241" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B242" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D242" s="3"/>
       <c r="E242" s="6" t="n">
-        <v>65515</v>
+        <v>65566</v>
       </c>
       <c r="F242" s="3" t="inlineStr">
         <is>
-          <t>Фінанси і кредит</t>
+          <t>Облік і аудит</t>
         </is>
       </c>
       <c r="G242" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H242" s="7" t="inlineStr">
         <is>
-          <t>УД 11016968</t>
+          <t>- 9914</t>
         </is>
       </c>
       <c r="I242" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J242" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K242" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B243" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D243" s="3"/>
       <c r="E243" s="6" t="n">
-        <v>65523</v>
+        <v>65515</v>
       </c>
       <c r="F243" s="3" t="inlineStr">
         <is>
-          <t>Глобальна логістика та управління ланцюгами постачання</t>
+          <t>Фінанси і кредит</t>
         </is>
       </c>
       <c r="G243" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H243" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I243" s="9"/>
+          <t>УД 11016968</t>
+        </is>
+      </c>
+      <c r="I243" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J243" s="7" t="inlineStr">
         <is>
-          <t>УД 11019283</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K243" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B244" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D244" s="3"/>
       <c r="E244" s="6" t="n">
-        <v>65526</v>
+        <v>65523</v>
       </c>
       <c r="F244" s="3" t="inlineStr">
         <is>
-          <t>Управління інноваційною діяльністю</t>
+          <t>Глобальна логістика та управління ланцюгами постачання</t>
         </is>
       </c>
       <c r="G244" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H244" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I244" s="9"/>
       <c r="J244" s="7" t="inlineStr">
         <is>
           <t>УД 11019283</t>
         </is>
       </c>
       <c r="K244" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B245" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
-        <v>65544</v>
+        <v>65526</v>
       </c>
       <c r="F245" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент зовнішньоекономічної діяльності</t>
+          <t>Управління інноваційною діяльністю</t>
         </is>
       </c>
       <c r="G245" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H245" s="7" t="inlineStr">
         <is>
-          <t>УД 11006749</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I245" s="9"/>
       <c r="J245" s="7" t="inlineStr">
         <is>
           <t>УД 11019283</t>
         </is>
       </c>
       <c r="K245" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B246" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D246" s="3"/>
       <c r="E246" s="6" t="n">
-        <v>65547</v>
+        <v>65544</v>
       </c>
       <c r="F246" s="3" t="inlineStr">
         <is>
-          <t>Управління проектами</t>
+          <t>Менеджмент зовнішньоекономічної діяльності</t>
         </is>
       </c>
       <c r="G246" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H246" s="7" t="inlineStr">
         <is>
-          <t>УД 11008667</t>
+          <t>УД 11006749</t>
         </is>
       </c>
       <c r="I246" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J246" s="7" t="inlineStr">
         <is>
           <t>УД 11019283</t>
         </is>
       </c>
       <c r="K246" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B247" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D247" s="3"/>
       <c r="E247" s="6" t="n">
-        <v>65554</v>
+        <v>65547</v>
       </c>
       <c r="F247" s="3" t="inlineStr">
         <is>
-          <t>Адміністративний менеджмент</t>
+          <t>Управління проектами</t>
         </is>
       </c>
       <c r="G247" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H247" s="7" t="inlineStr">
         <is>
-          <t>УД 11008666</t>
+          <t>УД 11008667</t>
         </is>
       </c>
       <c r="I247" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J247" s="7" t="inlineStr">
         <is>
           <t>УД 11019283</t>
         </is>
       </c>
       <c r="K247" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B248" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D248" s="3"/>
       <c r="E248" s="6" t="n">
-        <v>65561</v>
+        <v>65554</v>
       </c>
       <c r="F248" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент організацій і адміністрування (за видами економічної діяльності)</t>
+          <t>Адміністративний менеджмент</t>
         </is>
       </c>
       <c r="G248" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H248" s="7" t="inlineStr">
         <is>
-          <t>УД 11003171</t>
+          <t>УД 11008666</t>
         </is>
       </c>
       <c r="I248" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J248" s="7" t="inlineStr">
         <is>
           <t>УД 11019283</t>
         </is>
       </c>
       <c r="K248" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B249" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D249" s="3"/>
       <c r="E249" s="6" t="n">
-        <v>65569</v>
+        <v>65561</v>
       </c>
       <c r="F249" s="3" t="inlineStr">
         <is>
-          <t>Логістика</t>
+          <t>Менеджмент організацій і адміністрування (за видами економічної діяльності)</t>
         </is>
       </c>
       <c r="G249" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H249" s="7" t="inlineStr">
         <is>
-          <t>УД 11006750</t>
+          <t>УД 11003171</t>
         </is>
       </c>
       <c r="I249" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J249" s="7" t="inlineStr">
         <is>
           <t>УД 11019283</t>
         </is>
       </c>
       <c r="K249" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B250" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D250" s="3"/>
       <c r="E250" s="6" t="n">
-        <v>65530</v>
+        <v>65569</v>
       </c>
       <c r="F250" s="3" t="inlineStr">
         <is>
-          <t>Міжнародний маркетинг</t>
+          <t>Логістика</t>
         </is>
       </c>
       <c r="G250" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H250" s="7" t="inlineStr">
         <is>
-          <t>- 9916</t>
+          <t>УД 11006750</t>
         </is>
       </c>
       <c r="I250" s="9" t="n">
-        <v>46935</v>
+        <v>46752</v>
       </c>
       <c r="J250" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K250" s="9"/>
+          <t>УД 11019283</t>
+        </is>
+      </c>
+      <c r="K250" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B251" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D251" s="3"/>
       <c r="E251" s="6" t="n">
-        <v>65546</v>
+        <v>65530</v>
       </c>
       <c r="F251" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Міжнародний маркетинг</t>
         </is>
       </c>
       <c r="G251" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H251" s="7" t="inlineStr">
         <is>
-          <t>- 9915</t>
+          <t>- 9916</t>
         </is>
       </c>
       <c r="I251" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J251" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K251" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B252" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D252" s="3"/>
       <c r="E252" s="6" t="n">
-        <v>65514</v>
+        <v>65546</v>
       </c>
       <c r="F252" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та бізнес-технології</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G252" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H252" s="7" t="inlineStr">
         <is>
-          <t>- 9917</t>
+          <t>- 9915</t>
         </is>
       </c>
       <c r="I252" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J252" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K252" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B253" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D253" s="3"/>
       <c r="E253" s="6" t="n">
-        <v>65516</v>
+        <v>65514</v>
       </c>
       <c r="F253" s="3" t="inlineStr">
         <is>
-          <t>Митна діяльність підприємницьких структур</t>
+          <t>Підприємництво та бізнес-технології</t>
         </is>
       </c>
       <c r="G253" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H253" s="7" t="inlineStr">
         <is>
-          <t>- 19272</t>
+          <t>- 9917</t>
         </is>
       </c>
       <c r="I253" s="9" t="n">
-        <v>48030</v>
+        <v>46204</v>
       </c>
       <c r="J253" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K253" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B254" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D254" s="3"/>
       <c r="E254" s="6" t="n">
-        <v>65567</v>
+        <v>65516</v>
       </c>
       <c r="F254" s="3" t="inlineStr">
         <is>
-          <t>Правознавство</t>
+          <t>Митна діяльність підприємницьких структур</t>
         </is>
       </c>
       <c r="G254" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H254" s="7" t="inlineStr">
         <is>
-          <t>- 9919</t>
+          <t>- 19272</t>
         </is>
       </c>
       <c r="I254" s="9" t="n">
-        <v>47300</v>
+        <v>48030</v>
       </c>
       <c r="J254" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K254" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B255" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C255" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D255" s="3"/>
       <c r="E255" s="6" t="n">
-        <v>65564</v>
+        <v>65567</v>
       </c>
       <c r="F255" s="3" t="inlineStr">
         <is>
-          <t>Екологія та охорона навколишнього середовища</t>
+          <t>Правознавство</t>
         </is>
       </c>
       <c r="G255" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H255" s="7" t="inlineStr">
         <is>
-          <t>УД 11008105</t>
+          <t>- 9919</t>
         </is>
       </c>
       <c r="I255" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J255" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K255" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B256" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C256" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D256" s="3"/>
       <c r="E256" s="6" t="n">
-        <v>65573</v>
+        <v>65564</v>
       </c>
       <c r="F256" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Екологія та охорона навколишнього середовища</t>
         </is>
       </c>
       <c r="G256" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H256" s="7" t="inlineStr">
         <is>
-          <t>УД 11005802</t>
+          <t>УД 11008105</t>
         </is>
       </c>
       <c r="I256" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J256" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K256" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B257" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C257" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D257" s="3"/>
       <c r="E257" s="6" t="n">
-        <v>65562</v>
+        <v>65573</v>
       </c>
       <c r="F257" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="G257" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H257" s="7" t="inlineStr">
         <is>
-          <t>УД 11005804</t>
+          <t>УД 11005802</t>
         </is>
       </c>
       <c r="I257" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J257" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K257" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B258" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C258" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D258" s="3"/>
       <c r="E258" s="6" t="n">
-        <v>65531</v>
+        <v>65562</v>
       </c>
       <c r="F258" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні технології проектування</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G258" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H258" s="7" t="inlineStr">
         <is>
-          <t>- 19201</t>
+          <t>УД 11005804</t>
         </is>
       </c>
       <c r="I258" s="9" t="n">
-        <v>46358</v>
+        <v>46752</v>
       </c>
       <c r="J258" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K258" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B259" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C259" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D259" s="3"/>
       <c r="E259" s="6" t="n">
-        <v>65532</v>
+        <v>65531</v>
       </c>
       <c r="F259" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні управляючі системи та технології</t>
+          <t>Інформаційні технології проектування</t>
         </is>
       </c>
       <c r="G259" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H259" s="7" t="inlineStr">
         <is>
-          <t>- 9920</t>
+          <t>- 19201</t>
         </is>
       </c>
       <c r="I259" s="9" t="n">
-        <v>47300</v>
+        <v>46358</v>
       </c>
       <c r="J259" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K259" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B260" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D260" s="3"/>
       <c r="E260" s="6" t="n">
-        <v>65557</v>
+        <v>65532</v>
       </c>
       <c r="F260" s="3" t="inlineStr">
         <is>
-          <t>Системне програмування</t>
+          <t>Інформаційні управляючі системи та технології</t>
         </is>
       </c>
       <c r="G260" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H260" s="7" t="inlineStr">
         <is>
-          <t>- 9922</t>
+          <t>- 9920</t>
         </is>
       </c>
       <c r="I260" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J260" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K260" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B261" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C261" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D261" s="3"/>
       <c r="E261" s="6" t="n">
-        <v>65570</v>
+        <v>65557</v>
       </c>
       <c r="F261" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютерні системи та мережі</t>
+          <t>Системне програмування</t>
         </is>
       </c>
       <c r="G261" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H261" s="7" t="inlineStr">
         <is>
-          <t>УД 11005807</t>
+          <t>- 9922</t>
         </is>
       </c>
       <c r="I261" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J261" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K261" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B262" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D262" s="3"/>
       <c r="E262" s="6" t="n">
-        <v>65379</v>
+        <v>65570</v>
       </c>
       <c r="F262" s="3" t="inlineStr">
         <is>
-          <t>Системи та технології кібербезпеки</t>
+          <t>Комп`ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G262" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H262" s="7" t="inlineStr">
         <is>
-          <t>- 19199</t>
+          <t>УД 11005807</t>
         </is>
       </c>
       <c r="I262" s="9" t="n">
-        <v>46358</v>
+        <v>46752</v>
       </c>
       <c r="J262" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K262" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B263" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C263" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D263" s="3"/>
       <c r="E263" s="6" t="n">
-        <v>65512</v>
+        <v>65379</v>
       </c>
       <c r="F263" s="3" t="inlineStr">
         <is>
-          <t>Системи технічного захисту інформації, автоматизація її обробки</t>
+          <t>Системи та технології кібербезпеки</t>
         </is>
       </c>
       <c r="G263" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H263" s="7" t="inlineStr">
         <is>
-          <t>- 19200</t>
+          <t>- 19199</t>
         </is>
       </c>
       <c r="I263" s="9" t="n">
         <v>46358</v>
       </c>
       <c r="J263" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K263" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B264" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D264" s="3"/>
       <c r="E264" s="6" t="n">
-        <v>65513</v>
+        <v>65512</v>
       </c>
       <c r="F264" s="3" t="inlineStr">
         <is>
-          <t>Безпека інформаційних і комунікаційних систем</t>
+          <t>Системи технічного захисту інформації, автоматизація її обробки</t>
         </is>
       </c>
       <c r="G264" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H264" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I264" s="9"/>
+          <t>- 19200</t>
+        </is>
+      </c>
+      <c r="I264" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J264" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K264" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B265" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C265" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D265" s="3"/>
       <c r="E265" s="6" t="n">
-        <v>65496</v>
+        <v>65513</v>
       </c>
       <c r="F265" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні системи та технології</t>
+          <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G265" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H265" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I265" s="9"/>
+          <t>- 19513</t>
+        </is>
+      </c>
+      <c r="I265" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J265" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K265" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B266" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C266" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D266" s="3"/>
       <c r="E266" s="6" t="n">
-        <v>65517</v>
+        <v>65496</v>
       </c>
       <c r="F266" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка, стандартизація та оцінка якості технічних систем</t>
+          <t>Інтелектуальні системи та технології</t>
         </is>
       </c>
       <c r="G266" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H266" s="7" t="inlineStr">
         <is>
-          <t>- 18911</t>
+          <t>- 19512</t>
         </is>
       </c>
       <c r="I266" s="9" t="n">
-        <v>46344</v>
+        <v>48030</v>
       </c>
       <c r="J266" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K266" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B267" s="7" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C267" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D267" s="3"/>
       <c r="E267" s="6" t="n">
-        <v>65539</v>
+        <v>65517</v>
       </c>
       <c r="F267" s="3" t="inlineStr">
         <is>
-          <t>Обладнання повітряних суден</t>
+          <t>Прикладна механіка, стандартизація та оцінка якості технічних систем</t>
         </is>
       </c>
       <c r="G267" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H267" s="7" t="inlineStr">
         <is>
-          <t>- 9928</t>
+          <t>- 18911</t>
         </is>
       </c>
       <c r="I267" s="9" t="n">
-        <v>47300</v>
+        <v>46344</v>
       </c>
       <c r="J267" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K267" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B268" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C268" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D268" s="3"/>
       <c r="E268" s="6" t="n">
-        <v>65556</v>
+        <v>65539</v>
       </c>
       <c r="F268" s="3" t="inlineStr">
         <is>
-          <t>Літаки і вертольоти</t>
+          <t>Обладнання повітряних суден</t>
         </is>
       </c>
       <c r="G268" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H268" s="7" t="inlineStr">
         <is>
-          <t>УД 11006752</t>
+          <t>- 9928</t>
         </is>
       </c>
       <c r="I268" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J268" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K268" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B269" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C269" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D269" s="3"/>
       <c r="E269" s="6" t="n">
-        <v>65538</v>
+        <v>65556</v>
       </c>
       <c r="F269" s="3" t="inlineStr">
         <is>
-          <t>Електротехнічні системи електроспоживання</t>
+          <t>Літаки і вертольоти</t>
         </is>
       </c>
       <c r="G269" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H269" s="7" t="inlineStr">
         <is>
-          <t>УД 11006753</t>
+          <t>УД 11006752</t>
         </is>
       </c>
       <c r="I269" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J269" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K269" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B270" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C270" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D270" s="3"/>
       <c r="E270" s="6" t="n">
-        <v>65545</v>
+        <v>65538</v>
       </c>
       <c r="F270" s="3" t="inlineStr">
         <is>
-          <t>Енергетичний менеджмент</t>
+          <t>Електротехнічні системи електроспоживання</t>
         </is>
       </c>
       <c r="G270" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H270" s="7" t="inlineStr">
         <is>
-          <t>- 9929</t>
+          <t>УД 11006753</t>
         </is>
       </c>
       <c r="I270" s="9" t="n">
-        <v>47300</v>
+        <v>46752</v>
       </c>
       <c r="J270" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K270" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B271" s="7" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C271" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D271" s="3"/>
       <c r="E271" s="6" t="n">
-        <v>65548</v>
+        <v>65545</v>
       </c>
       <c r="F271" s="3" t="inlineStr">
         <is>
-          <t>Газотурбінні установки і компресорні станції</t>
+          <t>Енергетичний менеджмент</t>
         </is>
       </c>
       <c r="G271" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H271" s="7" t="inlineStr">
         <is>
-          <t>- 9930</t>
+          <t>- 9929</t>
         </is>
       </c>
       <c r="I271" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J271" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K271" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B272" s="7" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C272" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D272" s="3"/>
       <c r="E272" s="6" t="n">
-        <v>65551</v>
+        <v>65548</v>
       </c>
       <c r="F272" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютерно-інтегровані технологічні процеси і виробництва</t>
+          <t>Газотурбінні установки і компресорні станції</t>
         </is>
       </c>
       <c r="G272" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H272" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I272" s="9"/>
+          <t>- 9930</t>
+        </is>
+      </c>
+      <c r="I272" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J272" s="7" t="inlineStr">
         <is>
-          <t>УД 11019284</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K272" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B273" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C273" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D273" s="3"/>
       <c r="E273" s="6" t="n">
-        <v>65505</v>
+        <v>65551</v>
       </c>
       <c r="F273" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології альтернативних енергоресурсів</t>
+          <t>Комп`ютерно-інтегровані технологічні процеси і виробництва</t>
         </is>
       </c>
       <c r="G273" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H273" s="7" t="inlineStr">
         <is>
-          <t>- 9931</t>
-[...2 lines deleted...]
-      <c r="I273" s="9" t="n">
+          <t> </t>
+        </is>
+      </c>
+      <c r="I273" s="9"/>
+      <c r="J273" s="7" t="inlineStr">
+        <is>
+          <t>УД 11019284</t>
+        </is>
+      </c>
+      <c r="K273" s="9" t="n">
         <v>46204</v>
       </c>
-      <c r="J273" s="7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K273" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B274" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C274" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D274" s="3"/>
       <c r="E274" s="6" t="n">
-        <v>65506</v>
+        <v>65505</v>
       </c>
       <c r="F274" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології палива та вуглецевих матеріалів</t>
+          <t>Хімічні технології альтернативних енергоресурсів</t>
         </is>
       </c>
       <c r="G274" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H274" s="7" t="inlineStr">
         <is>
-          <t>- 9997</t>
+          <t>- 9931</t>
         </is>
       </c>
       <c r="I274" s="9" t="n">
-        <v>47300</v>
+        <v>46204</v>
       </c>
       <c r="J274" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K274" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B275" s="7" t="inlineStr">
         <is>
-          <t>162</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C275" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології та біоінженерія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D275" s="3"/>
       <c r="E275" s="6" t="n">
-        <v>65503</v>
+        <v>65506</v>
       </c>
       <c r="F275" s="3" t="inlineStr">
         <is>
-          <t>Екологічна біотехнологія та біоенергетика</t>
+          <t>Хімічні технології палива та вуглецевих матеріалів</t>
         </is>
       </c>
       <c r="G275" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H275" s="7" t="inlineStr">
         <is>
-          <t>УД 11005823</t>
+          <t>- 9997</t>
         </is>
       </c>
       <c r="I275" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J275" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K275" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B276" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C276" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D276" s="3"/>
       <c r="E276" s="6" t="n">
-        <v>65504</v>
+        <v>65503</v>
       </c>
       <c r="F276" s="3" t="inlineStr">
         <is>
-          <t>Фармацевтична біотехнологія</t>
+          <t>Екологічна біотехнологія та біоенергетика</t>
         </is>
       </c>
       <c r="G276" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H276" s="7" t="inlineStr">
         <is>
-          <t>УД 11005824</t>
+          <t>УД 11005823</t>
         </is>
       </c>
       <c r="I276" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J276" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K276" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B277" s="7" t="inlineStr">
         <is>
-          <t>163</t>
+          <t>162</t>
         </is>
       </c>
       <c r="C277" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D277" s="3"/>
       <c r="E277" s="6" t="n">
-        <v>65502</v>
+        <v>65504</v>
       </c>
       <c r="F277" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Фармацевтична біотехнологія</t>
         </is>
       </c>
       <c r="G277" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H277" s="7" t="inlineStr">
         <is>
-          <t>- 18909</t>
+          <t>УД 11005824</t>
         </is>
       </c>
       <c r="I277" s="9" t="n">
-        <v>46344</v>
+        <v>46752</v>
       </c>
       <c r="J277" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K277" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B278" s="7" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>163</t>
         </is>
       </c>
       <c r="C278" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D278" s="3"/>
       <c r="E278" s="6" t="n">
-        <v>65501</v>
+        <v>65502</v>
       </c>
       <c r="F278" s="3" t="inlineStr">
         <is>
-          <t>Електронні системи</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="G278" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H278" s="7" t="inlineStr">
         <is>
-          <t>УД 11005825</t>
+          <t>- 18909</t>
         </is>
       </c>
       <c r="I278" s="9" t="n">
-        <v>46204</v>
+        <v>46344</v>
       </c>
       <c r="J278" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K278" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B279" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C279" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D279" s="3"/>
       <c r="E279" s="6" t="n">
-        <v>65560</v>
+        <v>65501</v>
       </c>
       <c r="F279" s="3" t="inlineStr">
         <is>
           <t>Електронні системи</t>
         </is>
       </c>
       <c r="G279" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H279" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I279" s="9"/>
+          <t>УД 11005825</t>
+        </is>
+      </c>
+      <c r="I279" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J279" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K279" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B280" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C280" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D280" s="3"/>
       <c r="E280" s="6" t="n">
-        <v>65499</v>
+        <v>65560</v>
       </c>
       <c r="F280" s="3" t="inlineStr">
         <is>
-          <t>Радіоелектронні пристрої, системи та комплекси</t>
+          <t>Електронні системи</t>
         </is>
       </c>
       <c r="G280" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H280" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I280" s="9"/>
       <c r="J280" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K280" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B281" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C281" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D281" s="3"/>
       <c r="E281" s="6" t="n">
-        <v>65500</v>
+        <v>65499</v>
       </c>
       <c r="F281" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікаційні системи та мережі</t>
+          <t>Радіоелектронні пристрої, системи та комплекси</t>
         </is>
       </c>
       <c r="G281" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H281" s="7" t="inlineStr">
         <is>
-          <t>- 9933</t>
+          <t>- 19726</t>
         </is>
       </c>
       <c r="I281" s="9" t="n">
-        <v>47300</v>
+        <v>48030</v>
       </c>
       <c r="J281" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K281" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B282" s="7" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C282" s="3" t="inlineStr">
         <is>
-          <t>Авіоніка</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D282" s="3"/>
       <c r="E282" s="6" t="n">
-        <v>65498</v>
+        <v>65500</v>
       </c>
       <c r="F282" s="3" t="inlineStr">
         <is>
-          <t>Комплекси пілотажно-навігаційного обладнання</t>
+          <t>Телекомунікаційні системи та мережі</t>
         </is>
       </c>
       <c r="G282" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H282" s="7" t="inlineStr">
         <is>
-          <t>УД 11005829</t>
+          <t>- 9933</t>
         </is>
       </c>
       <c r="I282" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J282" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K282" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B283" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>173</t>
         </is>
       </c>
       <c r="C283" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Авіоніка</t>
         </is>
       </c>
       <c r="D283" s="3"/>
       <c r="E283" s="6" t="n">
-        <v>65508</v>
+        <v>65498</v>
       </c>
       <c r="F283" s="3" t="inlineStr">
         <is>
-          <t>Інформаційне забезпечення та інженерія авіаційних комп'ютерних систем</t>
+          <t>Комплекси пілотажно-навігаційного обладнання</t>
         </is>
       </c>
       <c r="G283" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H283" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I283" s="9"/>
+          <t>УД 11005829</t>
+        </is>
+      </c>
+      <c r="I283" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J283" s="7" t="inlineStr">
         <is>
-          <t>УД 11019285</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K283" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B284" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C284" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D284" s="3"/>
       <c r="E284" s="6" t="n">
-        <v>65509</v>
+        <v>65508</v>
       </c>
       <c r="F284" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютеризовані системи управління та автоматика</t>
+          <t>Інформаційне забезпечення та інженерія авіаційних комп'ютерних систем</t>
         </is>
       </c>
       <c r="G284" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H284" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I284" s="9"/>
       <c r="J284" s="7" t="inlineStr">
         <is>
           <t>УД 11019285</t>
         </is>
       </c>
       <c r="K284" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B285" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C285" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D285" s="3"/>
       <c r="E285" s="6" t="n">
-        <v>65510</v>
+        <v>65509</v>
       </c>
       <c r="F285" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютерно-інтегровані технологічні процеси і виробництва</t>
+          <t>Комп`ютеризовані системи управління та автоматика</t>
         </is>
       </c>
       <c r="G285" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H285" s="7" t="inlineStr">
         <is>
-          <t>- 9935</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I285" s="9"/>
       <c r="J285" s="7" t="inlineStr">
         <is>
           <t>УД 11019285</t>
         </is>
       </c>
       <c r="K285" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B286" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C286" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D286" s="3"/>
       <c r="E286" s="6" t="n">
-        <v>65511</v>
+        <v>65510</v>
       </c>
       <c r="F286" s="3" t="inlineStr">
         <is>
-          <t>Автоматика та автоматизація на транспорті</t>
+          <t>Комп`ютерно-інтегровані технологічні процеси і виробництва</t>
         </is>
       </c>
       <c r="G286" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H286" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I286" s="9"/>
+          <t>- 9935</t>
+        </is>
+      </c>
+      <c r="I286" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J286" s="7" t="inlineStr">
         <is>
           <t>УД 11019285</t>
         </is>
       </c>
       <c r="K286" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B287" s="7" t="inlineStr">
         <is>
-          <t>176</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C287" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D287" s="3"/>
       <c r="E287" s="6" t="n">
-        <v>65507</v>
+        <v>65511</v>
       </c>
       <c r="F287" s="3" t="inlineStr">
         <is>
-          <t>Фізична та біомедична електроніка</t>
+          <t>Автоматика та автоматизація на транспорті</t>
         </is>
       </c>
       <c r="G287" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H287" s="7" t="inlineStr">
         <is>
-          <t>УД 11016972</t>
-[...2 lines deleted...]
-      <c r="I287" s="9" t="n">
+          <t> </t>
+        </is>
+      </c>
+      <c r="I287" s="9"/>
+      <c r="J287" s="7" t="inlineStr">
+        <is>
+          <t>УД 11019285</t>
+        </is>
+      </c>
+      <c r="K287" s="9" t="n">
         <v>46204</v>
       </c>
-      <c r="J287" s="7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K287" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B288" s="7" t="inlineStr">
         <is>
-          <t>186</t>
+          <t>176</t>
         </is>
       </c>
       <c r="C288" s="3" t="inlineStr">
         <is>
-          <t>Видавництво та поліграфія</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D288" s="3"/>
       <c r="E288" s="6" t="n">
-        <v>65565</v>
+        <v>65507</v>
       </c>
       <c r="F288" s="3" t="inlineStr">
         <is>
-          <t>Технології електронних мультимедійних видань</t>
+          <t>Фізична та біомедична електроніка</t>
         </is>
       </c>
       <c r="G288" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H288" s="7" t="inlineStr">
         <is>
-          <t>УД 11005830</t>
+          <t>УД 11016972</t>
         </is>
       </c>
       <c r="I288" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J288" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K288" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B289" s="7" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>186</t>
         </is>
       </c>
       <c r="C289" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D289" s="3"/>
       <c r="E289" s="6" t="n">
-        <v>65552</v>
+        <v>65565</v>
       </c>
       <c r="F289" s="3" t="inlineStr">
         <is>
-          <t>Дизайн архітектурного середовища</t>
+          <t>Технології електронних мультимедійних видань</t>
         </is>
       </c>
       <c r="G289" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H289" s="7" t="inlineStr">
         <is>
-          <t>- 9936</t>
+          <t>УД 11005830</t>
         </is>
       </c>
       <c r="I289" s="9" t="n">
-        <v>47300</v>
+        <v>46204</v>
       </c>
       <c r="J289" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K289" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B290" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C290" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D290" s="3"/>
       <c r="E290" s="6" t="n">
-        <v>65559</v>
+        <v>65552</v>
       </c>
       <c r="F290" s="3" t="inlineStr">
         <is>
-          <t>Промислове і цивільне будівництво</t>
+          <t>Дизайн архітектурного середовища</t>
         </is>
       </c>
       <c r="G290" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H290" s="7" t="inlineStr">
         <is>
-          <t>УД 11006756</t>
+          <t>- 9936</t>
         </is>
       </c>
       <c r="I290" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J290" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K290" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B291" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C291" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D291" s="3"/>
       <c r="E291" s="6" t="n">
-        <v>65576</v>
+        <v>65559</v>
       </c>
       <c r="F291" s="3" t="inlineStr">
         <is>
-          <t>Автомобільні дороги і аеродроми</t>
+          <t>Промислове і цивільне будівництво</t>
         </is>
       </c>
       <c r="G291" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H291" s="7" t="inlineStr">
         <is>
-          <t>- 9937</t>
+          <t>УД 11006756</t>
         </is>
       </c>
       <c r="I291" s="9" t="n">
-        <v>47300</v>
+        <v>46752</v>
       </c>
       <c r="J291" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K291" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B292" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C292" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D292" s="3"/>
       <c r="E292" s="6" t="n">
-        <v>65549</v>
+        <v>65576</v>
       </c>
       <c r="F292" s="3" t="inlineStr">
         <is>
-          <t>Геоінформаційні системи і технології</t>
+          <t>Автомобільні дороги і аеродроми</t>
         </is>
       </c>
       <c r="G292" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H292" s="7" t="inlineStr">
         <is>
-          <t>УД 11001441</t>
+          <t>- 9937</t>
         </is>
       </c>
       <c r="I292" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J292" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K292" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B293" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C293" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D293" s="3"/>
       <c r="E293" s="6" t="n">
-        <v>65575</v>
+        <v>65549</v>
       </c>
       <c r="F293" s="3" t="inlineStr">
         <is>
-          <t>Землеустрій та кадастр</t>
+          <t>Геоінформаційні системи і технології</t>
         </is>
       </c>
       <c r="G293" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H293" s="7" t="inlineStr">
         <is>
-          <t>УД 11001440</t>
+          <t>УД 11001441</t>
         </is>
       </c>
       <c r="I293" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J293" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K293" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B294" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>193</t>
         </is>
       </c>
       <c r="C294" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D294" s="3"/>
       <c r="E294" s="6" t="n">
-        <v>65542</v>
+        <v>65575</v>
       </c>
       <c r="F294" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Землеустрій та кадастр</t>
         </is>
       </c>
       <c r="G294" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H294" s="7" t="inlineStr">
         <is>
-          <t>- 9938</t>
+          <t>УД 11001440</t>
         </is>
       </c>
       <c r="I294" s="9" t="n">
-        <v>47300</v>
+        <v>46387</v>
       </c>
       <c r="J294" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K294" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B295" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C295" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D295" s="3"/>
       <c r="E295" s="6" t="n">
-        <v>65497</v>
+        <v>65542</v>
       </c>
       <c r="F295" s="3" t="inlineStr">
         <is>
-          <t>Туризмознавство</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G295" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H295" s="7" t="inlineStr">
         <is>
-          <t>- 9939</t>
+          <t>- 9938</t>
         </is>
       </c>
       <c r="I295" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J295" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K295" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B296" s="7" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C296" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D296" s="3"/>
       <c r="E296" s="6" t="n">
-        <v>65522</v>
+        <v>65497</v>
       </c>
       <c r="F296" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Туризмознавство</t>
         </is>
       </c>
       <c r="G296" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H296" s="7" t="inlineStr">
         <is>
-          <t>- 9940</t>
+          <t>- 9939</t>
         </is>
       </c>
       <c r="I296" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J296" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K296" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B297" s="7" t="inlineStr">
         <is>
-          <t>263</t>
+          <t>262</t>
         </is>
       </c>
       <c r="C297" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D297" s="3"/>
       <c r="E297" s="6" t="n">
-        <v>65519</v>
+        <v>65522</v>
       </c>
       <c r="F297" s="3" t="inlineStr">
         <is>
-          <t>Техногенна та промислова безпека в транспортній галузі</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G297" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H297" s="7" t="inlineStr">
         <is>
-          <t>- 9941</t>
+          <t>- 9940</t>
         </is>
       </c>
       <c r="I297" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J297" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K297" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B298" s="7" t="inlineStr">
         <is>
-          <t>272</t>
+          <t>263</t>
         </is>
       </c>
       <c r="C298" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D298" s="3"/>
       <c r="E298" s="6" t="n">
-        <v>65518</v>
+        <v>65519</v>
       </c>
       <c r="F298" s="3" t="inlineStr">
         <is>
-          <t>Управління авіаційними транспортними системами та комплексами</t>
+          <t>Техногенна та промислова безпека в транспортній галузі</t>
         </is>
       </c>
       <c r="G298" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H298" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I298" s="9"/>
+          <t>- 9941</t>
+        </is>
+      </c>
+      <c r="I298" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J298" s="7" t="inlineStr">
         <is>
-          <t>НД 1191188</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K298" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B299" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C299" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D299" s="3"/>
       <c r="E299" s="6" t="n">
-        <v>65529</v>
+        <v>65518</v>
       </c>
       <c r="F299" s="3" t="inlineStr">
         <is>
-          <t>Безпілотні авіаційні комплекси</t>
+          <t>Управління авіаційними транспортними системами та комплексами</t>
         </is>
       </c>
       <c r="G299" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H299" s="7" t="inlineStr">
         <is>
-          <t>- 9946</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I299" s="9"/>
       <c r="J299" s="7" t="inlineStr">
         <is>
           <t>НД 1191188</t>
         </is>
       </c>
       <c r="K299" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B300" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C300" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D300" s="3"/>
       <c r="E300" s="6" t="n">
-        <v>65550</v>
+        <v>65529</v>
       </c>
       <c r="F300" s="3" t="inlineStr">
         <is>
-          <t>Технології робіт та технологічне обладнання аеропортів</t>
+          <t>Безпілотні авіаційні комплекси</t>
         </is>
       </c>
       <c r="G300" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H300" s="7" t="inlineStr">
         <is>
-          <t>- 9945</t>
+          <t>- 9946</t>
         </is>
       </c>
       <c r="I300" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J300" s="7" t="inlineStr">
         <is>
           <t>НД 1191188</t>
         </is>
       </c>
       <c r="K300" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B301" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C301" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D301" s="3"/>
       <c r="E301" s="6" t="n">
-        <v>65555</v>
+        <v>65550</v>
       </c>
       <c r="F301" s="3" t="inlineStr">
         <is>
-          <t>Обслуговування повітряного руху</t>
+          <t>Технології робіт та технологічне обладнання аеропортів</t>
         </is>
       </c>
       <c r="G301" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H301" s="7" t="inlineStr">
         <is>
-          <t>- 18941</t>
+          <t>- 9945</t>
         </is>
       </c>
       <c r="I301" s="9" t="n">
-        <v>46344</v>
+        <v>47300</v>
       </c>
       <c r="J301" s="7" t="inlineStr">
         <is>
           <t>НД 1191188</t>
         </is>
       </c>
       <c r="K301" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B302" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C302" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D302" s="3"/>
       <c r="E302" s="6" t="n">
-        <v>65568</v>
+        <v>65555</v>
       </c>
       <c r="F302" s="3" t="inlineStr">
         <is>
-          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
+          <t>Обслуговування повітряного руху</t>
         </is>
       </c>
       <c r="G302" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H302" s="7" t="inlineStr">
         <is>
-          <t>- 9943</t>
+          <t>- 18941</t>
         </is>
       </c>
       <c r="I302" s="9" t="n">
-        <v>47300</v>
+        <v>46344</v>
       </c>
       <c r="J302" s="7" t="inlineStr">
         <is>
           <t>НД 1191188</t>
         </is>
       </c>
       <c r="K302" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B303" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C303" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D303" s="3"/>
       <c r="E303" s="6" t="n">
-        <v>65571</v>
+        <v>65568</v>
       </c>
       <c r="F303" s="3" t="inlineStr">
         <is>
-          <t>Системи аеронавігаційного обслуговування</t>
+          <t>Технічне обслуговування та ремонт повітряних суден і авіадвигунів</t>
         </is>
       </c>
       <c r="G303" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H303" s="7" t="inlineStr">
         <is>
-          <t>- 18932</t>
+          <t>- 9943</t>
         </is>
       </c>
       <c r="I303" s="9" t="n">
-        <v>46344</v>
+        <v>47300</v>
       </c>
       <c r="J303" s="7" t="inlineStr">
         <is>
           <t>НД 1191188</t>
         </is>
       </c>
       <c r="K303" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B304" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>272</t>
         </is>
       </c>
       <c r="C304" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Авіаційний транспорт</t>
+        </is>
+      </c>
+      <c r="D304" s="3"/>
       <c r="E304" s="6" t="n">
-        <v>65586</v>
+        <v>65571</v>
       </c>
       <c r="F304" s="3" t="inlineStr">
         <is>
-          <t>Організація авіаційних робіт і послуг</t>
+          <t>Системи аеронавігаційного обслуговування</t>
         </is>
       </c>
       <c r="G304" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H304" s="7" t="inlineStr">
         <is>
-          <t>- 9948</t>
+          <t>- 18932</t>
         </is>
       </c>
       <c r="I304" s="9" t="n">
-        <v>47300</v>
+        <v>46344</v>
       </c>
       <c r="J304" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K304" s="9"/>
+          <t>НД 1191188</t>
+        </is>
+      </c>
+      <c r="K304" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B305" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C305" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D305" s="3" t="inlineStr">
         <is>
           <t>на повітряному транспорті</t>
         </is>
       </c>
       <c r="E305" s="6" t="n">
-        <v>65587</v>
+        <v>65586</v>
       </c>
       <c r="F305" s="3" t="inlineStr">
         <is>
-          <t>Організація перевезень і управління на транспорті (повітряному)</t>
+          <t>Організація авіаційних робіт і послуг</t>
         </is>
       </c>
       <c r="G305" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H305" s="7" t="inlineStr">
         <is>
-          <t>- 9947</t>
+          <t>- 9948</t>
         </is>
       </c>
       <c r="I305" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J305" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K305" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B306" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C306" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D306" s="3" t="inlineStr">
         <is>
           <t>на повітряному транспорті</t>
         </is>
       </c>
       <c r="E306" s="6" t="n">
-        <v>65588</v>
+        <v>65587</v>
       </c>
       <c r="F306" s="3" t="inlineStr">
         <is>
-          <t>Мультимодальний транспорт і логістика</t>
+          <t>Організація перевезень і управління на транспорті (повітряному)</t>
         </is>
       </c>
       <c r="G306" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H306" s="7" t="inlineStr">
         <is>
-          <t>- 9949</t>
+          <t>- 9947</t>
         </is>
       </c>
       <c r="I306" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J306" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K306" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B307" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C307" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
-[...2 lines deleted...]
-      <c r="D307" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D307" s="3" t="inlineStr">
+        <is>
+          <t>на повітряному транспорті</t>
+        </is>
+      </c>
       <c r="E307" s="6" t="n">
-        <v>65533</v>
+        <v>65588</v>
       </c>
       <c r="F307" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент в органах публічного управління</t>
+          <t>Мультимодальний транспорт і логістика</t>
         </is>
       </c>
       <c r="G307" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H307" s="7" t="inlineStr">
         <is>
-          <t>- 18939</t>
+          <t>- 9949</t>
         </is>
       </c>
       <c r="I307" s="9" t="n">
-        <v>46344</v>
+        <v>47300</v>
       </c>
       <c r="J307" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K307" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B308" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C308" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D308" s="3"/>
       <c r="E308" s="6" t="n">
-        <v>65521</v>
+        <v>65533</v>
       </c>
       <c r="F308" s="3" t="inlineStr">
         <is>
-          <t>Зовнішня політика і дипломатія</t>
+          <t>Менеджмент в органах публічного управління</t>
         </is>
       </c>
       <c r="G308" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H308" s="7" t="inlineStr">
         <is>
-          <t>- 9953</t>
+          <t>- 18939</t>
         </is>
       </c>
       <c r="I308" s="9" t="n">
-        <v>46569</v>
+        <v>46344</v>
       </c>
       <c r="J308" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K308" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B309" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C309" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D309" s="3"/>
       <c r="E309" s="6" t="n">
-        <v>65537</v>
+        <v>65521</v>
       </c>
       <c r="F309" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна інформація</t>
+          <t>Зовнішня політика і дипломатія</t>
         </is>
       </c>
       <c r="G309" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H309" s="7" t="inlineStr">
         <is>
-          <t>- 9952</t>
+          <t>- 9953</t>
         </is>
       </c>
       <c r="I309" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J309" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K309" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B310" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C310" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D310" s="3"/>
       <c r="E310" s="6" t="n">
-        <v>65535</v>
+        <v>65537</v>
       </c>
       <c r="F310" s="3" t="inlineStr">
         <is>
-          <t>Міжнародний бізнес</t>
+          <t>Міжнародна інформація</t>
         </is>
       </c>
       <c r="G310" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H310" s="7" t="inlineStr">
         <is>
-          <t>- 9954</t>
+          <t>- 9952</t>
         </is>
       </c>
       <c r="I310" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J310" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K310" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B311" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C311" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D311" s="3"/>
       <c r="E311" s="6" t="n">
-        <v>65536</v>
+        <v>65535</v>
       </c>
       <c r="F311" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Міжнародний бізнес</t>
         </is>
       </c>
       <c r="G311" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H311" s="7" t="inlineStr">
         <is>
-          <t>УД 11008108</t>
+          <t>- 9954</t>
         </is>
       </c>
       <c r="I311" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J311" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K311" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B312" s="7" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C312" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D312" s="3"/>
       <c r="E312" s="6" t="n">
-        <v>65534</v>
+        <v>65536</v>
       </c>
       <c r="F312" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G312" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H312" s="7" t="inlineStr">
         <is>
-          <t>- 18942</t>
+          <t>УД 11008108</t>
         </is>
       </c>
       <c r="I312" s="9" t="n">
-        <v>46344</v>
+        <v>46752</v>
       </c>
       <c r="J312" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K312" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B313" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>293</t>
         </is>
       </c>
       <c r="C313" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D313" s="3"/>
       <c r="E313" s="6" t="n">
-        <v>69247</v>
+        <v>65534</v>
       </c>
       <c r="F313" s="3" t="inlineStr">
         <is>
-          <t>Філософія комунікації</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="G313" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H313" s="7" t="inlineStr">
         <is>
-          <t>- 14223</t>
+          <t>- 18942</t>
         </is>
       </c>
       <c r="I313" s="9" t="n">
-        <v>46569</v>
+        <v>46344</v>
       </c>
       <c r="J313" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K313" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B314" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C314" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D314" s="3"/>
       <c r="E314" s="6" t="n">
-        <v>69258</v>
+        <v>69247</v>
       </c>
       <c r="F314" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша англійська</t>
+          <t>Філософія комунікації</t>
         </is>
       </c>
       <c r="G314" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H314" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I314" s="9"/>
+          <t>- 14223</t>
+        </is>
+      </c>
+      <c r="I314" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J314" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K314" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B315" s="7" t="inlineStr">
         <is>
-          <t>B13</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C315" s="3" t="inlineStr">
         <is>
-          <t>Бібліотечна, інформаційна та архівна справа</t>
-[...2 lines deleted...]
-      <c r="D315" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D315" s="3" t="inlineStr">
+        <is>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E315" s="6" t="n">
-        <v>69242</v>
+        <v>69258</v>
       </c>
       <c r="F315" s="3" t="inlineStr">
         <is>
-          <t>Документознавство та інформаційна діяльність</t>
+          <t>Германські мови та літератури (переклад включно), перша англійська</t>
         </is>
       </c>
       <c r="G315" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H315" s="7" t="inlineStr">
         <is>
-          <t>- 14222</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I315" s="9"/>
       <c r="J315" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K315" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B316" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C316" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
+        </is>
+      </c>
+      <c r="D316" s="3"/>
       <c r="E316" s="6" t="n">
-        <v>87519</v>
+        <v>69242</v>
       </c>
       <c r="F316" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Документознавство та інформаційна діяльність</t>
         </is>
       </c>
       <c r="G316" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H316" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I316" s="9"/>
+          <t>- 14222</t>
+        </is>
+      </c>
+      <c r="I316" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J316" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K316" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B317" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C317" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...2 lines deleted...]
-      <c r="D317" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D317" s="3" t="inlineStr">
+        <is>
+          <t>Дизайн середовища</t>
+        </is>
+      </c>
       <c r="E317" s="6" t="n">
-        <v>79519</v>
+        <v>87519</v>
       </c>
       <c r="F317" s="3" t="inlineStr">
         <is>
-          <t>Міжнародний бізнес</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="G317" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H317" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I317" s="9"/>
+          <t>УД 11005794</t>
+        </is>
+      </c>
+      <c r="I317" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J317" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K317" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B318" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C318" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
-      <c r="D318" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D318" s="3"/>
       <c r="E318" s="6" t="n">
-        <v>87755</v>
+        <v>79519</v>
       </c>
       <c r="F318" s="3" t="inlineStr">
         <is>
-          <t>Економіка підприємства</t>
+          <t>Міжнародний бізнес</t>
         </is>
       </c>
       <c r="G318" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H318" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I318" s="9"/>
       <c r="J318" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K318" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B319" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C319" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D319" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E319" s="6" t="n">
-        <v>87759</v>
+        <v>87755</v>
       </c>
       <c r="F319" s="3" t="inlineStr">
         <is>
-          <t>Економічна кібернетика</t>
+          <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G319" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H319" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I319" s="9"/>
       <c r="J319" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K319" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B320" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C320" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D320" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E320" s="6" t="n">
-        <v>87761</v>
+        <v>87759</v>
       </c>
       <c r="F320" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна економіка</t>
+          <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G320" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H320" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I320" s="9"/>
       <c r="J320" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K320" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B321" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C321" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D321" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="E321" s="6" t="n">
-        <v>87758</v>
+        <v>87761</v>
       </c>
       <c r="F321" s="3" t="inlineStr">
         <is>
-          <t>Економічна дипломатія</t>
+          <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G321" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H321" s="7" t="inlineStr">
         <is>
-          <t>- 17330</t>
+          <t>- 19815</t>
         </is>
       </c>
       <c r="I321" s="9" t="n">
-        <v>47300</v>
+        <v>48030</v>
       </c>
       <c r="J321" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K321" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B322" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C322" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D322" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E322" s="6" t="n">
-        <v>87763</v>
+        <v>87758</v>
       </c>
       <c r="F322" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економічна дипломатія</t>
         </is>
       </c>
       <c r="G322" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H322" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I322" s="9"/>
+          <t>- 17330</t>
+        </is>
+      </c>
+      <c r="I322" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J322" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K322" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B323" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C323" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
-[...2 lines deleted...]
-      <c r="D323" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D323" s="3" t="inlineStr">
+        <is>
+          <t>Міжнародні економічні відносини</t>
+        </is>
+      </c>
       <c r="E323" s="6" t="n">
-        <v>86998</v>
+        <v>87763</v>
       </c>
       <c r="F323" s="3" t="inlineStr">
         <is>
-          <t>Демократичне лідерство і цифрова політика</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G323" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H323" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I323" s="9"/>
+          <t>УД 11008108</t>
+        </is>
+      </c>
+      <c r="I323" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J323" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K323" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B324" s="7" t="inlineStr">
         <is>
-          <t>C3</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C324" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D324" s="3"/>
       <c r="E324" s="6" t="n">
-        <v>69486</v>
+        <v>86998</v>
       </c>
       <c r="F324" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна інформація</t>
+          <t>Демократичне лідерство і цифрова політика</t>
         </is>
       </c>
       <c r="G324" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H324" s="7" t="inlineStr">
         <is>
-          <t>- 14265</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I324" s="9"/>
       <c r="J324" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K324" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B325" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C325" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D325" s="3"/>
       <c r="E325" s="6" t="n">
-        <v>69488</v>
+        <v>69486</v>
       </c>
       <c r="F325" s="3" t="inlineStr">
         <is>
-          <t>Зовнішня політика і дипломатія</t>
+          <t>Міжнародна інформація</t>
         </is>
       </c>
       <c r="G325" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H325" s="7" t="inlineStr">
         <is>
-          <t>- 14266</t>
+          <t>- 14265</t>
         </is>
       </c>
       <c r="I325" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J325" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K325" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B326" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C3</t>
         </is>
       </c>
       <c r="C326" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D326" s="3"/>
       <c r="E326" s="6" t="n">
-        <v>69274</v>
+        <v>69488</v>
       </c>
       <c r="F326" s="3" t="inlineStr">
         <is>
-          <t>Психологія екстремальних і кризових ситуацій</t>
+          <t>Зовнішня політика і дипломатія</t>
         </is>
       </c>
       <c r="G326" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H326" s="7" t="inlineStr">
         <is>
-          <t>- 14227</t>
+          <t>- 14266</t>
         </is>
       </c>
       <c r="I326" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J326" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K326" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B327" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C327" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D327" s="3"/>
       <c r="E327" s="6" t="n">
-        <v>69284</v>
+        <v>69274</v>
       </c>
       <c r="F327" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Психологія екстремальних і кризових ситуацій</t>
         </is>
       </c>
       <c r="G327" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H327" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I327" s="9"/>
+          <t>- 14227</t>
+        </is>
+      </c>
+      <c r="I327" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J327" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K327" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B328" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C328" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D328" s="3"/>
       <c r="E328" s="6" t="n">
-        <v>69293</v>
+        <v>69284</v>
       </c>
       <c r="F328" s="3" t="inlineStr">
         <is>
-          <t>Практична психологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G328" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H328" s="7" t="inlineStr">
         <is>
-          <t>- 14229</t>
+          <t>- 19809</t>
         </is>
       </c>
       <c r="I328" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J328" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K328" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B329" s="7" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C329" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D329" s="3"/>
       <c r="E329" s="6" t="n">
-        <v>69299</v>
+        <v>69293</v>
       </c>
       <c r="F329" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Практична психологія</t>
         </is>
       </c>
       <c r="G329" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H329" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I329" s="9"/>
+          <t>- 14229</t>
+        </is>
+      </c>
+      <c r="I329" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J329" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K329" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B330" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C330" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D330" s="3"/>
       <c r="E330" s="6" t="n">
-        <v>69306</v>
+        <v>69299</v>
       </c>
       <c r="F330" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="G330" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H330" s="7" t="inlineStr">
         <is>
-          <t>- 14230</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I330" s="9"/>
       <c r="J330" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K330" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B331" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C331" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D331" s="3"/>
       <c r="E331" s="6" t="n">
-        <v>69309</v>
+        <v>69306</v>
       </c>
       <c r="F331" s="3" t="inlineStr">
         <is>
-          <t>Облік і аудит</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="G331" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H331" s="7" t="inlineStr">
         <is>
-          <t>- 14231</t>
+          <t>- 14230</t>
         </is>
       </c>
       <c r="I331" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J331" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K331" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B332" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C332" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D332" s="3"/>
       <c r="E332" s="6" t="n">
-        <v>69311</v>
+        <v>69309</v>
       </c>
       <c r="F332" s="3" t="inlineStr">
         <is>
-          <t>Фінанси і кредит</t>
+          <t>Облік і аудит</t>
         </is>
       </c>
       <c r="G332" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H332" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I332" s="9"/>
+          <t>- 14231</t>
+        </is>
+      </c>
+      <c r="I332" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J332" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K332" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B333" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C333" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D333" s="3"/>
       <c r="E333" s="6" t="n">
-        <v>69315</v>
+        <v>69311</v>
       </c>
       <c r="F333" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент організацій і адміністрування (за видами економічної діяльності)</t>
+          <t>Фінанси і кредит</t>
         </is>
       </c>
       <c r="G333" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H333" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I333" s="9"/>
+          <t>УД 11016968</t>
+        </is>
+      </c>
+      <c r="I333" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J333" s="7" t="inlineStr">
         <is>
-          <t>УД 11020764</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K333" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B334" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C334" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D334" s="3"/>
       <c r="E334" s="6" t="n">
-        <v>69320</v>
+        <v>69315</v>
       </c>
       <c r="F334" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент зовнішньоекономічної діяльності</t>
+          <t>Менеджмент організацій і адміністрування (за видами економічної діяльності)</t>
         </is>
       </c>
       <c r="G334" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H334" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I334" s="9"/>
+          <t>УД 11003171</t>
+        </is>
+      </c>
+      <c r="I334" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J334" s="7" t="inlineStr">
         <is>
           <t>УД 11020764</t>
         </is>
       </c>
       <c r="K334" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B335" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C335" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D335" s="3"/>
       <c r="E335" s="6" t="n">
-        <v>69324</v>
+        <v>69320</v>
       </c>
       <c r="F335" s="3" t="inlineStr">
         <is>
-          <t>Логістика</t>
+          <t>Менеджмент зовнішньоекономічної діяльності</t>
         </is>
       </c>
       <c r="G335" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H335" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I335" s="9"/>
+          <t>УД 11006749</t>
+        </is>
+      </c>
+      <c r="I335" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J335" s="7" t="inlineStr">
         <is>
           <t>УД 11020764</t>
         </is>
       </c>
       <c r="K335" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B336" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C336" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D336" s="3"/>
       <c r="E336" s="6" t="n">
-        <v>69327</v>
+        <v>69324</v>
       </c>
       <c r="F336" s="3" t="inlineStr">
         <is>
-          <t>Глобальна логістика та управління ланцюгами постачання</t>
+          <t>Логістика</t>
         </is>
       </c>
       <c r="G336" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H336" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I336" s="9"/>
+          <t>УД 11006750</t>
+        </is>
+      </c>
+      <c r="I336" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J336" s="7" t="inlineStr">
         <is>
           <t>УД 11020764</t>
         </is>
       </c>
       <c r="K336" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B337" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C337" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D337" s="3"/>
       <c r="E337" s="6" t="n">
-        <v>69329</v>
+        <v>69327</v>
       </c>
       <c r="F337" s="3" t="inlineStr">
         <is>
-          <t>Управління інноваційною діяльністю</t>
+          <t>Глобальна логістика та управління ланцюгами постачання</t>
         </is>
       </c>
       <c r="G337" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H337" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I337" s="9"/>
       <c r="J337" s="7" t="inlineStr">
         <is>
           <t>УД 11020764</t>
         </is>
       </c>
       <c r="K337" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B338" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C338" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D338" s="3"/>
       <c r="E338" s="6" t="n">
-        <v>69331</v>
+        <v>69329</v>
       </c>
       <c r="F338" s="3" t="inlineStr">
         <is>
-          <t>Управління проектами</t>
+          <t>Управління інноваційною діяльністю</t>
         </is>
       </c>
       <c r="G338" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H338" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I338" s="9"/>
       <c r="J338" s="7" t="inlineStr">
         <is>
           <t>УД 11020764</t>
         </is>
       </c>
       <c r="K338" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B339" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C339" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D339" s="3"/>
       <c r="E339" s="6" t="n">
-        <v>69334</v>
+        <v>69331</v>
       </c>
       <c r="F339" s="3" t="inlineStr">
         <is>
-          <t>Адміністративний менеджмент</t>
+          <t>Управління проектами</t>
         </is>
       </c>
       <c r="G339" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H339" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I339" s="9"/>
+          <t>УД 11008667</t>
+        </is>
+      </c>
+      <c r="I339" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J339" s="7" t="inlineStr">
         <is>
           <t>УД 11020764</t>
         </is>
       </c>
       <c r="K339" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B340" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C340" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D340" s="3"/>
       <c r="E340" s="6" t="n">
-        <v>87075</v>
+        <v>69334</v>
       </c>
       <c r="F340" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент в сфері містопланування та міського розвитку</t>
+          <t>Адміністративний менеджмент</t>
         </is>
       </c>
       <c r="G340" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H340" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I340" s="9"/>
       <c r="J340" s="7" t="inlineStr">
         <is>
           <t>УД 11020764</t>
         </is>
       </c>
       <c r="K340" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B341" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C341" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D341" s="3"/>
       <c r="E341" s="6" t="n">
         <v>69485</v>
       </c>
       <c r="F341" s="3" t="inlineStr">
         <is>
           <t>Менеджмент в органах публічного управління</t>
@@ -17098,54 +17242,56 @@
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C346" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D346" s="3"/>
       <c r="E346" s="6" t="n">
         <v>69339</v>
       </c>
       <c r="F346" s="3" t="inlineStr">
         <is>
           <t>Митна діяльність підприємницьких структур</t>
         </is>
       </c>
       <c r="G346" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H346" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I346" s="9"/>
+          <t>- 19810</t>
+        </is>
+      </c>
+      <c r="I346" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J346" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K346" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B347" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C347" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D347" s="3"/>
       <c r="E347" s="6" t="n">
@@ -17229,140 +17375,146 @@
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C349" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D349" s="3"/>
       <c r="E349" s="6" t="n">
         <v>69342</v>
       </c>
       <c r="F349" s="3" t="inlineStr">
         <is>
           <t>Екологія та охорона навколишнього середовища</t>
         </is>
       </c>
       <c r="G349" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H349" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I349" s="9"/>
+          <t>УД 11008105</t>
+        </is>
+      </c>
+      <c r="I349" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="J349" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K349" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B350" s="7" t="inlineStr">
         <is>
           <t>F1</t>
         </is>
       </c>
       <c r="C350" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D350" s="3"/>
       <c r="E350" s="6" t="n">
         <v>69343</v>
       </c>
       <c r="F350" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="G350" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H350" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I350" s="9"/>
+          <t>УД 11005802</t>
+        </is>
+      </c>
+      <c r="I350" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J350" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K350" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B351" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C351" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D351" s="3"/>
       <c r="E351" s="6" t="n">
         <v>69344</v>
       </c>
       <c r="F351" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G351" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H351" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I351" s="9"/>
+          <t>УД 11005804</t>
+        </is>
+      </c>
+      <c r="I351" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J351" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K351" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B352" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C352" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D352" s="3"/>
       <c r="E352" s="6" t="n">
@@ -17575,54 +17727,56 @@
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C357" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D357" s="3"/>
       <c r="E357" s="6" t="n">
         <v>69358</v>
       </c>
       <c r="F357" s="3" t="inlineStr">
         <is>
           <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G357" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H357" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I357" s="9"/>
+          <t>- 19812</t>
+        </is>
+      </c>
+      <c r="I357" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J357" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K357" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B358" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C358" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D358" s="3"/>
       <c r="E358" s="6" t="n">
@@ -17704,54 +17858,56 @@
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C360" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D360" s="3"/>
       <c r="E360" s="6" t="n">
         <v>69366</v>
       </c>
       <c r="F360" s="3" t="inlineStr">
         <is>
           <t>Інтелектуальні системи та технології</t>
         </is>
       </c>
       <c r="G360" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H360" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I360" s="9"/>
+          <t>- 19813</t>
+        </is>
+      </c>
+      <c r="I360" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J360" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K360" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B361" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C361" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D361" s="3"/>
       <c r="E361" s="6" t="n">
@@ -17792,54 +17948,56 @@
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C362" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D362" s="3"/>
       <c r="E362" s="6" t="n">
         <v>69357</v>
       </c>
       <c r="F362" s="3" t="inlineStr">
         <is>
           <t>Комп`ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G362" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H362" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I362" s="9"/>
+          <t>УД 11005807</t>
+        </is>
+      </c>
+      <c r="I362" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J362" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K362" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B363" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C363" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D363" s="3"/>
       <c r="E363" s="6" t="n">
@@ -18060,97 +18218,101 @@
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C368" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D368" s="3"/>
       <c r="E368" s="6" t="n">
         <v>69370</v>
       </c>
       <c r="F368" s="3" t="inlineStr">
         <is>
           <t>Літаки і вертольоти</t>
         </is>
       </c>
       <c r="G368" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H368" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I368" s="9"/>
+          <t>УД 11006752</t>
+        </is>
+      </c>
+      <c r="I368" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J368" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K368" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B369" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C369" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D369" s="3"/>
       <c r="E369" s="6" t="n">
         <v>69421</v>
       </c>
       <c r="F369" s="3" t="inlineStr">
         <is>
           <t>Комплекси пілотажно-навігаційного обладнання</t>
         </is>
       </c>
       <c r="G369" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H369" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I369" s="9"/>
+          <t>УД 11005829</t>
+        </is>
+      </c>
+      <c r="I369" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J369" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K369" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B370" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C370" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D370" s="3"/>
       <c r="E370" s="6" t="n">
@@ -18234,97 +18396,101 @@
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C372" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D372" s="3"/>
       <c r="E372" s="6" t="n">
         <v>69439</v>
       </c>
       <c r="F372" s="3" t="inlineStr">
         <is>
           <t>Геоінформаційні системи і технології</t>
         </is>
       </c>
       <c r="G372" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H372" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I372" s="9"/>
+          <t>УД 11001441</t>
+        </is>
+      </c>
+      <c r="I372" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="J372" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K372" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B373" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C373" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D373" s="3"/>
       <c r="E373" s="6" t="n">
         <v>69441</v>
       </c>
       <c r="F373" s="3" t="inlineStr">
         <is>
           <t>Землеустрій та кадастр</t>
         </is>
       </c>
       <c r="G373" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H373" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I373" s="9"/>
+          <t>УД 11001440</t>
+        </is>
+      </c>
+      <c r="I373" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="J373" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K373" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B374" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C374" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D374" s="3"/>
       <c r="E374" s="6" t="n">
@@ -18363,54 +18529,56 @@
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C375" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D375" s="3"/>
       <c r="E375" s="6" t="n">
         <v>69433</v>
       </c>
       <c r="F375" s="3" t="inlineStr">
         <is>
           <t>Промислове і цивільне будівництво</t>
         </is>
       </c>
       <c r="G375" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H375" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I375" s="9"/>
+          <t>УД 11006756</t>
+        </is>
+      </c>
+      <c r="I375" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J375" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K375" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B376" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C376" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D376" s="3"/>
       <c r="E376" s="6" t="n">
@@ -18580,54 +18748,56 @@
         <is>
           <t>G21</t>
         </is>
       </c>
       <c r="C380" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D380" s="3"/>
       <c r="E380" s="6" t="n">
         <v>69398</v>
       </c>
       <c r="F380" s="3" t="inlineStr">
         <is>
           <t>Фармацевтична біотехнологія</t>
         </is>
       </c>
       <c r="G380" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H380" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I380" s="9"/>
+          <t>УД 11005824</t>
+        </is>
+      </c>
+      <c r="I380" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J380" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K380" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B381" s="7" t="inlineStr">
         <is>
           <t>G21</t>
         </is>
       </c>
       <c r="C381" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D381" s="3"/>
       <c r="E381" s="6" t="n">
@@ -18709,54 +18879,56 @@
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C383" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D383" s="3"/>
       <c r="E383" s="6" t="n">
         <v>69371</v>
       </c>
       <c r="F383" s="3" t="inlineStr">
         <is>
           <t>Електротехнічні системи електроспоживання</t>
         </is>
       </c>
       <c r="G383" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H383" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I383" s="9"/>
+          <t>УД 11006753</t>
+        </is>
+      </c>
+      <c r="I383" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J383" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K383" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B384" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C384" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D384" s="3"/>
       <c r="E384" s="6" t="n">
@@ -18840,140 +19012,146 @@
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C386" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D386" s="3"/>
       <c r="E386" s="6" t="n">
         <v>69394</v>
       </c>
       <c r="F386" s="3" t="inlineStr">
         <is>
           <t>Фізична та біомедична електроніка</t>
         </is>
       </c>
       <c r="G386" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H386" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I386" s="9"/>
+          <t>УД 11016972</t>
+        </is>
+      </c>
+      <c r="I386" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J386" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K386" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B387" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C387" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D387" s="3"/>
       <c r="E387" s="6" t="n">
         <v>69410</v>
       </c>
       <c r="F387" s="3" t="inlineStr">
         <is>
           <t>Електронні системи</t>
         </is>
       </c>
       <c r="G387" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H387" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I387" s="9"/>
+          <t>УД 11005825</t>
+        </is>
+      </c>
+      <c r="I387" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J387" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K387" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B388" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C388" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D388" s="3"/>
       <c r="E388" s="6" t="n">
         <v>69414</v>
       </c>
       <c r="F388" s="3" t="inlineStr">
         <is>
           <t>Радіоелектронні пристрої, системи та комплекси</t>
         </is>
       </c>
       <c r="G388" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H388" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I388" s="9"/>
+          <t>- 19814</t>
+        </is>
+      </c>
+      <c r="I388" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J388" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K388" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B389" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C389" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D389" s="3"/>
       <c r="E389" s="6" t="n">
@@ -19069,231 +19247,231 @@
       </c>
       <c r="F391" s="3" t="inlineStr">
         <is>
           <t>Комп`ютерно-інтегровані технологічні процеси і виробництва</t>
         </is>
       </c>
       <c r="G391" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H391" s="7" t="inlineStr">
         <is>
           <t>- 14250</t>
         </is>
       </c>
       <c r="I391" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J391" s="7" t="inlineStr">
         <is>
           <t>УД 11020765</t>
         </is>
       </c>
       <c r="K391" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B392" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C392" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D392" s="3"/>
       <c r="E392" s="6" t="n">
         <v>69382</v>
       </c>
       <c r="F392" s="3" t="inlineStr">
         <is>
           <t>Інформаційне забезпечення та інженерія авіаційних комп'ютерних систем</t>
         </is>
       </c>
       <c r="G392" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H392" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I392" s="9"/>
       <c r="J392" s="7" t="inlineStr">
         <is>
           <t>УД 11020765</t>
         </is>
       </c>
       <c r="K392" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B393" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C393" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D393" s="3"/>
       <c r="E393" s="6" t="n">
         <v>69386</v>
       </c>
       <c r="F393" s="3" t="inlineStr">
         <is>
           <t>Автоматика та автоматизація на транспорті</t>
         </is>
       </c>
       <c r="G393" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H393" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I393" s="9"/>
       <c r="J393" s="7" t="inlineStr">
         <is>
           <t>УД 11020765</t>
         </is>
       </c>
       <c r="K393" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B394" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C394" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D394" s="3"/>
       <c r="E394" s="6" t="n">
         <v>69389</v>
       </c>
       <c r="F394" s="3" t="inlineStr">
         <is>
           <t>Комп`ютеризовані системи управління та автоматика</t>
         </is>
       </c>
       <c r="G394" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H394" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I394" s="9"/>
       <c r="J394" s="7" t="inlineStr">
         <is>
           <t>УД 11020765</t>
         </is>
       </c>
       <c r="K394" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B395" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C395" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D395" s="3"/>
       <c r="E395" s="6" t="n">
         <v>80386</v>
       </c>
       <c r="F395" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерно-інтегровані робототехнічні системи та комплекси</t>
         </is>
       </c>
       <c r="G395" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H395" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I395" s="9"/>
       <c r="J395" s="7" t="inlineStr">
         <is>
           <t>УД 11020765</t>
         </is>
       </c>
       <c r="K395" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B396" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C396" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D396" s="3"/>
       <c r="E396" s="6" t="n">
         <v>69367</v>
       </c>
       <c r="F396" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка, стандартизація та оцінка якості технічних систем</t>
@@ -19792,3352 +19970,3399 @@
         </is>
       </c>
       <c r="H407" s="7" t="inlineStr">
         <is>
           <t>- 14263</t>
         </is>
       </c>
       <c r="I407" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J407" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K407" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B408" s="7" t="inlineStr">
         <is>
-          <t>K10</t>
+          <t>J7</t>
         </is>
       </c>
       <c r="C408" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D408" s="3"/>
       <c r="E408" s="6" t="n">
-        <v>69452</v>
+        <v>88241</v>
       </c>
       <c r="F408" s="3" t="inlineStr">
         <is>
-          <t>Техногенна та промислова безпека в транспортній галузі</t>
+          <t>Логістичний інжиніринг та управління на залізничному транспорті</t>
         </is>
       </c>
       <c r="G408" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H408" s="7" t="inlineStr">
         <is>
-          <t>- 14256</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I408" s="9"/>
       <c r="J408" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K408" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B409" s="7" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>K10</t>
         </is>
       </c>
       <c r="C409" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D409" s="3"/>
       <c r="E409" s="6" t="n">
-        <v>69448</v>
+        <v>69452</v>
       </c>
       <c r="F409" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Техногенна та промислова безпека в транспортній галузі</t>
         </is>
       </c>
       <c r="G409" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H409" s="7" t="inlineStr">
         <is>
-          <t>- 14255</t>
+          <t>- 14256</t>
         </is>
       </c>
       <c r="I409" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J409" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K409" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B410" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="C410" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D410" s="3"/>
       <c r="E410" s="6" t="n">
-        <v>65351</v>
+        <v>69448</v>
       </c>
       <c r="F410" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G410" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H410" s="7" t="inlineStr">
         <is>
-          <t>- 18711</t>
+          <t>- 14255</t>
         </is>
       </c>
       <c r="I410" s="9" t="n">
-        <v>46309</v>
+        <v>47300</v>
       </c>
       <c r="J410" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K410" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B411" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C411" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D411" s="3"/>
       <c r="E411" s="6" t="n">
-        <v>65352</v>
+        <v>65351</v>
       </c>
       <c r="F411" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="G411" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H411" s="7" t="inlineStr">
         <is>
-          <t>- 9957</t>
+          <t>- 18711</t>
         </is>
       </c>
       <c r="I411" s="9" t="n">
-        <v>47300</v>
+        <v>46309</v>
       </c>
       <c r="J411" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K411" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B412" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C412" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D412" s="3"/>
       <c r="E412" s="6" t="n">
-        <v>65353</v>
+        <v>65352</v>
       </c>
       <c r="F412" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G412" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H412" s="7" t="inlineStr">
         <is>
-          <t>- 9958</t>
+          <t>- 9957</t>
         </is>
       </c>
       <c r="I412" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J412" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K412" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B413" s="7" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C413" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D413" s="3"/>
       <c r="E413" s="6" t="n">
-        <v>65354</v>
+        <v>65353</v>
       </c>
       <c r="F413" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G413" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H413" s="7" t="inlineStr">
         <is>
-          <t>- 9959</t>
+          <t>- 9958</t>
         </is>
       </c>
       <c r="I413" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J413" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K413" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B414" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C414" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D414" s="3"/>
       <c r="E414" s="6" t="n">
-        <v>65355</v>
+        <v>65354</v>
       </c>
       <c r="F414" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="G414" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H414" s="7" t="inlineStr">
         <is>
-          <t>- 18865</t>
+          <t>- 9959</t>
         </is>
       </c>
       <c r="I414" s="9" t="n">
-        <v>46344</v>
+        <v>47300</v>
       </c>
       <c r="J414" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K414" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B415" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C415" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D415" s="3"/>
       <c r="E415" s="6" t="n">
-        <v>65356</v>
+        <v>65355</v>
       </c>
       <c r="F415" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Міжнародна журналістика</t>
         </is>
       </c>
       <c r="G415" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H415" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I415" s="9"/>
+          <t>- 18865</t>
+        </is>
+      </c>
+      <c r="I415" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J415" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K415" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B416" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C416" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D416" s="3"/>
       <c r="E416" s="6" t="n">
-        <v>65380</v>
+        <v>65356</v>
       </c>
       <c r="F416" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G416" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H416" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I416" s="9"/>
       <c r="J416" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K416" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B417" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C417" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D417" s="3"/>
       <c r="E417" s="6" t="n">
-        <v>65357</v>
+        <v>65380</v>
       </c>
       <c r="F417" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G417" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H417" s="7" t="inlineStr">
         <is>
-          <t>- 18874</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I417" s="9"/>
       <c r="J417" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K417" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B418" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C418" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D418" s="3"/>
       <c r="E418" s="6" t="n">
-        <v>65358</v>
+        <v>65357</v>
       </c>
       <c r="F418" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G418" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H418" s="7" t="inlineStr">
         <is>
-          <t>- 9960</t>
+          <t>- 18874</t>
         </is>
       </c>
       <c r="I418" s="9" t="n">
-        <v>46569</v>
+        <v>46344</v>
       </c>
       <c r="J418" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K418" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B419" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C419" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D419" s="3"/>
       <c r="E419" s="6" t="n">
-        <v>65346</v>
+        <v>65358</v>
       </c>
       <c r="F419" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G419" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H419" s="7" t="inlineStr">
         <is>
-          <t>- 9961</t>
+          <t>- 9960</t>
         </is>
       </c>
       <c r="I419" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J419" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K419" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B420" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C420" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D420" s="3"/>
       <c r="E420" s="6" t="n">
-        <v>65359</v>
+        <v>65346</v>
       </c>
       <c r="F420" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G420" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H420" s="7" t="inlineStr">
         <is>
-          <t>- 9962</t>
+          <t>- 9961</t>
         </is>
       </c>
       <c r="I420" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J420" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K420" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B421" s="7" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C421" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D421" s="3"/>
       <c r="E421" s="6" t="n">
-        <v>65360</v>
+        <v>65359</v>
       </c>
       <c r="F421" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G421" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H421" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I421" s="9"/>
+          <t>- 9962</t>
+        </is>
+      </c>
+      <c r="I421" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J421" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K421" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B422" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>102</t>
         </is>
       </c>
       <c r="C422" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D422" s="3"/>
       <c r="E422" s="6" t="n">
-        <v>65361</v>
+        <v>65360</v>
       </c>
       <c r="F422" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="G422" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H422" s="7" t="inlineStr">
         <is>
-          <t>- 9963</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I422" s="9"/>
       <c r="J422" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K422" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B423" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C423" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D423" s="3"/>
       <c r="E423" s="6" t="n">
-        <v>65362</v>
+        <v>65361</v>
       </c>
       <c r="F423" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G423" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H423" s="7" t="inlineStr">
         <is>
-          <t>- 9964</t>
+          <t>- 9963</t>
         </is>
       </c>
       <c r="I423" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J423" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K423" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B424" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C424" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D424" s="3"/>
       <c r="E424" s="6" t="n">
-        <v>65363</v>
+        <v>65362</v>
       </c>
       <c r="F424" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G424" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H424" s="7" t="inlineStr">
         <is>
-          <t>- 9965</t>
+          <t>- 9964</t>
         </is>
       </c>
       <c r="I424" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J424" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K424" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B425" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C425" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D425" s="3"/>
       <c r="E425" s="6" t="n">
-        <v>65364</v>
+        <v>65363</v>
       </c>
       <c r="F425" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="G425" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H425" s="7" t="inlineStr">
         <is>
-          <t>- 9998</t>
+          <t>- 9965</t>
         </is>
       </c>
       <c r="I425" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J425" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K425" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B426" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C426" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D426" s="3"/>
       <c r="E426" s="6" t="n">
-        <v>65381</v>
+        <v>65364</v>
       </c>
       <c r="F426" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G426" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H426" s="7" t="inlineStr">
         <is>
-          <t>- 10000</t>
+          <t>- 9998</t>
         </is>
       </c>
       <c r="I426" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J426" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K426" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B427" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C427" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D427" s="3"/>
       <c r="E427" s="6" t="n">
-        <v>65365</v>
+        <v>65381</v>
       </c>
       <c r="F427" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G427" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H427" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I427" s="9"/>
+          <t>- 10000</t>
+        </is>
+      </c>
+      <c r="I427" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J427" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K427" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B428" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C428" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D428" s="3"/>
       <c r="E428" s="6" t="n">
-        <v>65366</v>
+        <v>65365</v>
       </c>
       <c r="F428" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="G428" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H428" s="7" t="inlineStr">
         <is>
-          <t>- 18731</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I428" s="9"/>
       <c r="J428" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K428" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B429" s="7" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C429" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D429" s="3"/>
       <c r="E429" s="6" t="n">
-        <v>65367</v>
+        <v>65366</v>
       </c>
       <c r="F429" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="G429" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H429" s="7" t="inlineStr">
         <is>
-          <t>- 9967</t>
+          <t>- 18731</t>
         </is>
       </c>
       <c r="I429" s="9" t="n">
-        <v>46935</v>
+        <v>46309</v>
       </c>
       <c r="J429" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K429" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B430" s="7" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C430" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D430" s="3"/>
       <c r="E430" s="6" t="n">
-        <v>65368</v>
+        <v>65367</v>
       </c>
       <c r="F430" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="G430" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H430" s="7" t="inlineStr">
         <is>
-          <t>- 9968</t>
+          <t>- 9967</t>
         </is>
       </c>
       <c r="I430" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J430" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K430" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B431" s="7" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C431" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D431" s="3"/>
       <c r="E431" s="6" t="n">
-        <v>65382</v>
+        <v>65368</v>
       </c>
       <c r="F431" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="G431" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H431" s="7" t="inlineStr">
         <is>
-          <t>- 9999</t>
+          <t>- 9968</t>
         </is>
       </c>
       <c r="I431" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J431" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K431" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B432" s="7" t="inlineStr">
         <is>
-          <t>152</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C432" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D432" s="3"/>
       <c r="E432" s="6" t="n">
-        <v>65383</v>
+        <v>65382</v>
       </c>
       <c r="F432" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G432" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H432" s="7" t="inlineStr">
         <is>
-          <t>- 10002</t>
+          <t>- 9999</t>
         </is>
       </c>
       <c r="I432" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J432" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K432" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B433" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>152</t>
         </is>
       </c>
       <c r="C433" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D433" s="3"/>
       <c r="E433" s="6" t="n">
-        <v>65369</v>
+        <v>65383</v>
       </c>
       <c r="F433" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="G433" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H433" s="7" t="inlineStr">
         <is>
-          <t>- 10005</t>
+          <t>- 10002</t>
         </is>
       </c>
       <c r="I433" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J433" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K433" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B434" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C434" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D434" s="3"/>
       <c r="E434" s="6" t="n">
-        <v>65384</v>
+        <v>65369</v>
       </c>
       <c r="F434" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G434" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H434" s="7" t="inlineStr">
         <is>
-          <t>- 10004</t>
+          <t>- 10005</t>
         </is>
       </c>
       <c r="I434" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J434" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K434" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B435" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C435" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D435" s="3"/>
       <c r="E435" s="6" t="n">
-        <v>65370</v>
+        <v>65384</v>
       </c>
       <c r="F435" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G435" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H435" s="7" t="inlineStr">
         <is>
-          <t>- 10007</t>
+          <t>- 10004</t>
         </is>
       </c>
       <c r="I435" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J435" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K435" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B436" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C436" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D436" s="3"/>
       <c r="E436" s="6" t="n">
-        <v>65385</v>
+        <v>65370</v>
       </c>
       <c r="F436" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G436" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H436" s="7" t="inlineStr">
         <is>
-          <t>- 10006</t>
+          <t>- 10007</t>
         </is>
       </c>
       <c r="I436" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J436" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K436" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B437" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C437" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D437" s="3"/>
       <c r="E437" s="6" t="n">
-        <v>65371</v>
+        <v>65385</v>
       </c>
       <c r="F437" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G437" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H437" s="7" t="inlineStr">
         <is>
-          <t>- 10001</t>
+          <t>- 10006</t>
         </is>
       </c>
       <c r="I437" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J437" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K437" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B438" s="7" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C438" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D438" s="3"/>
       <c r="E438" s="6" t="n">
-        <v>65372</v>
+        <v>65371</v>
       </c>
       <c r="F438" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G438" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H438" s="7" t="inlineStr">
         <is>
-          <t>- 10003</t>
+          <t>- 10001</t>
         </is>
       </c>
       <c r="I438" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J438" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K438" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B439" s="7" t="inlineStr">
         <is>
-          <t>186</t>
+          <t>175</t>
         </is>
       </c>
       <c r="C439" s="3" t="inlineStr">
         <is>
-          <t>Видавництво та поліграфія</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D439" s="3"/>
       <c r="E439" s="6" t="n">
-        <v>65373</v>
+        <v>65372</v>
       </c>
       <c r="F439" s="3" t="inlineStr">
         <is>
-          <t>Технології електронних мультимедійних видань</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="G439" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H439" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I439" s="9"/>
+          <t>- 10003</t>
+        </is>
+      </c>
+      <c r="I439" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J439" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K439" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B440" s="7" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>186</t>
         </is>
       </c>
       <c r="C440" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D440" s="3"/>
       <c r="E440" s="6" t="n">
-        <v>65347</v>
+        <v>65373</v>
       </c>
       <c r="F440" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Технології електронних мультимедійних видань</t>
         </is>
       </c>
       <c r="G440" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H440" s="7" t="inlineStr">
         <is>
-          <t>- 18729</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I440" s="9"/>
       <c r="J440" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K440" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="441">
       <c r="A441" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B441" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C441" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D441" s="3"/>
       <c r="E441" s="6" t="n">
-        <v>65374</v>
+        <v>65347</v>
       </c>
       <c r="F441" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G441" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H441" s="7" t="inlineStr">
         <is>
-          <t>- 9969</t>
+          <t>- 18729</t>
         </is>
       </c>
       <c r="I441" s="9" t="n">
-        <v>46569</v>
+        <v>46309</v>
       </c>
       <c r="J441" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K441" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B442" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C442" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D442" s="3"/>
       <c r="E442" s="6" t="n">
-        <v>65375</v>
+        <v>65374</v>
       </c>
       <c r="F442" s="3" t="inlineStr">
         <is>
-          <t>Міжнародний туризм і регіональні студії</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="G442" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H442" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I442" s="9"/>
+          <t>- 9969</t>
+        </is>
+      </c>
+      <c r="I442" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J442" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K442" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B443" s="7" t="inlineStr">
         <is>
-          <t>272</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C443" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D443" s="3"/>
       <c r="E443" s="6" t="n">
-        <v>65348</v>
+        <v>65375</v>
       </c>
       <c r="F443" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Міжнародний туризм і регіональні студії</t>
         </is>
       </c>
       <c r="G443" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H443" s="7" t="inlineStr">
         <is>
-          <t>- 9970</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I443" s="9"/>
       <c r="J443" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K443" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B444" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>272</t>
         </is>
       </c>
       <c r="C444" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Авіаційний транспорт</t>
+        </is>
+      </c>
+      <c r="D444" s="3"/>
       <c r="E444" s="6" t="n">
-        <v>65349</v>
+        <v>65348</v>
       </c>
       <c r="F444" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="G444" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H444" s="7" t="inlineStr">
         <is>
-          <t>- 9971</t>
+          <t>- 9970</t>
         </is>
       </c>
       <c r="I444" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J444" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K444" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B445" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C445" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
-[...2 lines deleted...]
-      <c r="D445" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D445" s="3" t="inlineStr">
+        <is>
+          <t>на повітряному транспорті</t>
+        </is>
+      </c>
       <c r="E445" s="6" t="n">
-        <v>65376</v>
+        <v>65349</v>
       </c>
       <c r="F445" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Транспортні технології</t>
         </is>
       </c>
       <c r="G445" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H445" s="7" t="inlineStr">
         <is>
-          <t>- 18720</t>
+          <t>- 9971</t>
         </is>
       </c>
       <c r="I445" s="9" t="n">
-        <v>46309</v>
+        <v>46935</v>
       </c>
       <c r="J445" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K445" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B446" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C446" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D446" s="3"/>
       <c r="E446" s="6" t="n">
-        <v>65377</v>
+        <v>65376</v>
       </c>
       <c r="F446" s="3" t="inlineStr">
         <is>
-          <t>Зовнішня політика</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G446" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H446" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I446" s="9"/>
+          <t>- 18720</t>
+        </is>
+      </c>
+      <c r="I446" s="9" t="n">
+        <v>46309</v>
+      </c>
       <c r="J446" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K446" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B447" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C447" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D447" s="3"/>
       <c r="E447" s="6" t="n">
-        <v>65378</v>
+        <v>65377</v>
       </c>
       <c r="F447" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Зовнішня політика</t>
         </is>
       </c>
       <c r="G447" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H447" s="7" t="inlineStr">
         <is>
-          <t>- 10602</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I447" s="9"/>
       <c r="J447" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K447" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B448" s="7" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C448" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D448" s="3"/>
       <c r="E448" s="6" t="n">
-        <v>65350</v>
+        <v>65378</v>
       </c>
       <c r="F448" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G448" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H448" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I448" s="9"/>
+          <t>- 10602</t>
+        </is>
+      </c>
+      <c r="I448" s="9" t="n">
+        <v>46106</v>
+      </c>
       <c r="J448" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K448" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B449" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>293</t>
         </is>
       </c>
       <c r="C449" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D449" s="3"/>
       <c r="E449" s="6" t="n">
-        <v>68278</v>
+        <v>65350</v>
       </c>
       <c r="F449" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="G449" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H449" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I449" s="9"/>
+          <t>- 19705</t>
+        </is>
+      </c>
+      <c r="I449" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J449" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K449" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B450" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C450" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D450" s="3"/>
       <c r="E450" s="6" t="n">
-        <v>68285</v>
+        <v>68278</v>
       </c>
       <c r="F450" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="G450" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H450" s="7" t="inlineStr">
         <is>
-          <t>- 14268</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I450" s="9"/>
       <c r="J450" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K450" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B451" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C451" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D451" s="3"/>
       <c r="E451" s="6" t="n">
-        <v>68289</v>
+        <v>68285</v>
       </c>
       <c r="F451" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G451" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H451" s="7" t="inlineStr">
         <is>
-          <t>- 14289</t>
+          <t>- 14268</t>
         </is>
       </c>
       <c r="I451" s="9" t="n">
-        <v>46106</v>
+        <v>47300</v>
       </c>
       <c r="J451" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K451" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B452" s="7" t="inlineStr">
         <is>
-          <t>C3</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C452" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D452" s="3"/>
       <c r="E452" s="6" t="n">
-        <v>68286</v>
+        <v>68289</v>
       </c>
       <c r="F452" s="3" t="inlineStr">
         <is>
-          <t>Зовнішня політика</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G452" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H452" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I452" s="9"/>
+          <t>- 14289</t>
+        </is>
+      </c>
+      <c r="I452" s="9" t="n">
+        <v>46106</v>
+      </c>
       <c r="J452" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K452" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B453" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C3</t>
         </is>
       </c>
       <c r="C453" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D453" s="3"/>
       <c r="E453" s="6" t="n">
-        <v>68290</v>
+        <v>68286</v>
       </c>
       <c r="F453" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Зовнішня політика</t>
         </is>
       </c>
       <c r="G453" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H453" s="7" t="inlineStr">
         <is>
-          <t>- 14269</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I453" s="9"/>
       <c r="J453" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K453" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B454" s="7" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C454" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D454" s="3"/>
       <c r="E454" s="6" t="n">
-        <v>68291</v>
+        <v>68290</v>
       </c>
       <c r="F454" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G454" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H454" s="7" t="inlineStr">
         <is>
-          <t>- 14270</t>
+          <t>- 14269</t>
         </is>
       </c>
       <c r="I454" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J454" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K454" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B455" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C455" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D455" s="3"/>
       <c r="E455" s="6" t="n">
-        <v>68293</v>
+        <v>68291</v>
       </c>
       <c r="F455" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="G455" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H455" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I455" s="9"/>
+          <t>- 14270</t>
+        </is>
+      </c>
+      <c r="I455" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J455" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K455" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B456" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C456" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D456" s="3"/>
       <c r="E456" s="6" t="n">
-        <v>68298</v>
+        <v>68293</v>
       </c>
       <c r="F456" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Міжнародна журналістика</t>
         </is>
       </c>
       <c r="G456" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H456" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I456" s="9"/>
       <c r="J456" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K456" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B457" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C457" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D457" s="3"/>
       <c r="E457" s="6" t="n">
-        <v>68303</v>
+        <v>68298</v>
       </c>
       <c r="F457" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G457" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H457" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I457" s="9"/>
       <c r="J457" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K457" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B458" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C458" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D458" s="3"/>
       <c r="E458" s="6" t="n">
-        <v>68313</v>
+        <v>68303</v>
       </c>
       <c r="F458" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G458" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H458" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I458" s="9"/>
       <c r="J458" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K458" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B459" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C459" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D459" s="3"/>
       <c r="E459" s="6" t="n">
-        <v>68316</v>
+        <v>68313</v>
       </c>
       <c r="F459" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G459" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H459" s="7" t="inlineStr">
         <is>
-          <t>- 14271</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I459" s="9"/>
       <c r="J459" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K459" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B460" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C460" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D460" s="3"/>
       <c r="E460" s="6" t="n">
-        <v>68319</v>
+        <v>68316</v>
       </c>
       <c r="F460" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G460" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H460" s="7" t="inlineStr">
         <is>
-          <t>- 14272</t>
+          <t>- 14271</t>
         </is>
       </c>
       <c r="I460" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J460" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K460" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B461" s="7" t="inlineStr">
         <is>
-          <t>D9</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C461" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D461" s="3"/>
       <c r="E461" s="6" t="n">
-        <v>68323</v>
+        <v>68319</v>
       </c>
       <c r="F461" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G461" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H461" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I461" s="9"/>
+          <t>- 14272</t>
+        </is>
+      </c>
+      <c r="I461" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J461" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K461" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B462" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>D9</t>
         </is>
       </c>
       <c r="C462" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D462" s="3"/>
       <c r="E462" s="6" t="n">
-        <v>68352</v>
+        <v>68323</v>
       </c>
       <c r="F462" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="G462" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H462" s="7" t="inlineStr">
         <is>
-          <t>- 14273</t>
+          <t>- 19811</t>
         </is>
       </c>
       <c r="I462" s="9" t="n">
-        <v>46569</v>
+        <v>48030</v>
       </c>
       <c r="J462" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K462" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B463" s="7" t="inlineStr">
         <is>
-          <t>E3</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C463" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D463" s="3"/>
       <c r="E463" s="6" t="n">
-        <v>68353</v>
+        <v>68352</v>
       </c>
       <c r="F463" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G463" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H463" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I463" s="9"/>
+          <t>- 14273</t>
+        </is>
+      </c>
+      <c r="I463" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J463" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K463" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B464" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>E3</t>
         </is>
       </c>
       <c r="C464" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D464" s="3"/>
       <c r="E464" s="6" t="n">
-        <v>68358</v>
+        <v>68353</v>
       </c>
       <c r="F464" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="G464" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H464" s="7" t="inlineStr">
         <is>
-          <t>- 14274</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I464" s="9"/>
       <c r="J464" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K464" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B465" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C465" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D465" s="3"/>
       <c r="E465" s="6" t="n">
-        <v>68370</v>
+        <v>68358</v>
       </c>
       <c r="F465" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G465" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H465" s="7" t="inlineStr">
         <is>
-          <t>- 14275</t>
+          <t>- 14274</t>
         </is>
       </c>
       <c r="I465" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J465" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K465" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B466" s="7" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C466" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D466" s="3"/>
       <c r="E466" s="6" t="n">
-        <v>68371</v>
+        <v>68370</v>
       </c>
       <c r="F466" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G466" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H466" s="7" t="inlineStr">
         <is>
-          <t>- 14277</t>
+          <t>- 14275</t>
         </is>
       </c>
       <c r="I466" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J466" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K466" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B467" s="7" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C467" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D467" s="3"/>
       <c r="E467" s="6" t="n">
-        <v>68374</v>
+        <v>68371</v>
       </c>
       <c r="F467" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G467" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H467" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I467" s="9"/>
+          <t>- 14277</t>
+        </is>
+      </c>
+      <c r="I467" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J467" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K467" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="468">
       <c r="A468" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B468" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C468" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D468" s="3"/>
       <c r="E468" s="6" t="n">
-        <v>68376</v>
+        <v>68374</v>
       </c>
       <c r="F468" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="G468" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H468" s="7" t="inlineStr">
         <is>
-          <t>- 14276</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I468" s="9"/>
       <c r="J468" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K468" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="469">
       <c r="A469" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B469" s="7" t="inlineStr">
         <is>
-          <t>G1</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C469" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D469" s="3"/>
       <c r="E469" s="6" t="n">
-        <v>68378</v>
+        <v>68376</v>
       </c>
       <c r="F469" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="G469" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H469" s="7" t="inlineStr">
         <is>
-          <t>- 14281</t>
+          <t>- 14276</t>
         </is>
       </c>
       <c r="I469" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J469" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K469" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B470" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C470" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D470" s="3"/>
       <c r="E470" s="6" t="n">
-        <v>68380</v>
+        <v>68378</v>
       </c>
       <c r="F470" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G470" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H470" s="7" t="inlineStr">
         <is>
-          <t>- 14280</t>
+          <t>- 14281</t>
         </is>
       </c>
       <c r="I470" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J470" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K470" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B471" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C471" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D471" s="3"/>
       <c r="E471" s="6" t="n">
-        <v>68394</v>
+        <v>68380</v>
       </c>
       <c r="F471" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="G471" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H471" s="7" t="inlineStr">
         <is>
-          <t>- 14279</t>
+          <t>- 14280</t>
         </is>
       </c>
       <c r="I471" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J471" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K471" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B472" s="7" t="inlineStr">
         <is>
-          <t>G17</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C472" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D472" s="3"/>
       <c r="E472" s="6" t="n">
-        <v>68396</v>
+        <v>68394</v>
       </c>
       <c r="F472" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="G472" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H472" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I472" s="9"/>
+          <t>- 14279</t>
+        </is>
+      </c>
+      <c r="I472" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J472" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K472" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B473" s="7" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>G17</t>
         </is>
       </c>
       <c r="C473" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D473" s="3"/>
       <c r="E473" s="6" t="n">
-        <v>68397</v>
+        <v>68396</v>
       </c>
       <c r="F473" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G473" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H473" s="7" t="inlineStr">
         <is>
-          <t>- 14285</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I473" s="9"/>
       <c r="J473" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K473" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B474" s="7" t="inlineStr">
         <is>
-          <t>G20</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C474" s="3" t="inlineStr">
         <is>
-          <t>Видавництво та поліграфія</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D474" s="3"/>
       <c r="E474" s="6" t="n">
-        <v>68398</v>
+        <v>68397</v>
       </c>
       <c r="F474" s="3" t="inlineStr">
         <is>
-          <t>Технології електронних мультимедійних видань</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="G474" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H474" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I474" s="9"/>
+          <t>- 14285</t>
+        </is>
+      </c>
+      <c r="I474" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J474" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K474" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="475">
       <c r="A475" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B475" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G20</t>
         </is>
       </c>
       <c r="C475" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D475" s="3"/>
       <c r="E475" s="6" t="n">
-        <v>68382</v>
+        <v>68398</v>
       </c>
       <c r="F475" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Технології електронних мультимедійних видань</t>
         </is>
       </c>
       <c r="G475" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H475" s="7" t="inlineStr">
         <is>
-          <t>- 14282</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I475" s="9"/>
       <c r="J475" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K475" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B476" s="7" t="inlineStr">
         <is>
-          <t>G6</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C476" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D476" s="3"/>
       <c r="E476" s="6" t="n">
-        <v>68386</v>
+        <v>68382</v>
       </c>
       <c r="F476" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G476" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H476" s="7" t="inlineStr">
         <is>
-          <t>- 14284</t>
+          <t>- 14282</t>
         </is>
       </c>
       <c r="I476" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J476" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K476" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B477" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G6</t>
         </is>
       </c>
       <c r="C477" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D477" s="3"/>
       <c r="E477" s="6" t="n">
-        <v>68387</v>
+        <v>68386</v>
       </c>
       <c r="F477" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="G477" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H477" s="7" t="inlineStr">
         <is>
-          <t>- 14283</t>
+          <t>- 14284</t>
         </is>
       </c>
       <c r="I477" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J477" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K477" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B478" s="7" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C478" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D478" s="3"/>
       <c r="E478" s="6" t="n">
-        <v>68389</v>
+        <v>68387</v>
       </c>
       <c r="F478" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G478" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H478" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I478" s="9"/>
+          <t>- 14283</t>
+        </is>
+      </c>
+      <c r="I478" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J478" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K478" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B479" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C479" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D479" s="3"/>
       <c r="E479" s="6" t="n">
-        <v>68399</v>
+        <v>68389</v>
       </c>
       <c r="F479" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="G479" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H479" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I479" s="9"/>
       <c r="J479" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K479" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B480" s="7" t="inlineStr">
         <is>
-          <t>J6</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C480" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D480" s="3"/>
       <c r="E480" s="6" t="n">
-        <v>68400</v>
+        <v>68399</v>
       </c>
       <c r="F480" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="G480" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H480" s="7" t="inlineStr">
         <is>
-          <t>- 14286</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I480" s="9"/>
       <c r="J480" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K480" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B481" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C481" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D481" s="3"/>
       <c r="E481" s="6" t="n">
+        <v>68400</v>
+      </c>
+      <c r="F481" s="3" t="inlineStr">
+        <is>
+          <t>Авіаційний транспорт</t>
+        </is>
+      </c>
+      <c r="G481" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
+      <c r="H481" s="7" t="inlineStr">
+        <is>
+          <t>- 14286</t>
+        </is>
+      </c>
+      <c r="I481" s="9" t="n">
+        <v>46569</v>
+      </c>
+      <c r="J481" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K481" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="482">
+      <c r="A482" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B482" s="7" t="inlineStr">
+        <is>
+          <t>J6</t>
+        </is>
+      </c>
+      <c r="C482" s="3" t="inlineStr">
+        <is>
+          <t>Авіаційний транспорт</t>
+        </is>
+      </c>
+      <c r="D482" s="3"/>
+      <c r="E482" s="6" t="n">
         <v>68401</v>
       </c>
-      <c r="F481" s="3" t="inlineStr">
+      <c r="F482" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
-      <c r="G481" s="3" t="inlineStr">
+      <c r="G482" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
-      <c r="H481" s="7" t="inlineStr">
+      <c r="H482" s="7" t="inlineStr">
         <is>
           <t>- 14287</t>
         </is>
       </c>
-      <c r="I481" s="9" t="n">
+      <c r="I482" s="9" t="n">
         <v>46935</v>
       </c>
-      <c r="J481" s="7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K481" s="9"/>
+      <c r="J482" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K482" s="9"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:K481"/>
+  <autoFilter ref="A1:K482"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I247"/>
+  <dimension ref="A1:I212"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -23252,51 +23477,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -23375,51 +23600,51 @@
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
@@ -23531,117 +23756,117 @@
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>8</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>37</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
@@ -23660,51 +23885,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
@@ -23759,51 +23984,51 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>E6</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -23858,51 +24083,51 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>10</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
@@ -23936,51 +24161,51 @@
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
         <v>19</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>0</v>
       </c>
@@ -24030,51 +24255,51 @@
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>47</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>5</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
@@ -24192,51 +24417,51 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>G21</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>G22</t>
         </is>
       </c>
@@ -24291,84 +24516,84 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>4</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>3</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
@@ -24456,51 +24681,51 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
@@ -24522,256 +24747,256 @@
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>28</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -24790,51 +25015,51 @@
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -24889,150 +25114,150 @@
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>63</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -25054,51 +25279,51 @@
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>63</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
@@ -25156,183 +25381,183 @@
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
         <v>286</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
@@ -25384,150 +25609,150 @@
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>153</t>
         </is>
       </c>
@@ -25618,51 +25843,51 @@
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
@@ -25681,120 +25906,120 @@
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
@@ -25945,51 +26170,51 @@
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
@@ -26011,153 +26236,153 @@
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
         <v>38</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -26209,157 +26434,157 @@
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>34</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
           <t>на повітряному транспорті</t>
         </is>
       </c>
       <c r="E96" s="6" t="n">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -26378,117 +26603,117 @@
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -26551,51 +26776,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D103" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E103" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F103" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -26823,87 +27048,87 @@
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F111" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -26955,51 +27180,51 @@
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F115" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -27120,54 +27345,54 @@
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>6</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
@@ -27219,51 +27444,51 @@
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>3</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -27289,51 +27514,51 @@
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F125" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
@@ -27520,51 +27745,51 @@
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F132" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -27685,51 +27910,51 @@
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F137" s="6" t="n">
         <v>41</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>3</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
@@ -27754,3640 +27979,2481 @@
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F139" s="6" t="n">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Авіаційна та ракетно-космічна техніка</t>
+        </is>
+      </c>
+      <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>176</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>263</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>272</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
-[...2 lines deleted...]
-      <c r="D150" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D150" s="3" t="inlineStr">
+        <is>
+          <t>на повітряному транспорті</t>
+        </is>
+      </c>
       <c r="E150" s="6" t="n">
-        <v>86</v>
+        <v>11</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>58</v>
+        <v>1</v>
       </c>
       <c r="F153" s="6" t="n">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="F154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="F156" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>41</v>
+        <v>1</v>
       </c>
       <c r="F157" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>88</v>
+        <v>1</v>
       </c>
       <c r="F159" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F161" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>27</v>
+        <v>3</v>
       </c>
       <c r="F162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="F163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F164" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="F166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>162</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології та біоінженерія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="F167" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>163</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="F168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>G6</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>46</v>
+        <v>2</v>
       </c>
       <c r="F171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Авіоніка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="F172" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>43</v>
+        <v>4</v>
       </c>
       <c r="F173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
-          <t>176</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
-          <t>186</t>
+          <t>J6</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Видавництво та поліграфія</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="F176" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H176" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="F177" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H177" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>29</v>
+        <v>3</v>
       </c>
       <c r="F178" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H178" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I178" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="F179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I179" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H180" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I180" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B181" s="7" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F181" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I181" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
-          <t>263</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="F182" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H182" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
-          <t>272</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>95</v>
+        <v>5</v>
       </c>
       <c r="F183" s="6" t="n">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H183" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Маркетинг</t>
+        </is>
+      </c>
+      <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>94</v>
+        <v>20</v>
       </c>
       <c r="F184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H184" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I184" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="F185" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="G185" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H185" s="6" t="n">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I185" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B186" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="F186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H186" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I186" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B187" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>102</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I187" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B188" s="7" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I188" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B189" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="F189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H189" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I189" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B190" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F190" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I190" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B191" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I191" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F192" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I192" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F193" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I193" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F194" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H194" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I194" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B195" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F195" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H195" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I195" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B196" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="F196" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H196" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I196" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B197" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D197" s="3"/>
       <c r="E197" s="6" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F197" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G197" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H197" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I197" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B198" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>152</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H198" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I198" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F199" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I199" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B200" s="7" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="F200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I200" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B201" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="F201" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H201" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I201" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B202" s="7" t="inlineStr">
         <is>
-          <t>G1</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I202" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B203" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>175</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F203" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G203" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H203" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I203" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B204" s="7" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F204" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H204" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I204" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B205" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F205" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G205" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H205" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I205" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
-          <t>G6</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I206" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B207" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>272</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F207" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I207" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
-[...2 lines deleted...]
-      <c r="D208" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D208" s="3" t="inlineStr">
+        <is>
+          <t>на повітряному транспорті</t>
+        </is>
+      </c>
       <c r="E208" s="6" t="n">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I208" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="F209" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G209" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H209" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I209" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
-          <t>J6</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H210" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I210" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="F211" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H211" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I211" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>293</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F212" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H212" s="6" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I212" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
-[...1157 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I247"/>
+  <autoFilter ref="A1:I212"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>