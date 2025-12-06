--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -3570,121 +3570,121 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G10</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E8" s="8" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
@@ -3776,51 +3776,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
@@ -3846,84 +3846,84 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
@@ -3945,54 +3945,54 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="F17" s="8" t="n">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
@@ -4011,51 +4011,51 @@
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
@@ -4209,51 +4209,51 @@
       <c r="H24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="8" t="n">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="F25" s="8" t="n">
         <v>6</v>
       </c>
       <c r="G25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I25"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>