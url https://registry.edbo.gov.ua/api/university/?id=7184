--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -3438,51 +3438,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Енергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -3537,51 +3537,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
@@ -3603,88 +3603,88 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G10</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E8" s="8" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
@@ -3945,150 +3945,150 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>28</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -4110,51 +4110,51 @@
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
@@ -4176,84 +4176,84 @@
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="8" t="n">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="F25" s="8" t="n">
         <v>6</v>
       </c>
       <c r="G25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I25"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>