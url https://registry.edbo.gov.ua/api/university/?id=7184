--- v2 (2026-02-04)
+++ v3 (2026-03-28)
@@ -3603,51 +3603,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G10</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -3813,51 +3813,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Енергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="E13" s="8" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -3945,84 +3945,84 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>28</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
@@ -4143,51 +4143,51 @@
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
@@ -4209,51 +4209,51 @@
       <c r="H24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="8" t="n">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F25" s="8" t="n">
         <v>6</v>
       </c>
       <c r="G25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I25"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>