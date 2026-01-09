--- v0 (2025-11-09)
+++ v1 (2026-01-09)
@@ -2547,51 +2547,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -2613,51 +2613,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>