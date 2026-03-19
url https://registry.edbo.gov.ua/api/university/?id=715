--- v1 (2026-01-09)
+++ v2 (2026-03-19)
@@ -278,51 +278,51 @@
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>1944</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Категорія закладу освіти</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>Заклад вищої освіти</t>
+          <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
@@ -2481,51 +2481,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -2547,51 +2547,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -2613,84 +2613,84 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>