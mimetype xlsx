--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -1770,87 +1770,87 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F3" s="8" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
@@ -1869,54 +1869,54 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
@@ -1935,51 +1935,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>33</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>