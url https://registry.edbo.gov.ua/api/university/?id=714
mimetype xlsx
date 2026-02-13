--- v1 (2025-12-16)
+++ v2 (2026-02-13)
@@ -1770,54 +1770,54 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
@@ -1869,51 +1869,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>27</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -1935,51 +1935,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>33</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>