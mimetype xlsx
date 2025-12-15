--- v0 (2025-11-08)
+++ v1 (2025-12-15)
@@ -2526,51 +2526,51 @@
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
         <v>68</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
@@ -2592,51 +2592,51 @@
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
         <v>61</v>
       </c>
       <c r="F9" s="8" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>