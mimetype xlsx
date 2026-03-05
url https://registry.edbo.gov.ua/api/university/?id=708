--- v1 (2025-12-15)
+++ v2 (2026-03-05)
@@ -2391,51 +2391,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
@@ -2457,249 +2457,249 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>6</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>