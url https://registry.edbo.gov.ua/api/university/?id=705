--- v0 (2025-11-04)
+++ v1 (2026-01-02)
@@ -1916,54 +1916,56 @@
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E10" s="8" t="n">
         <v>71633</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта (Цифрові технології)</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I10" s="9"/>
+          <t>ДО 006630</t>
+        </is>
+      </c>
+      <c r="I10" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
@@ -2183,51 +2185,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>