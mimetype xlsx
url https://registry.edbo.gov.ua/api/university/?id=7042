--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -1353,150 +1353,150 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>7</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>