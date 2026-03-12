--- v0 (2025-11-02)
+++ v1 (2026-03-12)
@@ -20,51 +20,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ФПО" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ПТО" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Освітні програми" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Здобувачі ВО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ПТО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$31</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$7</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$7</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$15</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -414,51 +414,51 @@
         <is>
           <t>pkvfp.kiev.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Петрович Василь Сергійович</t>
+          <t>Волошкова Лада Миколаївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -1491,55 +1491,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>63277</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Діловодство</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="7" t="inlineStr">
         <is>
-          <t>КО 004316</t>
+          <t>- 0</t>
         </is>
       </c>
       <c r="I2" s="9" t="n">
-        <v>46204</v>
+        <v>46364</v>
       </c>
       <c r="J2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D3" s="3"/>
@@ -1694,79 +1694,81 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
         <v>72957</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Організація та експлуатація поштового зв'язку</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I7" s="9"/>
+          <t>КО 006604</t>
+        </is>
+      </c>
+      <c r="I7" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I7"/>
+  <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -1840,51 +1842,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
@@ -1896,143 +1898,110 @@
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
         <v>15</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
-[...31 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I7"/>
+  <autoFilter ref="A1:I6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="10"/>
@@ -2060,140 +2029,140 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>158</v>
+        <v>108</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4222 Офіс-адміністратор</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>4222 Адміністратор
 4115 Секретар керівника (організації, підприємства, установи)</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>4229 Адміністратор програм радіо та телебачення</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>22</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>4229 Оператор електронно-комунікаційних послуг</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5129 Майстер готельного обслуговування</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
         <v>15</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
@@ -2241,51 +2210,51 @@
       <c r="B9" s="8" t="n">
         <v>27</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B10" s="8" t="n">
-        <v>130</v>
+        <v>102</v>
       </c>
       <c r="C10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7241 Майстер з діагностики та налагодження електронного устаткування автомобільних засобів</t>
         </is>
       </c>
       <c r="B11" s="8" t="n">
         <v>41</v>
       </c>
       <c r="C11" s="8" t="n">
         <v>0</v>
@@ -2308,73 +2277,73 @@
         </is>
       </c>
       <c r="B12" s="8" t="n">
         <v>47</v>
       </c>
       <c r="C12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>8169 Майстер з монтажу та обслуговування систем відновлювальної енергетики</t>
         </is>
       </c>
       <c r="B13" s="8" t="n">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю</t>
         </is>
       </c>
       <c r="B14" s="8" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>8990 Оператор дистанційно керованих апаратів</t>
         </is>
       </c>
       <c r="B15" s="8" t="n">
         <v>79</v>
       </c>
       <c r="C15" s="8" t="n">
         <v>0</v>