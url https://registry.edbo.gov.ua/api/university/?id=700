--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -2630,51 +2630,51 @@
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B14</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
         <v>23</v>
       </c>
       <c r="F3" s="8" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
@@ -2701,51 +2701,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -2767,87 +2767,87 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
         <v>69</v>
       </c>
       <c r="F8" s="8" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>