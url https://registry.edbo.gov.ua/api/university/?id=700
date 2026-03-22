--- v1 (2025-12-26)
+++ v2 (2026-03-22)
@@ -2627,54 +2627,54 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B14</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F3" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
@@ -2734,117 +2734,117 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>38</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>