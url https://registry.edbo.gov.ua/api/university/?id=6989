--- v0 (2025-10-13)
+++ v1 (2025-11-30)
@@ -907,51 +907,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7124 Столяр будівельний
 7331 Різьбяр по дереву та бересту</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Контролер зварювальних робіт</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>16</v>
       </c>
       <c r="C3" s="7" t="n">
@@ -975,51 +975,51 @@
       </c>
       <c r="B4" s="7" t="n">
         <v>79</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з виготовлення деталей та вузлів систем вентиляції, кондиціювання повітря, пневмотранспорту й аспірації
 7136 Монтажник санітарно-технічних систем і устаткування</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>25</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>