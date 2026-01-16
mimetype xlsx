--- v1 (2025-11-30)
+++ v2 (2026-01-16)
@@ -952,51 +952,51 @@
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>16</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту реакторно-турбінного устаткування</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з виготовлення деталей та вузлів систем вентиляції, кондиціювання повітря, пневмотранспорту й аспірації
 7136 Монтажник санітарно-технічних систем і устаткування</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>14</v>
       </c>
       <c r="C5" s="7" t="n">