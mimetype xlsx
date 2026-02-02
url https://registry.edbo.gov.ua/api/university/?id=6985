--- v0 (2025-11-06)
+++ v1 (2026-02-02)
@@ -1343,51 +1343,51 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>24</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>102</v>
       </c>
       <c r="C5" s="7" t="n">