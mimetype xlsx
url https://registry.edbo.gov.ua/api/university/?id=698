--- v0 (2025-10-22)
+++ v1 (2026-01-20)
@@ -4024,51 +4024,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
@@ -4090,84 +4090,84 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>6</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -4222,51 +4222,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -4321,124 +4321,124 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E15" s="8" t="n">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">