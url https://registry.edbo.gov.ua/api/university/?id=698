--- v1 (2026-01-20)
+++ v2 (2026-03-16)
@@ -3958,51 +3958,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -4057,51 +4057,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -4123,51 +4123,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>6</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -4189,84 +4189,84 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -4288,51 +4288,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
@@ -4354,91 +4354,91 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E15" s="8" t="n">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">