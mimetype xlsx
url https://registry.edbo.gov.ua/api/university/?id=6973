--- v0 (2025-10-16)
+++ v1 (2025-12-01)
@@ -513,71 +513,75 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>4211 Контролер-касир
 4211 Касир квитковий
 5112 Провідник пасажирського вагона
 </t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C4" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D4" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D4" s="9" t="n">
+        <v>46448</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5112 Провідник пасажирського вагона
 </t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C5" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D5" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D5" s="9" t="n">
+        <v>49116</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5112 Провідник пасажирського вагона
 4211 Касир квитковий
 </t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>90</v>
       </c>
       <c r="C6" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7129 Монтер колії
 </t>
         </is>
@@ -740,54 +744,56 @@
 </t>
         </is>
       </c>
       <c r="B16" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 </t>
         </is>
       </c>
       <c r="B17" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C17" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D17" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D17" s="9" t="n">
+        <v>49116</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 7233 Оглядач-ремонтник вагонів
 </t>
         </is>
       </c>
       <c r="B18" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C18" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8311 Помічник машиніста електропоїзда
 </t>
@@ -795,54 +801,56 @@
       </c>
       <c r="B19" s="7" t="n">
         <v>25</v>
       </c>
       <c r="C19" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8311 Машиніст тепловоза
 8311 Машиніст електровоза
 </t>
         </is>
       </c>
       <c r="B20" s="7" t="n">
         <v>90</v>
       </c>
       <c r="C20" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D20" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D20" s="9" t="n">
+        <v>46448</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 </t>
         </is>
       </c>
       <c r="B21" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C21" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D21" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 </t>
@@ -1047,88 +1055,92 @@
 </t>
         </is>
       </c>
       <c r="B33" s="7" t="n">
         <v>150</v>
       </c>
       <c r="C33" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>8311 Машиніст тепловоза
 </t>
         </is>
       </c>
       <c r="B34" s="7" t="n">
         <v>120</v>
       </c>
       <c r="C34" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D34" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D34" s="9" t="n">
+        <v>49116</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>8311 Машиніст тепловоза
 </t>
         </is>
       </c>
       <c r="B35" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C35" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>8312 Складач поїздів
 </t>
         </is>
       </c>
       <c r="B36" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C36" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D36" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D36" s="9" t="n">
+        <v>49116</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>8333 Машиніст крана металургійного виробництва
 </t>
         </is>
       </c>
       <c r="B37" s="7" t="n">
         <v>90</v>
       </c>
       <c r="C37" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D37" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D37"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
@@ -1225,119 +1237,119 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>146</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8311 Машиніст тепловоза
 8311 Машиніст електровоза</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>92</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>8211 Оператор верстатів з програмним керуванням</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>51</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>