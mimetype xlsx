--- v1 (2025-12-01)
+++ v2 (2026-02-02)
@@ -1190,166 +1190,166 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4211 Контролер-касир
 4211 Касир квитковий
 5112 Провідник пасажирського вагона</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8311 Машиніст тепловоза
 8311 Машиніст електровоза</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>8211 Оператор верстатів з програмним керуванням</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>51</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>