--- v0 (2025-10-14)
+++ v1 (2025-12-09)
@@ -9,58 +9,58 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
-    <sheet name="Ліцензії ФПВО" sheetId="3" state="visible" r:id="rId4"/>
+    <sheet name="Ліцензії ФПО" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Освітні програми" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Здобувачі ВО" sheetId="5" state="visible" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$2</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$26</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$26</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$28</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$27</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -562,51 +562,51 @@
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -2733,51 +2733,51 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="8" t="n">
         <v>75561</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Секретарське та офісне забезпечення в правничій діяльності</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="7" t="inlineStr">
         <is>
-          <t>ДС 006216</t>
+          <t>КС 006216</t>
         </is>
       </c>
       <c r="I27" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J27" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K27" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
@@ -2920,51 +2920,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -3031,88 +3031,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E7" s="8" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
@@ -3138,51 +3138,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -3204,51 +3204,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
@@ -3303,84 +3303,84 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -3410,51 +3410,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E17" s="8" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -3484,88 +3484,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E19" s="8" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E20" s="8" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -3591,51 +3591,51 @@
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -3723,51 +3723,51 @@
       <c r="H25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>