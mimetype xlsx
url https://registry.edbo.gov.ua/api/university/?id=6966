--- v1 (2025-12-09)
+++ v2 (2026-01-30)
@@ -2920,51 +2920,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -3105,51 +3105,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E8" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -3204,51 +3204,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
@@ -3270,51 +3270,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
@@ -3336,51 +3336,51 @@
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -3521,51 +3521,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E20" s="8" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -3624,51 +3624,51 @@
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -3723,51 +3723,51 @@
       <c r="H25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>