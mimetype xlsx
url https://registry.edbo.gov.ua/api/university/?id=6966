--- v2 (2026-01-30)
+++ v3 (2026-03-25)
@@ -2920,88 +2920,88 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -3484,88 +3484,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E19" s="8" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E20" s="8" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -3591,51 +3591,51 @@
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -3690,84 +3690,84 @@
       <c r="H24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="8" t="n">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="F25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>