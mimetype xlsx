--- v0 (2025-11-02)
+++ v1 (2025-12-19)
@@ -16,52 +16,52 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ФПО" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Освітні програми" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Здобувачі ВО" sheetId="5" state="visible" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$16</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$14</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$24</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$13</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$23</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$10</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -1239,51 +1239,51 @@
         <v>72867</v>
       </c>
       <c r="L16" s="3" t="inlineStr">
         <is>
           <t>Рішення АК від 27.12.2012 протокол № 100, наказ МОНмолодьспорту від 04.01.2013 № 1-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:J14"/>
+  <dimension ref="A1:J13"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="11" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
         </is>
@@ -1555,321 +1555,283 @@
       <c r="H7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.12.2019 № 1003-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C8" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>076</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="8" t="n">
         <v>30</v>
       </c>
       <c r="G8" s="8"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 24.05.2023 № 182-л</t>
+          <t>Наказ МОН від 05.12.2019 № 1003-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C9" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>081</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="8" t="n">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="G9" s="8"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.12.2019 № 1003-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C10" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>181</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="8" t="n">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="G10" s="8"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.12.2019 № 1003-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C11" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>241</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="8" t="n">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="G11" s="8"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.12.2019 № 1003-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C12" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>242</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="E12" s="3"/>
       <c r="F12" s="8" t="n">
-        <v>125</v>
+        <v>60</v>
       </c>
       <c r="G12" s="8"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.12.2019 № 1003-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C13" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="8" t="n">
         <v>60</v>
       </c>
       <c r="G13" s="8"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 05.12.2019 № 1003-л</t>
-[...36 lines deleted...]
-        <is>
           <t>Наказ МОН від 24.05.2023 № 182-л</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:J14"/>
+  <autoFilter ref="A1:J13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K24"/>
+  <dimension ref="A1:K23"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2318,569 +2280,528 @@
           <t>Оціночна діяльність</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>61490</v>
+        <v>45952</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
-          <t>Оціночна діяльність</t>
+          <t>Товарознавство та комерційна діяльність</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I12" s="9"/>
+          <t>ДО 002286</t>
+        </is>
+      </c>
+      <c r="I12" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>45952</v>
+        <v>45956</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
-          <t>Товарознавство та комерційна діяльність</t>
+          <t>Правознавство</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t>ДО 002286</t>
+          <t>ДО 002284</t>
         </is>
       </c>
       <c r="I13" s="9" t="n">
-        <v>46569</v>
+        <v>47118</v>
       </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>45956</v>
+        <v>45951</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
-          <t>Правознавство</t>
+          <t>Виробництво харчової продукції</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
-          <t>ДО 002284</t>
+          <t>ДО 002281</t>
         </is>
       </c>
       <c r="I14" s="9" t="n">
-        <v>47118</v>
+        <v>46204</v>
       </c>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>45951</v>
+        <v>45949</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
-          <t>Виробництво харчової продукції</t>
+          <t>Ресторанне обслуговування</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t>ДО 002281</t>
+          <t>ДО 002285</t>
         </is>
       </c>
       <c r="I15" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>45949</v>
+        <v>45950</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
-          <t>Ресторанне обслуговування</t>
+          <t>Готельне обслуговування</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t>ДО 002285</t>
+          <t>ДО 002282</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>45950</v>
+        <v>45947</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
-          <t>Готельне обслуговування</t>
+          <t>Туристичне обслуговування</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t>ДО 002282</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I17" s="9"/>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>45947</v>
+        <v>61489</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Туристичне обслуговування</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I18" s="9"/>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>61489</v>
+        <v>82630</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
-          <t>Туристичне обслуговування</t>
+          <t>Виробництво харчової продукції</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I19" s="9"/>
+          <t>ДО 005755</t>
+        </is>
+      </c>
+      <c r="I19" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
-          <t>G13</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>82630</v>
+        <v>82628</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
-          <t>Виробництво харчової продукції</t>
+          <t>Ресторанне обслуговування</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
-          <t>ДО 005755</t>
+          <t>ДО 005757</t>
         </is>
       </c>
       <c r="I20" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>82628</v>
+        <v>82629</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
-          <t>Ресторанне обслуговування</t>
+          <t>Готельне обслуговування</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
-          <t>ДО 005757</t>
+          <t>ДО 005756</t>
         </is>
       </c>
       <c r="I21" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>82629</v>
+        <v>82627</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
-          <t>Готельне обслуговування</t>
+          <t>Туристичне обслуговування</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
-          <t>ДО 005756</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I22" s="9"/>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>82627</v>
+        <v>66107</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
-          <t>Туристичне обслуговування</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I23" s="9"/>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
-[...37 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K24"/>
+  <autoFilter ref="A1:K23"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -2970,51 +2891,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -3036,51 +2957,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
@@ -3102,51 +3023,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>