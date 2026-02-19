--- v1 (2025-12-19)
+++ v2 (2026-02-19)
@@ -16,52 +16,52 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ФПО" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Освітні програми" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Здобувачі ВО" sheetId="5" state="visible" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$16</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$13</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$23</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$10</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$20</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$10</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -1239,51 +1239,51 @@
         <v>72867</v>
       </c>
       <c r="L16" s="3" t="inlineStr">
         <is>
           <t>Рішення АК від 27.12.2012 протокол № 100, наказ МОНмолодьспорту від 04.01.2013 № 1-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:J13"/>
+  <dimension ref="A1:J10"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="11" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
         </is>
@@ -1479,359 +1479,245 @@
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 27.06.2025 № 107-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C6" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>081</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="8" t="n">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="G6" s="8"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.12.2019 № 1003-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C7" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>181</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="8" t="n">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="G7" s="8"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.12.2019 № 1003-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C8" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>241</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="8" t="n">
-        <v>30</v>
+        <v>125</v>
       </c>
       <c r="G8" s="8"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.12.2019 № 1003-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C9" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>242</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="8" t="n">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="G9" s="8"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.12.2019 № 1003-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C10" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>242</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="8" t="n">
         <v>60</v>
       </c>
       <c r="G10" s="8"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 05.12.2019 № 1003-л</t>
-[...112 lines deleted...]
-        <is>
           <t>Наказ МОН від 24.05.2023 № 182-л</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:J13"/>
+  <autoFilter ref="A1:J10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K23"/>
+  <dimension ref="A1:K20"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2200,608 +2086,487 @@
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="7" t="inlineStr">
         <is>
           <t>КД 16016128</t>
         </is>
       </c>
       <c r="K9" s="9" t="n">
         <v>72867</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>45953</v>
+        <v>45956</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
-          <t>Бухгалтерський облік</t>
+          <t>Правознавство</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
-          <t>ДО 002280</t>
+          <t>ДО 002284</t>
         </is>
       </c>
       <c r="I10" s="9" t="n">
-        <v>46569</v>
+        <v>47118</v>
       </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>45955</v>
+        <v>45951</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
-          <t>Оціночна діяльність</t>
+          <t>Виробництво харчової продукції</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I11" s="9"/>
+          <t>ДО 002281</t>
+        </is>
+      </c>
+      <c r="I11" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>45952</v>
+        <v>45949</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
-          <t>Товарознавство та комерційна діяльність</t>
+          <t>Ресторанне обслуговування</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
-          <t>ДО 002286</t>
+          <t>ДО 002285</t>
         </is>
       </c>
       <c r="I12" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>45956</v>
+        <v>45950</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
-          <t>Правознавство</t>
+          <t>Готельне обслуговування</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t>ДО 002284</t>
+          <t>ДО 002282</t>
         </is>
       </c>
       <c r="I13" s="9" t="n">
-        <v>47118</v>
+        <v>46569</v>
       </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>45951</v>
+        <v>45947</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
-          <t>Виробництво харчової продукції</t>
+          <t>Туристичне обслуговування</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
-          <t>ДО 002281</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I14" s="9"/>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>45949</v>
+        <v>61489</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
-          <t>Ресторанне обслуговування</t>
+          <t>Туристичне обслуговування</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t>ДО 002285</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I15" s="9"/>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>45950</v>
+        <v>82630</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
-          <t>Готельне обслуговування</t>
+          <t>Виробництво харчової продукції</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t>ДО 002282</t>
+          <t>ДО 005755</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>45947</v>
+        <v>82628</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
-          <t>Туристичне обслуговування</t>
+          <t>Ресторанне обслуговування</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I17" s="9"/>
+          <t>ДО 005757</t>
+        </is>
+      </c>
+      <c r="I17" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>61489</v>
+        <v>82629</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
-          <t>Туристичне обслуговування</t>
+          <t>Готельне обслуговування</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I18" s="9"/>
+          <t>ДО 005756</t>
+        </is>
+      </c>
+      <c r="I18" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
-          <t>G13</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>82630</v>
+        <v>82627</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
-          <t>Виробництво харчової продукції</t>
+          <t>Туристичне обслуговування</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
-          <t>ДО 005755</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I19" s="9"/>
       <c r="J19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>82628</v>
+        <v>66107</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
-          <t>Ресторанне обслуговування</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
-          <t>ДО 005757</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I20" s="9"/>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
-[...117 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K23"/>
+  <autoFilter ref="A1:K20"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -2858,117 +2623,117 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
@@ -3023,84 +2788,84 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>