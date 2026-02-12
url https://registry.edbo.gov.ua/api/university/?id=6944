--- v0 (2025-10-27)
+++ v1 (2026-02-12)
@@ -3199,51 +3199,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Транспорт</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -3343,51 +3343,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
@@ -3417,84 +3417,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
@@ -3553,51 +3553,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -3652,117 +3652,117 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -3784,51 +3784,51 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
@@ -3883,51 +3883,51 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>124</v>
+        <v>117</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I24"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>