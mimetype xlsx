--- v0 (2025-10-22)
+++ v1 (2025-12-09)
@@ -2831,51 +2831,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>