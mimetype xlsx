--- v1 (2025-12-09)
+++ v2 (2026-02-08)
@@ -2868,84 +2868,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>