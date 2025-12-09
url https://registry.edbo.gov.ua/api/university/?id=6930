--- v0 (2025-10-22)
+++ v1 (2025-12-09)
@@ -1380,84 +1380,84 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>14</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
         <v>35</v>
       </c>
       <c r="F3" s="8" t="n">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -1575,51 +1575,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>45</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>