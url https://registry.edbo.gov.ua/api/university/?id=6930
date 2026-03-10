--- v1 (2025-12-09)
+++ v2 (2026-03-10)
@@ -195,93 +195,97 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
-          <t>Івано-Франківський навчально-науковий юридичний інститут Національного університету "Одеська юридична академія"</t>
+          <t>Івано-Франківський інститут "Одеська юридична академія"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Код</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>6930</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Код головного закладу</t>
         </is>
       </c>
       <c r="B3" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Коротка назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
-      <c r="B5" s="3"/>
+      <c r="B5" s="3" t="inlineStr">
+        <is>
+          <t>Ivano-Frankivsk Institute "Odesa Law Academy"</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Категорія закладу освіти</t>
@@ -800,91 +804,95 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F8" s="8" t="n">
         <v>100</v>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H8" s="9"/>
+          <t> 19523</t>
+        </is>
+      </c>
+      <c r="H8" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.02.2024 № 88-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="F9" s="8" t="n">
         <v>80</v>
       </c>
       <c r="G9" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H9" s="9"/>
+          <t> 20043</t>
+        </is>
+      </c>
+      <c r="H9" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.02.2024 № 88-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K9"/>
   <sheetViews>
@@ -1135,97 +1143,101 @@
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
         <v>62784</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G6" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H6" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I6" s="9"/>
+          <t>- 19523</t>
+        </is>
+      </c>
+      <c r="I6" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
         <v>62786</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G7" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H7" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I7" s="9"/>
+          <t>- 20043</t>
+        </is>
+      </c>
+      <c r="I7" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
@@ -1380,51 +1392,51 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>14</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
@@ -1476,54 +1488,54 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -1575,84 +1587,84 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F8" s="8" t="n">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>39</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>