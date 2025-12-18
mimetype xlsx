--- v0 (2025-10-23)
+++ v1 (2025-12-18)
@@ -737,116 +737,116 @@
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>200</v>
       </c>
       <c r="I2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J2" s="9"/>
       <c r="K2" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 08.04.2024 № 229-л</t>
+          <t>Наказ МОН від 09.12.2025 № 213-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>інтернатура</t>
         </is>
       </c>
       <c r="C3" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>250</v>
       </c>
       <c r="I3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J3" s="9"/>
       <c r="K3" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 04.07.2024 № 460-л</t>
+          <t>Наказ МОН від 09.12.2025 № 213-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:K3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>