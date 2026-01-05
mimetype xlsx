--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -1504,84 +1504,84 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>