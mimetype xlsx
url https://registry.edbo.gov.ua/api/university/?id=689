--- v1 (2026-01-05)
+++ v2 (2026-03-04)
@@ -370,75 +370,75 @@
         <is>
           <t>м. Українка</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Зв'язку, 4</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>097-505-70-36</t>
+          <t>+38(097)-857-71-86</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>obmu@i.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>http://obmedkol.at.ua/</t>
+          <t>https://omk.in.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Сябренко Анатолій Вікторович</t>
         </is>
@@ -1537,51 +1537,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>