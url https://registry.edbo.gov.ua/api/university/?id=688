--- v0 (2025-12-02)
+++ v1 (2026-01-17)
@@ -3047,84 +3047,84 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>17</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>15</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>