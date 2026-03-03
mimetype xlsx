--- v1 (2026-01-17)
+++ v2 (2026-03-03)
@@ -2882,84 +2882,84 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
@@ -3047,84 +3047,84 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>17</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>15</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
@@ -3146,51 +3146,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>