--- v0 (2025-10-15)
+++ v1 (2025-12-02)
@@ -389,51 +389,51 @@
         <is>
           <t>mpalmk2@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>https://agrolicey.uz.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Ковбаско Василь Васильович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -980,51 +980,51 @@
       <c r="B6" s="7" t="n">
         <v>101</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>