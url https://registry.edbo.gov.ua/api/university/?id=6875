--- v1 (2025-12-02)
+++ v2 (2026-02-02)
@@ -933,98 +933,98 @@
       </c>
       <c r="B4" s="7" t="n">
         <v>25</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>189</v>
+        <v>159</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>