--- v2 (2026-02-02)
+++ v3 (2026-03-27)
@@ -933,98 +933,98 @@
       </c>
       <c r="B4" s="7" t="n">
         <v>25</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>83</v>
+        <v>57</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту сільськогосподарських машин та устаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>