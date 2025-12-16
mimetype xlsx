--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -2286,51 +2286,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -2466,51 +2466,51 @@
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>57</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7233 Монтажник систем вентиляції, кондиціювання повітря, пневмотранспорту й аспірації</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
         <v>55</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
@@ -2623,51 +2623,51 @@
       </c>
       <c r="B12" s="8" t="n">
         <v>22</v>
       </c>
       <c r="C12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>8211 Токар
 8211 Оператор верстатів з програмним керуванням</t>
         </is>
       </c>
       <c r="B13" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>8211 Токар
 8211 Фрезерувальник</t>
         </is>
       </c>
       <c r="B14" s="8" t="n">
         <v>20</v>
       </c>
       <c r="C14" s="8" t="n">