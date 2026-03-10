--- v1 (2025-12-16)
+++ v2 (2026-03-10)
@@ -2187,51 +2187,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
@@ -2286,51 +2286,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -2577,51 +2577,51 @@
         </is>
       </c>
       <c r="B10" s="8" t="n">
         <v>81</v>
       </c>
       <c r="C10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>8169 Майстер з монтажу та обслуговування систем відновлювальної енергетики</t>
         </is>
       </c>
       <c r="B11" s="8" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю
 8211 Оператор верстатів з програмним керуванням</t>
         </is>
       </c>
       <c r="B12" s="8" t="n">
         <v>22</v>
       </c>
       <c r="C12" s="8" t="n">