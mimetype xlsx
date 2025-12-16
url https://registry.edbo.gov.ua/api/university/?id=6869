--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -1126,51 +1126,51 @@
       </c>
       <c r="B9" s="7" t="n">
         <v>12</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7214 Слюсар із складання металевих конструкцій
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7213 Рихтувальник кузовів</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
         <v>83</v>
       </c>
       <c r="C11" s="7" t="n">