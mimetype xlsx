--- v0 (2025-12-01)
+++ v1 (2026-02-02)
@@ -370,71 +370,75 @@
         <is>
           <t>с. Олександрівка</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Шкільна, 10</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+38(099)-048-82-49;</t>
+          <t>+38(099)-048-82-49</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3"/>
+      <c r="B17" s="3" t="inlineStr">
+        <is>
+          <t>vpu752015@gmail.com</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>vpu752015@gmail.com</t>
+          <t>https://vpu-75.com.ua/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Виконуюча обов'язки директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Радченко Олена Петрівна</t>
         </is>
@@ -1568,95 +1572,95 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 4121 Обліковець з реєстрації бухгалтерських даних</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>105</v>
+        <v>78</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4121 Обліковець з реєстрації бухгалтерських даних</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>28</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>78</v>
+        <v>50</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>77</v>
       </c>
       <c r="C5" s="8" t="n">