--- v0 (2025-10-18)
+++ v1 (2026-02-02)
@@ -827,119 +827,119 @@
       </c>
       <c r="D1" s="5" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4115 Секретар керівника (організації, підприємства, установи)
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>76</v>
+        <v>52</v>
       </c>
       <c r="C2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>25</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтажник силових мереж та електроустаткування
 7137 Електромонтажник з освітлення та освітлювальних мереж</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>30</v>
       </c>
       <c r="C6" s="6" t="n">