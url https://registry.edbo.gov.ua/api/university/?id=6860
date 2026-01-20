--- v0 (2025-10-17)
+++ v1 (2026-01-20)
@@ -723,51 +723,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7124 Столяр будівельний
 7124 Тесляр</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7214 Слюсар із складання металевих конструкцій
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>84</v>
       </c>
       <c r="C3" s="7" t="n">
@@ -792,51 +792,51 @@
       </c>
       <c r="B4" s="7" t="n">
         <v>84</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7436 Швачка
 7433 Кравець</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>8211 Оператор верстатів з програмним керуванням</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>58</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>