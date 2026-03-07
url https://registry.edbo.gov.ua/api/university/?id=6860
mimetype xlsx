--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -746,51 +746,51 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>24</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7214 Слюсар із складання металевих конструкцій
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7213 Рихтувальник кузовів</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>84</v>
       </c>
       <c r="C4" s="7" t="n">