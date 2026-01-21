--- v0 (2025-11-05)
+++ v1 (2026-01-21)
@@ -2468,54 +2468,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
         <v>67512</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I22" s="9"/>
+          <t>ДО 000887</t>
+        </is>
+      </c>
+      <c r="I22" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
@@ -2589,54 +2591,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="8" t="n">
         <v>67517</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I25" s="9"/>
+          <t>ДО 000888</t>
+        </is>
+      </c>
+      <c r="I25" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
@@ -2776,51 +2780,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
@@ -2908,51 +2912,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>