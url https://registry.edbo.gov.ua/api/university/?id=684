--- v1 (2026-01-21)
+++ v2 (2026-03-29)
@@ -2747,51 +2747,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -2813,183 +2813,183 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>