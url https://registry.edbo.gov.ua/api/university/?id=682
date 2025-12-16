--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -410,63 +410,63 @@
         <is>
           <t>office@nkatk.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>nkatk.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Вітовщик Олена Анатоліївна</t>
+          <t>Гребінчак Олександр Ілліч</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -3512,117 +3512,117 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
@@ -3644,51 +3644,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -3710,51 +3710,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -3941,84 +3941,84 @@
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>