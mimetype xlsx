--- v1 (2025-12-16)
+++ v2 (2026-03-09)
@@ -3512,183 +3512,183 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -3710,84 +3710,84 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -3809,84 +3809,84 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -3941,84 +3941,84 @@
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>