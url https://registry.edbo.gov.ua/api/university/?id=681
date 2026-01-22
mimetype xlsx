--- v0 (2025-10-25)
+++ v1 (2026-01-22)
@@ -1434,84 +1434,84 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>