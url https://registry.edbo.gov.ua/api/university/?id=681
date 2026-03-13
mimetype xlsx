--- v1 (2026-01-22)
+++ v2 (2026-03-13)
@@ -1321,54 +1321,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
         <v>73025</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Сестринська справа</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I7" s="9"/>
+          <t>КО 006979</t>
+        </is>
+      </c>
+      <c r="I7" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I3"/>