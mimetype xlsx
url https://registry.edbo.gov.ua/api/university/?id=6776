--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -1597,51 +1597,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>J1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Послуги краси</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -1667,51 +1667,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -1755,51 +1755,51 @@
         </is>
       </c>
       <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерної верстки</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерного набору
 4112 Оператор комп'ютерної верстки</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>25</v>
       </c>
       <c r="C3" s="8" t="n">