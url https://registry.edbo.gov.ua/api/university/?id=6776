--- v1 (2025-12-21)
+++ v2 (2026-03-12)
@@ -23,51 +23,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ФПО" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ПТО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ПТО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$20</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$7</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$5</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$10</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -369,51 +369,51 @@
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Грушецька, 13</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+044(45)-652-05</t>
+          <t>+38(044)-456-90-83</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>kvppu1903@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>www.kpkitp.kiev.ua</t>
         </is>
@@ -1254,133 +1254,133 @@
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
         <v>60554</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="7" t="inlineStr">
         <is>
           <t>- 0</t>
         </is>
       </c>
       <c r="I2" s="9" t="n">
-        <v>46039</v>
+        <v>46364</v>
       </c>
       <c r="J2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
         <v>60555</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна обробка текстової, графічної та образної інформації</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
+          <t>КО 006869</t>
         </is>
       </c>
       <c r="I3" s="9" t="n">
-        <v>46039</v>
+        <v>48030</v>
       </c>
       <c r="J3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
         <v>60556</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Друкарське виробництво</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
+          <t>КО 006868</t>
         </is>
       </c>
       <c r="I4" s="9" t="n">
-        <v>46039</v>
+        <v>48030</v>
       </c>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G20</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
@@ -1479,51 +1479,51 @@
       <c r="I7" s="9"/>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I5"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -1612,122 +1612,52 @@
           <t>J1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Послуги краси</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
         <v>14</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
-[...68 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I5"/>
+  <autoFilter ref="A1:I3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:F10"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="10"/>
@@ -1755,51 +1685,51 @@
         </is>
       </c>
       <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерної верстки</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерного набору
 4112 Оператор комп'ютерної верстки</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>25</v>
       </c>
       <c r="C3" s="8" t="n">
@@ -1823,51 +1753,51 @@
         </is>
       </c>
       <c r="B4" s="8" t="n">
         <v>124</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>76</v>
+        <v>49</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 4121 Обліковець з реєстрації бухгалтерських даних</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>75</v>
       </c>
       <c r="C6" s="8" t="n">
@@ -1914,74 +1844,74 @@
       </c>
       <c r="B8" s="8" t="n">
         <v>14</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 7435 Закрійник</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>8251 Друкар офсетного плоского друкування
 8251 Друкар флексографічного друкування</t>
         </is>
       </c>
       <c r="B10" s="8" t="n">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>