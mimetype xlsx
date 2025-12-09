--- v0 (2025-10-23)
+++ v1 (2025-12-09)
@@ -13,52 +13,52 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ФПО" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Освітні програми" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Здобувачі ВО" sheetId="4" state="visible" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$11</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$11</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$12</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$12</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$11</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -433,51 +433,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:J11"/>
+  <dimension ref="A1:J12"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="11" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
         </is>
@@ -711,245 +711,283 @@
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.04.2025 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C7" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="8" t="n">
         <v>200</v>
       </c>
       <c r="G7" s="8"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 17.05.2024 № 333-л</t>
+          <t>Наказ МОН від 20.11.2025 № 202-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C8" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>022</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="8" t="n">
         <v>200</v>
       </c>
       <c r="G8" s="8"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 21.06.2023 № 245-л</t>
+          <t>Наказ МОН від 17.05.2024 № 333-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C9" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>053</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="8" t="n">
         <v>200</v>
       </c>
       <c r="G9" s="8"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 18.03.2024 № 165-Л</t>
+          <t>Наказ МОН від 21.06.2023 № 245-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C10" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>075</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="8" t="n">
         <v>200</v>
       </c>
       <c r="G10" s="8"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 24.07.2023 № 322-л</t>
+          <t>Наказ МОН від 18.03.2024 № 165-Л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C11" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>076</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="8" t="n">
         <v>200</v>
       </c>
       <c r="G11" s="8"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="3" t="inlineStr">
         <is>
+          <t>Наказ МОН від 24.07.2023 № 322-л</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="3" t="inlineStr">
+        <is>
+          <t>Фахова передвища освіта</t>
+        </is>
+      </c>
+      <c r="B12" s="3" t="inlineStr">
+        <is>
+          <t>підготовка здобувачів фахової передвищої освіти</t>
+        </is>
+      </c>
+      <c r="C12" s="7" t="inlineStr">
+        <is>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="D12" s="3" t="inlineStr">
+        <is>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="E12" s="3"/>
+      <c r="F12" s="8" t="n">
+        <v>200</v>
+      </c>
+      <c r="G12" s="8"/>
+      <c r="H12" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I12" s="9"/>
+      <c r="J12" s="3" t="inlineStr">
+        <is>
           <t>Наказ МОН від 12.07.2023 № 299-л</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:J11"/>
+  <autoFilter ref="A1:J12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K11"/>
+  <dimension ref="A1:K12"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -1380,52 +1418,91 @@
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
         <v>79560</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B12" s="7" t="inlineStr">
+        <is>
+          <t>J2</t>
+        </is>
+      </c>
+      <c r="C12" s="3" t="inlineStr">
+        <is>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
+        </is>
+      </c>
+      <c r="D12" s="3"/>
+      <c r="E12" s="8" t="n">
+        <v>88105</v>
+      </c>
+      <c r="F12" s="3" t="inlineStr">
+        <is>
+          <t>Готельно-ресторанна справа</t>
+        </is>
+      </c>
+      <c r="G12" s="3"/>
+      <c r="H12" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I12" s="9"/>
+      <c r="J12" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K12" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K11"/>
+  <autoFilter ref="A1:K12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -1548,51 +1625,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -1614,220 +1691,220 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E7" s="8" t="n">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>