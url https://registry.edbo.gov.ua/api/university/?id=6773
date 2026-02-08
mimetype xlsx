--- v1 (2025-12-09)
+++ v2 (2026-02-08)
@@ -1559,352 +1559,352 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E7" s="8" t="n">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>