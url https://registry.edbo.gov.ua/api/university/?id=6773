--- v2 (2026-02-08)
+++ v3 (2026-03-25)
@@ -1761,51 +1761,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -1860,51 +1860,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>