--- v0 (2025-12-26)
+++ v1 (2026-03-14)
@@ -1123,54 +1123,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
         <v>59266</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I3" s="9"/>
+          <t>- 0</t>
+        </is>
+      </c>
+      <c r="I3" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
@@ -1659,117 +1661,117 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>274</v>
+        <v>257</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>