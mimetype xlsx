--- v0 (2025-10-31)
+++ v1 (2026-01-21)
@@ -1818,150 +1818,150 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>27</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>23</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>20</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>24</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>