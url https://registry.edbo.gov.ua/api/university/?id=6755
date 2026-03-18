--- v1 (2026-01-21)
+++ v2 (2026-03-18)
@@ -1818,51 +1818,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>27</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
@@ -1917,51 +1917,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>24</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
@@ -1983,51 +1983,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>