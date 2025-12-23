--- v0 (2025-11-02)
+++ v1 (2025-12-23)
@@ -2212,51 +2212,51 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>11</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B14</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Організація соціокультурної діяльності</t>
@@ -2444,51 +2444,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>