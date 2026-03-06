--- v1 (2025-12-23)
+++ v2 (2026-03-06)
@@ -2212,114 +2212,114 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>11</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B14</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
@@ -2411,51 +2411,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>