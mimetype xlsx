--- v0 (2025-10-17)
+++ v1 (2025-12-05)
@@ -17,55 +17,55 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$20</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$22</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$10</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$540</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$272</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$538</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$273</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -447,248 +447,262 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:A20"/>
+  <dimension ref="A1:A22"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>Історичний факультет</t>
+          <t>Інститут перепідготовки та підвищення кваліфікації</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>Педагогічний факультет</t>
+          <t>Історичний факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Природничий факультет</t>
+          <t>Педагогічний факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>Факультет іноземної філології</t>
+          <t>Природничий факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>Факультет математики, інформатики та фізики</t>
+          <t>Соціально-гуманітарний факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>Факультет мистецтв імені Анатолія Авдієвського</t>
+          <t>Факультет іноземної філології</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>Факультет психології</t>
+          <t>Факультет математики, інформатики та фізики</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
-          <t>Факультет соціально-політичних наук</t>
+          <t>Факультет мистецтв імені Анатолія Авдієвського</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
-          <t>Факультет соціології та соціальної політики</t>
+          <t>Факультет психології</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
-          <t>Факультет спеціальної та інклюзивної освіти</t>
+          <t>Факультет соціально-політичних наук</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
-          <t>Факультет технологій та дизайну</t>
+          <t>Факультет соціології та соціальної політики</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
-          <t>Факультет української філології та літературної творчості імені Андрія Малишка</t>
+          <t>Факультет спеціальної освіти та соціальної політики</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
-          <t>Факультет фізичного виховання, спорту і здоров'я</t>
+          <t>Факультет технологій та дизайну</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий військовий інститут</t>
+          <t>Факультет української філології та журналістики імені Андрія Малишка</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут перепідготовки та підвищення кваліфікації</t>
+          <t>Факультет фізичної культури і спорту</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут права та політології</t>
+          <t>Навчально-науковий військовий інститут</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут публічного управління та адміністрування</t>
+          <t>Навчально-науковий інститут перепідготовки та підвищення кваліфікації</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут філософії та освітньої політики</t>
+          <t>Навчально-науковий інститут права та політології</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
+          <t>Навчально-науковий інститут публічного управління та адміністрування</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="3" t="inlineStr">
+        <is>
+          <t>Навчально-науковий інститут філософії та освітньої політики</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="3" t="inlineStr">
+        <is>
           <t>Навчально-науковий центр доуніверситетської підготовки та підвищення кваліфікації</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:A20"/>
+  <autoFilter ref="A1:A22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>3924</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 24.04.2023 № 134-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -774,51 +788,51 @@
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -1148,51 +1162,51 @@
       </c>
       <c r="H10" s="9"/>
       <c r="I10" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 24.04.2023 № 134-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K540"/>
+  <dimension ref="A1:K538"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -5690,19564 +5704,19548 @@
           <t>УД 11017374</t>
         </is>
       </c>
       <c r="K102" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D103" s="3" t="inlineStr">
         <is>
-          <t>Дизайн одягу (взуття)</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E103" s="6" t="n">
-        <v>56960</v>
+        <v>56961</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
-          <t>Дизайн одягу</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="G103" s="3"/>
       <c r="H103" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I103" s="9"/>
       <c r="J103" s="8" t="inlineStr">
         <is>
           <t>УД 11017374</t>
         </is>
       </c>
       <c r="K103" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+        </is>
+      </c>
+      <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>56961</v>
+        <v>56806</v>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
-          <t>Дизайн середовища</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G104" s="3"/>
       <c r="H104" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I104" s="9"/>
+          <t>УД 11017438</t>
+        </is>
+      </c>
+      <c r="I104" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J104" s="8" t="inlineStr">
         <is>
-          <t>УД 11017374</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K104" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>56806</v>
+        <v>56881</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="G105" s="3"/>
       <c r="H105" s="8" t="inlineStr">
         <is>
-          <t>УД 11017438</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I105" s="9"/>
       <c r="J105" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K105" s="9"/>
+          <t>УД 11017375</t>
+        </is>
+      </c>
+      <c r="K105" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>56881</v>
+        <v>56882</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G106" s="3"/>
       <c r="H106" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I106" s="9"/>
       <c r="J106" s="8" t="inlineStr">
         <is>
-          <t>УД 11017375</t>
+          <t>УД 11017376</t>
         </is>
       </c>
       <c r="K106" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>028</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>56882</v>
+        <v>56957</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Менеджмент соціокультурних проєктів та креативних індустрій</t>
         </is>
       </c>
       <c r="G107" s="3"/>
       <c r="H107" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I107" s="9"/>
       <c r="J107" s="8" t="inlineStr">
         <is>
-          <t>УД 11017376</t>
+          <t>УД 11017377</t>
         </is>
       </c>
       <c r="K107" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>56957</v>
+        <v>56964</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурних проєктів та креативних індустрій</t>
+          <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="G108" s="3"/>
       <c r="H108" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I108" s="9"/>
       <c r="J108" s="8" t="inlineStr">
         <is>
           <t>УД 11017377</t>
         </is>
       </c>
       <c r="K108" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
-          <t>028</t>
+          <t>029</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>56964</v>
+        <v>57037</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Документно-інформаційний супровід кадрової роботи</t>
         </is>
       </c>
       <c r="G109" s="3"/>
       <c r="H109" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I109" s="9"/>
+          <t>УД 11017439</t>
+        </is>
+      </c>
+      <c r="I109" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J109" s="8" t="inlineStr">
         <is>
-          <t>УД 11017377</t>
+          <t>УД 11017378</t>
         </is>
       </c>
       <c r="K109" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>031</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>57037</v>
+        <v>56990</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
-          <t>Документно-інформаційний супровід кадрової роботи</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="G110" s="3"/>
       <c r="H110" s="8" t="inlineStr">
         <is>
-          <t>УД 11017439</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I110" s="9"/>
       <c r="J110" s="8" t="inlineStr">
         <is>
-          <t>УД 11017378</t>
+          <t>НД 000</t>
         </is>
       </c>
       <c r="K110" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
-          <t>031</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>56990</v>
+        <v>56966</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G111" s="3"/>
       <c r="H111" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I111" s="9"/>
       <c r="J111" s="8" t="inlineStr">
         <is>
-          <t>НД 000</t>
+          <t>УД 11017379</t>
         </is>
       </c>
       <c r="K111" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>56966</v>
+        <v>56962</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G112" s="3"/>
       <c r="H112" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I112" s="9"/>
       <c r="J112" s="8" t="inlineStr">
         <is>
-          <t>УД 11017379</t>
+          <t>НД -==</t>
         </is>
       </c>
       <c r="K112" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>56962</v>
+        <v>56958</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="G113" s="3"/>
       <c r="H113" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I113" s="9"/>
       <c r="J113" s="8" t="inlineStr">
         <is>
-          <t>НД -==</t>
+          <t>НД =</t>
         </is>
       </c>
       <c r="K113" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
-[...2 lines deleted...]
-      <c r="D114" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D114" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E114" s="6" t="n">
-        <v>56958</v>
+        <v>57176</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Переклад. Англійська мова та дві інші мови</t>
         </is>
       </c>
       <c r="G114" s="3"/>
       <c r="H114" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I114" s="9"/>
       <c r="J114" s="8" t="inlineStr">
         <is>
-          <t>НД =</t>
+          <t>УД 11017380</t>
         </is>
       </c>
       <c r="K114" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E115" s="6" t="n">
-        <v>57176</v>
+        <v>57177</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
-          <t>Переклад. Англійська мова та дві інші мови</t>
+          <t>Англійська мова і світова література та друга мова</t>
         </is>
       </c>
       <c r="G115" s="3"/>
       <c r="H115" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I115" s="9"/>
       <c r="J115" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K115" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D116" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E116" s="6" t="n">
-        <v>57177</v>
+        <v>57264</v>
       </c>
       <c r="F116" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і світова література та друга мова</t>
+          <t>Германська філологія (переклад включно) (Англійська мова і зарубіжна література)</t>
         </is>
       </c>
       <c r="G116" s="3"/>
       <c r="H116" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I116" s="9"/>
       <c r="J116" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K116" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D117" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E117" s="6" t="n">
-        <v>57264</v>
+        <v>57268</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
-          <t>Германська філологія (переклад включно) (Англійська мова і зарубіжна література)</t>
+          <t>Переклад. Англійська та німецька і російська мови</t>
         </is>
       </c>
       <c r="G117" s="3"/>
       <c r="H117" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I117" s="9"/>
       <c r="J117" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K117" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D118" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E118" s="6" t="n">
-        <v>57268</v>
+        <v>57269</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
-          <t>Переклад. Англійська та німецька і російська мови</t>
+          <t>Переклад. Англійська та французька і російська мови</t>
         </is>
       </c>
       <c r="G118" s="3"/>
       <c r="H118" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I118" s="9"/>
       <c r="J118" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K118" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E119" s="6" t="n">
-        <v>57269</v>
+        <v>57363</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
-          <t>Переклад. Англійська та французька і російська мови</t>
+          <t>Германська філологія (переклад включно) (англійська та німецька мови і зарубіжна література)</t>
         </is>
       </c>
       <c r="G119" s="3"/>
       <c r="H119" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I119" s="9"/>
       <c r="J119" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K119" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D120" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E120" s="6" t="n">
-        <v>57363</v>
+        <v>57364</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
-          <t>Германська філологія (переклад включно) (англійська та німецька мови і зарубіжна література)</t>
+          <t>Германська філологія (переклад включно) (англійська та французька мови і зарубіжна література)</t>
         </is>
       </c>
       <c r="G120" s="3"/>
       <c r="H120" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I120" s="9"/>
       <c r="J120" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K120" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E121" s="6" t="n">
-        <v>57364</v>
+        <v>57365</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
-          <t>Германська філологія (переклад включно) (англійська та французька мови і зарубіжна література)</t>
+          <t>Германська філологія (переклад включно) (англійська та українська мови і зарубіжна література)</t>
         </is>
       </c>
       <c r="G121" s="3"/>
       <c r="H121" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I121" s="9"/>
       <c r="J121" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K121" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D122" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E122" s="6" t="n">
-        <v>57365</v>
+        <v>57366</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
-          <t>Германська філологія (переклад включно) (англійська та українська мови і зарубіжна література)</t>
+          <t>Германська філологія (переклад включно) (англійська та японська мови і зарубіжна література)</t>
         </is>
       </c>
       <c r="G122" s="3"/>
       <c r="H122" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I122" s="9"/>
       <c r="J122" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K122" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D123" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E123" s="6" t="n">
-        <v>57366</v>
+        <v>57367</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
-          <t>Германська філологія (переклад включно) (англійська та японська мови і зарубіжна література)</t>
+          <t>Германська філологія (переклад включно) (англійська та китайська мови і зарубіжна література)</t>
         </is>
       </c>
       <c r="G123" s="3"/>
       <c r="H123" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I123" s="9"/>
       <c r="J123" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K123" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D124" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E124" s="6" t="n">
-        <v>57367</v>
+        <v>57368</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
-          <t>Германська філологія (переклад включно) (англійська та китайська мови і зарубіжна література)</t>
+          <t>Германська філологія (переклад включно) (англійська та турецька мови і зарубіжна література)</t>
         </is>
       </c>
       <c r="G124" s="3"/>
       <c r="H124" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I124" s="9"/>
       <c r="J124" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K124" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D125" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E125" s="6" t="n">
-        <v>57368</v>
+        <v>57531</v>
       </c>
       <c r="F125" s="3" t="inlineStr">
         <is>
-          <t>Германська філологія (переклад включно) (англійська та турецька мови і зарубіжна література)</t>
+          <t>Переклад. Англійська та німецька мови</t>
         </is>
       </c>
       <c r="G125" s="3"/>
       <c r="H125" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I125" s="9"/>
       <c r="J125" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K125" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D126" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E126" s="6" t="n">
-        <v>57531</v>
+        <v>59754</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
-          <t>Переклад. Англійська та німецька мови</t>
+          <t>Переклад. Англійська та французька мови</t>
         </is>
       </c>
       <c r="G126" s="3"/>
       <c r="H126" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I126" s="9"/>
       <c r="J126" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K126" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D127" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E127" s="6" t="n">
-        <v>59754</v>
+        <v>61942</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
-          <t>Переклад. Англійська та французька мови</t>
+          <t>Англійська мова і зарубіжна література та друга мова</t>
         </is>
       </c>
       <c r="G127" s="3"/>
       <c r="H127" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I127" s="9"/>
       <c r="J127" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K127" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D128" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E128" s="6" t="n">
-        <v>61942</v>
+        <v>62662</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і зарубіжна література та друга мова</t>
+          <t>Переклад. Англійська та друга іноземна мови</t>
         </is>
       </c>
       <c r="G128" s="3"/>
       <c r="H128" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I128" s="9"/>
       <c r="J128" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K128" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D129" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E129" s="6" t="n">
-        <v>62662</v>
+        <v>63099</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
-          <t>Переклад. Англійська та друга іноземна мови</t>
+          <t>Германська філологія (переклад включно) (англійська та польська мови і зарубіжна література)</t>
         </is>
       </c>
       <c r="G129" s="3"/>
       <c r="H129" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I129" s="9"/>
       <c r="J129" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K129" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D130" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E130" s="6" t="n">
-        <v>63099</v>
+        <v>63102</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
-          <t>Германська філологія (переклад включно) (англійська та польська мови і зарубіжна література)</t>
+          <t>Германська філологія (переклад включно) (англійська та арабська мови і зарубіжна література)</t>
         </is>
       </c>
       <c r="G130" s="3"/>
       <c r="H130" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I130" s="9"/>
       <c r="J130" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K130" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D131" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E131" s="6" t="n">
-        <v>63102</v>
+        <v>57175</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
-          <t>Германська філологія (переклад включно) (англійська та арабська мови і зарубіжна література)</t>
+          <t>Німецька мова і світова література та англійська мова</t>
         </is>
       </c>
       <c r="G131" s="3"/>
       <c r="H131" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I131" s="9"/>
       <c r="J131" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K131" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D132" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E132" s="6" t="n">
-        <v>57175</v>
+        <v>57369</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова і світова література та англійська мова</t>
+          <t>Германська філологія (переклад включно) (німецька та англійська мови і зарубіжна література)</t>
         </is>
       </c>
       <c r="G132" s="3"/>
       <c r="H132" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I132" s="9"/>
       <c r="J132" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K132" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D133" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E133" s="6" t="n">
-        <v>57369</v>
+        <v>61943</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
-          <t>Германська філологія (переклад включно) (німецька та англійська мови і зарубіжна література)</t>
+          <t>Німецька мова і зарубіжна література та англійська мова</t>
         </is>
       </c>
       <c r="G133" s="3"/>
       <c r="H133" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I133" s="9"/>
       <c r="J133" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K133" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D134" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E134" s="6" t="n">
-        <v>61943</v>
+        <v>57174</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова і зарубіжна література та англійська мова</t>
+          <t>Прикладна лінгвістика. Англійська та друга мова</t>
         </is>
       </c>
       <c r="G134" s="3"/>
       <c r="H134" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I134" s="9"/>
       <c r="J134" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K134" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D135" s="3" t="inlineStr">
         <is>
           <t>прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E135" s="6" t="n">
-        <v>57174</v>
+        <v>57375</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика. Англійська та друга мова</t>
+          <t>Прикладна лінгвістика та англійська, німецька мови</t>
         </is>
       </c>
       <c r="G135" s="3"/>
       <c r="H135" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I135" s="9"/>
       <c r="J135" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K135" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D136" s="3" t="inlineStr">
         <is>
           <t>прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E136" s="6" t="n">
-        <v>57375</v>
+        <v>62664</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика та англійська, німецька мови</t>
+          <t>Прикладна лінгвістика. Англійська та друга іноземна мови</t>
         </is>
       </c>
       <c r="G136" s="3"/>
       <c r="H136" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I136" s="9"/>
       <c r="J136" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K136" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D137" s="3" t="inlineStr">
         <is>
-          <t>прикладна лінгвістика</t>
+          <t>романські мови та літератури (переклад включно), перша - іспанська</t>
         </is>
       </c>
       <c r="E137" s="6" t="n">
-        <v>62664</v>
+        <v>57171</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика. Англійська та друга іноземна мови</t>
+          <t>Іспанська мова і світова література та англійська мова</t>
         </is>
       </c>
       <c r="G137" s="3"/>
       <c r="H137" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I137" s="9"/>
       <c r="J137" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K137" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D138" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - іспанська</t>
         </is>
       </c>
       <c r="E138" s="6" t="n">
-        <v>57171</v>
+        <v>57372</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
-          <t>Іспанська мова і світова література та англійська мова</t>
+          <t>Романська філологія (переклад включно) (іспанська та англійська мови і зарубіжна література)</t>
         </is>
       </c>
       <c r="G138" s="3"/>
       <c r="H138" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I138" s="9"/>
       <c r="J138" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K138" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D139" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - іспанська</t>
         </is>
       </c>
       <c r="E139" s="6" t="n">
-        <v>57372</v>
+        <v>61946</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
-          <t>Романська філологія (переклад включно) (іспанська та англійська мови і зарубіжна література)</t>
+          <t>Іспанська мова і зарубіжна література та англійська мова</t>
         </is>
       </c>
       <c r="G139" s="3"/>
       <c r="H139" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I139" s="9"/>
       <c r="J139" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K139" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D140" s="3" t="inlineStr">
         <is>
-          <t>романські мови та літератури (переклад включно), перша - іспанська</t>
+          <t>романські мови та літератури (переклад включно), перша - італійська</t>
         </is>
       </c>
       <c r="E140" s="6" t="n">
-        <v>61946</v>
+        <v>57172</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
-          <t>Іспанська мова і зарубіжна література та англійська мова</t>
+          <t>Італійська мова і світова література та англійська мова</t>
         </is>
       </c>
       <c r="G140" s="3"/>
       <c r="H140" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I140" s="9"/>
       <c r="J140" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K140" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D141" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - італійська</t>
         </is>
       </c>
       <c r="E141" s="6" t="n">
-        <v>57172</v>
+        <v>57371</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
-          <t>Італійська мова і світова література та англійська мова</t>
+          <t>Романська філологія (переклад включно) (італійська та англійська мови і зарубіжна література)</t>
         </is>
       </c>
       <c r="G141" s="3"/>
       <c r="H141" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I141" s="9"/>
       <c r="J141" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K141" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D142" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - італійська</t>
         </is>
       </c>
       <c r="E142" s="6" t="n">
-        <v>57371</v>
+        <v>61945</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
-          <t>Романська філологія (переклад включно) (італійська та англійська мови і зарубіжна література)</t>
+          <t>Італійська мова і зарубіжна література та англійська мова</t>
         </is>
       </c>
       <c r="G142" s="3"/>
       <c r="H142" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I142" s="9"/>
       <c r="J142" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K142" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
-          <t>романські мови та літератури (переклад включно), перша - італійська</t>
+          <t>романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E143" s="6" t="n">
-        <v>61945</v>
+        <v>57173</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
-          <t>Італійська мова і зарубіжна література та англійська мова</t>
+          <t>Французька мова і світова література та англійська мова</t>
         </is>
       </c>
       <c r="G143" s="3"/>
       <c r="H143" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I143" s="9"/>
       <c r="J143" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K143" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D144" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E144" s="6" t="n">
-        <v>57173</v>
+        <v>57370</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
-          <t>Французька мова і світова література та англійська мова</t>
+          <t>Романська філологія (переклад включно) (французька та англійська мови і зарубіжна література)</t>
         </is>
       </c>
       <c r="G144" s="3"/>
       <c r="H144" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I144" s="9"/>
       <c r="J144" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K144" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D145" s="3" t="inlineStr">
         <is>
           <t>романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E145" s="6" t="n">
-        <v>57370</v>
+        <v>61944</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
-          <t>Романська філологія (переклад включно) (французька та англійська мови і зарубіжна література)</t>
+          <t>Французька мова і зарубіжна література та англійська мова</t>
         </is>
       </c>
       <c r="G145" s="3"/>
       <c r="H145" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I145" s="9"/>
       <c r="J145" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K145" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D146" s="3" t="inlineStr">
         <is>
-          <t>романські мови та літератури (переклад включно), перша - французька</t>
+          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E146" s="6" t="n">
-        <v>61944</v>
+        <v>59860</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
-          <t>Французька мова і зарубіжна література та англійська мова</t>
+          <t>Польська мова і світова література та англійська мова</t>
         </is>
       </c>
       <c r="G146" s="3"/>
       <c r="H146" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I146" s="9"/>
       <c r="J146" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K146" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D147" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E147" s="6" t="n">
-        <v>59860</v>
+        <v>61948</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
-          <t>Польська мова і світова література та англійська мова</t>
+          <t>Польська мова і зарубіжна література та англійська мова</t>
         </is>
       </c>
       <c r="G147" s="3"/>
       <c r="H147" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I147" s="9"/>
       <c r="J147" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K147" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D148" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E148" s="6" t="n">
-        <v>61948</v>
+        <v>65025</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
-          <t>Польська мова і зарубіжна література та англійська мова</t>
+          <t>Польська мова і зарубіжна література та українська мова</t>
         </is>
       </c>
       <c r="G148" s="3"/>
       <c r="H148" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I148" s="9"/>
       <c r="J148" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K148" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D149" s="3" t="inlineStr">
         <is>
-          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
+          <t>слов’янські мови та літератури (переклад включно), перша - російська</t>
         </is>
       </c>
       <c r="E149" s="6" t="n">
-        <v>65025</v>
+        <v>57373</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
-          <t>Польська мова і зарубіжна література та українська мова</t>
+          <t>Слов’янська філологія (переклад включно) (російська та англійська мови і зарубіжна література)</t>
         </is>
       </c>
       <c r="G149" s="3"/>
       <c r="H149" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I149" s="9"/>
       <c r="J149" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K149" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D150" s="3" t="inlineStr">
         <is>
-          <t>слов’янські мови та літератури (переклад включно), перша - російська</t>
+          <t>українська мова та література</t>
         </is>
       </c>
       <c r="E150" s="6" t="n">
-        <v>57373</v>
+        <v>57088</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
-          <t>Слов’янська філологія (переклад включно) (російська та англійська мови і зарубіжна література)</t>
+          <t>Філологія (Українська мова та література)</t>
         </is>
       </c>
       <c r="G150" s="3"/>
       <c r="H150" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I150" s="9"/>
       <c r="J150" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K150" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D151" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E151" s="6" t="n">
-        <v>57088</v>
+        <v>57090</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
-          <t>Філологія (Українська мова та література)</t>
+          <t>Філологія (Українська мова та література) і літературне редагування</t>
         </is>
       </c>
       <c r="G151" s="3"/>
       <c r="H151" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I151" s="9"/>
       <c r="J151" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K151" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D152" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E152" s="6" t="n">
-        <v>57090</v>
+        <v>57091</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
-          <t>Філологія (Українська мова та література) і літературне редагування</t>
+          <t>Філологія (Українська мова та література, друга мова - англійська)</t>
         </is>
       </c>
       <c r="G152" s="3"/>
       <c r="H152" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I152" s="9"/>
       <c r="J152" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K152" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D153" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E153" s="6" t="n">
-        <v>57091</v>
+        <v>57092</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
-          <t>Філологія (Українська мова та література, друга мова - англійська)</t>
+          <t>Філологія (Українська мова та література, літературне редагування)</t>
         </is>
       </c>
       <c r="G153" s="3"/>
       <c r="H153" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I153" s="9"/>
       <c r="J153" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K153" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D154" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E154" s="6" t="n">
-        <v>57092</v>
+        <v>57093</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
-          <t>Філологія (Українська мова та література, літературне редагування)</t>
+          <t>Філологія (Українська мова та література, англійська мова)</t>
         </is>
       </c>
       <c r="G154" s="3"/>
       <c r="H154" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I154" s="9"/>
       <c r="J154" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K154" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>57093</v>
+        <v>56908</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
-          <t>Філологія (Українська мова та література, англійська мова)</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G155" s="3"/>
       <c r="H155" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I155" s="9"/>
       <c r="J155" s="8" t="inlineStr">
         <is>
-          <t>УД 11017380</t>
+          <t>УД 11017381</t>
         </is>
       </c>
       <c r="K155" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B156" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>56908</v>
+        <v>56911</v>
       </c>
       <c r="F156" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G156" s="3"/>
       <c r="H156" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I156" s="9"/>
       <c r="J156" s="8" t="inlineStr">
         <is>
-          <t>УД 11017381</t>
+          <t>УД 11017382</t>
         </is>
       </c>
       <c r="K156" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B157" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>56911</v>
+        <v>56796</v>
       </c>
       <c r="F157" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія розвитку особистості</t>
         </is>
       </c>
       <c r="G157" s="3"/>
       <c r="H157" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I157" s="9"/>
       <c r="J157" s="8" t="inlineStr">
         <is>
-          <t>УД 11017382</t>
+          <t>УД 11017383</t>
         </is>
       </c>
       <c r="K157" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>56796</v>
+        <v>56807</v>
       </c>
       <c r="F158" s="3" t="inlineStr">
         <is>
-          <t>Психологія розвитку особистості</t>
+          <t>Практична психологія</t>
         </is>
       </c>
       <c r="G158" s="3"/>
       <c r="H158" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I158" s="9"/>
       <c r="J158" s="8" t="inlineStr">
         <is>
           <t>УД 11017383</t>
         </is>
       </c>
       <c r="K158" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B159" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>56807</v>
+        <v>56828</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
-          <t>Практична психологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G159" s="3"/>
       <c r="H159" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I159" s="9"/>
       <c r="J159" s="8" t="inlineStr">
         <is>
           <t>УД 11017383</t>
         </is>
       </c>
       <c r="K159" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B160" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>56828</v>
+        <v>56829</v>
       </c>
       <c r="F160" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Психологія врегулювання конфліктів</t>
         </is>
       </c>
       <c r="G160" s="3"/>
       <c r="H160" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I160" s="9"/>
       <c r="J160" s="8" t="inlineStr">
         <is>
           <t>УД 11017383</t>
         </is>
       </c>
       <c r="K160" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B161" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>56829</v>
+        <v>56830</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
-          <t>Психологія врегулювання конфліктів</t>
+          <t>Консультативна психологія</t>
         </is>
       </c>
       <c r="G161" s="3"/>
       <c r="H161" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I161" s="9"/>
       <c r="J161" s="8" t="inlineStr">
         <is>
           <t>УД 11017383</t>
         </is>
       </c>
       <c r="K161" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B162" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>56830</v>
+        <v>56831</v>
       </c>
       <c r="F162" s="3" t="inlineStr">
         <is>
-          <t>Консультативна психологія</t>
+          <t>Психологічне консультування</t>
         </is>
       </c>
       <c r="G162" s="3"/>
       <c r="H162" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I162" s="9"/>
       <c r="J162" s="8" t="inlineStr">
         <is>
           <t>УД 11017383</t>
         </is>
       </c>
       <c r="K162" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B163" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>56831</v>
+        <v>56843</v>
       </c>
       <c r="F163" s="3" t="inlineStr">
         <is>
-          <t>Психологічне консультування</t>
+          <t>Політична психологія</t>
         </is>
       </c>
       <c r="G163" s="3"/>
       <c r="H163" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I163" s="9"/>
       <c r="J163" s="8" t="inlineStr">
         <is>
           <t>УД 11017383</t>
         </is>
       </c>
       <c r="K163" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B164" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>56843</v>
+        <v>57028</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
-          <t>Політична психологія</t>
+          <t>Психологія (Спеціальна, клінічна)</t>
         </is>
       </c>
       <c r="G164" s="3"/>
       <c r="H164" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I164" s="9"/>
       <c r="J164" s="8" t="inlineStr">
         <is>
           <t>УД 11017383</t>
         </is>
       </c>
       <c r="K164" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B165" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>57028</v>
+        <v>65038</v>
       </c>
       <c r="F165" s="3" t="inlineStr">
         <is>
-          <t>Психологія (Спеціальна, клінічна)</t>
+          <t>Кризова психологія</t>
         </is>
       </c>
       <c r="G165" s="3"/>
       <c r="H165" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I165" s="9"/>
       <c r="J165" s="8" t="inlineStr">
         <is>
           <t>УД 11017383</t>
         </is>
       </c>
       <c r="K165" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B166" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>65038</v>
+        <v>56910</v>
       </c>
       <c r="F166" s="3" t="inlineStr">
         <is>
-          <t>Кризова психологія</t>
+          <t>Соціальні комунікації та PR-технології</t>
         </is>
       </c>
       <c r="G166" s="3"/>
       <c r="H166" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I166" s="9"/>
+          <t>- 4121</t>
+        </is>
+      </c>
+      <c r="I166" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J166" s="8" t="inlineStr">
         <is>
-          <t>УД 11017383</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K166" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B167" s="8" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>56910</v>
+        <v>57038</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
-          <t>Соціальні комунікації та PR-технології</t>
+          <t>Видавнича справа та редагування</t>
         </is>
       </c>
       <c r="G167" s="3"/>
       <c r="H167" s="8" t="inlineStr">
         <is>
-          <t>- 4121</t>
+          <t>УД 11017440</t>
         </is>
       </c>
       <c r="I167" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J167" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K167" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B168" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>57038</v>
+        <v>65041</v>
       </c>
       <c r="F168" s="3" t="inlineStr">
         <is>
-          <t>Видавнича справа та редагування</t>
+          <t>Реклама та зв'язки з громадськістю</t>
         </is>
       </c>
       <c r="G168" s="3"/>
       <c r="H168" s="8" t="inlineStr">
         <is>
-          <t>УД 11017440</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I168" s="9"/>
       <c r="J168" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K168" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B169" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>65041</v>
+        <v>56909</v>
       </c>
       <c r="F169" s="3" t="inlineStr">
         <is>
-          <t>Реклама та зв'язки з громадськістю</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G169" s="3"/>
       <c r="H169" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I169" s="9"/>
       <c r="J169" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K169" s="9"/>
+          <t>УД 11017384</t>
+        </is>
+      </c>
+      <c r="K169" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B170" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>56909</v>
+        <v>56919</v>
       </c>
       <c r="F170" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G170" s="3"/>
       <c r="H170" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I170" s="9"/>
       <c r="J170" s="8" t="inlineStr">
         <is>
-          <t>УД 11017384</t>
+          <t>УД 11017385</t>
         </is>
       </c>
       <c r="K170" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B171" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>56919</v>
+        <v>57011</v>
       </c>
       <c r="F171" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G171" s="3"/>
       <c r="H171" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I171" s="9"/>
       <c r="J171" s="8" t="inlineStr">
         <is>
-          <t>УД 11017385</t>
+          <t>УД 11017386</t>
         </is>
       </c>
       <c r="K171" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B172" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>57011</v>
+        <v>57013</v>
       </c>
       <c r="F172" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Екологія антропогенно змінених територій</t>
         </is>
       </c>
       <c r="G172" s="3"/>
       <c r="H172" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I172" s="9"/>
       <c r="J172" s="8" t="inlineStr">
         <is>
           <t>УД 11017386</t>
         </is>
       </c>
       <c r="K172" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B173" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>57013</v>
+        <v>57017</v>
       </c>
       <c r="F173" s="3" t="inlineStr">
         <is>
-          <t>Екологія антропогенно змінених територій</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="G173" s="3"/>
       <c r="H173" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I173" s="9"/>
       <c r="J173" s="8" t="inlineStr">
         <is>
-          <t>УД 11017386</t>
+          <t>УД 11017387</t>
         </is>
       </c>
       <c r="K173" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B174" s="8" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>57017</v>
+        <v>57021</v>
       </c>
       <c r="F174" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="G174" s="3"/>
       <c r="H174" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I174" s="9"/>
       <c r="J174" s="8" t="inlineStr">
         <is>
-          <t>УД 11017387</t>
+          <t>УД 11017388</t>
         </is>
       </c>
       <c r="K174" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B175" s="8" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>57021</v>
+        <v>64363</v>
       </c>
       <c r="F175" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="G175" s="3"/>
       <c r="H175" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I175" s="9"/>
       <c r="J175" s="8" t="inlineStr">
         <is>
-          <t>УД 11017388</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K175" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B176" s="8" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>64363</v>
+        <v>57022</v>
       </c>
       <c r="F176" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G176" s="3"/>
       <c r="H176" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I176" s="9"/>
       <c r="J176" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K176" s="9"/>
+          <t>НД --</t>
+        </is>
+      </c>
+      <c r="K176" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B177" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>57022</v>
+        <v>57023</v>
       </c>
       <c r="F177" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Програмно-інформаційні системи</t>
         </is>
       </c>
       <c r="G177" s="3"/>
       <c r="H177" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I177" s="9"/>
       <c r="J177" s="8" t="inlineStr">
         <is>
           <t>НД --</t>
         </is>
       </c>
       <c r="K177" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B178" s="8" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>57023</v>
+        <v>56821</v>
       </c>
       <c r="F178" s="3" t="inlineStr">
         <is>
-          <t>Програмно-інформаційні системи</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G178" s="3"/>
       <c r="H178" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I178" s="9"/>
       <c r="J178" s="8" t="inlineStr">
         <is>
-          <t>НД --</t>
+          <t>НД ==-</t>
         </is>
       </c>
       <c r="K178" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B179" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>56821</v>
+        <v>57027</v>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="G179" s="3"/>
       <c r="H179" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I179" s="9"/>
       <c r="J179" s="8" t="inlineStr">
         <is>
-          <t>НД ==-</t>
+          <t>НД =-</t>
         </is>
       </c>
       <c r="K179" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B180" s="8" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>57027</v>
+        <v>56899</v>
       </c>
       <c r="F180" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G180" s="3"/>
       <c r="H180" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I180" s="9"/>
       <c r="J180" s="8" t="inlineStr">
         <is>
-          <t>НД =-</t>
+          <t>УД 11017390</t>
         </is>
       </c>
       <c r="K180" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B181" s="8" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>56899</v>
+        <v>56907</v>
       </c>
       <c r="F181" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G181" s="3"/>
       <c r="H181" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I181" s="9"/>
       <c r="J181" s="8" t="inlineStr">
         <is>
-          <t>УД 11017390</t>
+          <t>УД 11017391</t>
         </is>
       </c>
       <c r="K181" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B182" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>56907</v>
+        <v>56913</v>
       </c>
       <c r="F182" s="3" t="inlineStr">
         <is>
-          <t>Соціальна педагогіка</t>
+          <t>Соціальна робота. Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G182" s="3"/>
       <c r="H182" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I182" s="9"/>
       <c r="J182" s="8" t="inlineStr">
         <is>
           <t>УД 11017391</t>
         </is>
       </c>
       <c r="K182" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B183" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>56913</v>
+        <v>56917</v>
       </c>
       <c r="F183" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота. Соціальна педагогіка</t>
+          <t>Соціальний захист населення</t>
         </is>
       </c>
       <c r="G183" s="3"/>
       <c r="H183" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I183" s="9"/>
+          <t>УД 11017441</t>
+        </is>
+      </c>
+      <c r="I183" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J183" s="8" t="inlineStr">
         <is>
           <t>УД 11017391</t>
         </is>
       </c>
       <c r="K183" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B184" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>56917</v>
+        <v>56918</v>
       </c>
       <c r="F184" s="3" t="inlineStr">
         <is>
-          <t>Соціальний захист населення</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G184" s="3"/>
       <c r="H184" s="8" t="inlineStr">
         <is>
-          <t>УД 11017441</t>
+          <t>УД 11017442</t>
         </is>
       </c>
       <c r="I184" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J184" s="8" t="inlineStr">
         <is>
           <t>УД 11017391</t>
         </is>
       </c>
       <c r="K184" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B185" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>232</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>56918</v>
+        <v>56912</v>
       </c>
       <c r="F185" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Соціальне інспектування</t>
         </is>
       </c>
       <c r="G185" s="3"/>
       <c r="H185" s="8" t="inlineStr">
         <is>
-          <t>УД 11017442</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I185" s="9"/>
       <c r="J185" s="8" t="inlineStr">
         <is>
-          <t>УД 11017391</t>
+          <t>УД 11017392</t>
         </is>
       </c>
       <c r="K185" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B186" s="8" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>56912</v>
+        <v>57016</v>
       </c>
       <c r="F186" s="3" t="inlineStr">
         <is>
-          <t>Соціальне інспектування</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G186" s="3"/>
       <c r="H186" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I186" s="9"/>
+          <t>- 4119</t>
+        </is>
+      </c>
+      <c r="I186" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J186" s="8" t="inlineStr">
         <is>
-          <t>УД 11017392</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K186" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B187" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
-        <v>57016</v>
+        <v>59765</v>
       </c>
       <c r="F187" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G187" s="3"/>
       <c r="H187" s="8" t="inlineStr">
         <is>
-          <t>- 4119</t>
+          <t>- 9293</t>
         </is>
       </c>
       <c r="I187" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J187" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K187" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B188" s="8" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>59765</v>
+        <v>61968</v>
       </c>
       <c r="F188" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G188" s="3"/>
       <c r="H188" s="8" t="inlineStr">
         <is>
-          <t>- 9293</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I188" s="9"/>
       <c r="J188" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K188" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B189" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
-        <v>61968</v>
+        <v>56827</v>
       </c>
       <c r="F189" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Міжнародна інформація</t>
         </is>
       </c>
       <c r="G189" s="3"/>
       <c r="H189" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I189" s="9"/>
       <c r="J189" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K189" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B190" s="8" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
-        <v>56827</v>
+        <v>56845</v>
       </c>
       <c r="F190" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна інформація</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="G190" s="3"/>
       <c r="H190" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I190" s="9"/>
       <c r="J190" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K190" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B191" s="8" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
-        <v>56845</v>
+        <v>81024</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G191" s="3"/>
       <c r="H191" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I191" s="9"/>
       <c r="J191" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K191" s="9"/>
+          <t>УД 11017352</t>
+        </is>
+      </c>
+      <c r="K191" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B192" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>81024</v>
+        <v>81026</v>
       </c>
       <c r="F192" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G192" s="3"/>
       <c r="H192" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I192" s="9"/>
       <c r="J192" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K192" s="9"/>
+          <t>УД 11017353</t>
+        </is>
+      </c>
+      <c r="K192" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B193" s="8" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D193" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D193" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E193" s="6" t="n">
-        <v>81026</v>
+        <v>81095</v>
       </c>
       <c r="F193" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Середня освіта (англійська мова і зарубіжна література та друга мова)</t>
         </is>
       </c>
       <c r="G193" s="3"/>
       <c r="H193" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I193" s="9"/>
       <c r="J193" s="8" t="inlineStr">
         <is>
-          <t>УД 11017353</t>
+          <t>УД 11017355</t>
         </is>
       </c>
       <c r="K193" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B194" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D194" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E194" s="6" t="n">
-        <v>81095</v>
+        <v>81089</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (англійська мова і зарубіжна література та друга мова)</t>
+          <t>Середня освіта (Біологія та здоров'я людини)</t>
         </is>
       </c>
       <c r="G194" s="3"/>
       <c r="H194" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I194" s="9"/>
       <c r="J194" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K194" s="9"/>
+          <t>УД 11017364</t>
+        </is>
+      </c>
+      <c r="K194" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B195" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D195" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E195" s="6" t="n">
-        <v>81089</v>
+        <v>81090</v>
       </c>
       <c r="F195" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Біологія та здоров'я людини)</t>
+          <t>Середня освіта (Географія)</t>
         </is>
       </c>
       <c r="G195" s="3"/>
       <c r="H195" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I195" s="9"/>
       <c r="J195" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K195" s="9"/>
+          <t>УД 11017366</t>
+        </is>
+      </c>
+      <c r="K195" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B196" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D196" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Захист України</t>
         </is>
       </c>
       <c r="E196" s="6" t="n">
-        <v>81090</v>
+        <v>81072</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Географія)</t>
+          <t>Середня освіта (Захист України)</t>
         </is>
       </c>
       <c r="G196" s="3"/>
       <c r="H196" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I196" s="9"/>
       <c r="J196" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K196" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B197" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D197" s="3" t="inlineStr">
         <is>
-          <t>Захист України</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E197" s="6" t="n">
-        <v>81072</v>
+        <v>81093</v>
       </c>
       <c r="F197" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Захист України)</t>
+          <t>Середня освіта (Інформатика)</t>
         </is>
       </c>
       <c r="G197" s="3"/>
       <c r="H197" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I197" s="9"/>
       <c r="J197" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K197" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B198" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D198" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E198" s="6" t="n">
-        <v>81093</v>
+        <v>81076</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Інформатика)</t>
+          <t>Середня освіта (Історія та громадянська освіта)</t>
         </is>
       </c>
       <c r="G198" s="3"/>
       <c r="H198" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I198" s="9"/>
       <c r="J198" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K198" s="9"/>
+          <t>УД 11017361</t>
+        </is>
+      </c>
+      <c r="K198" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B199" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D199" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E199" s="6" t="n">
-        <v>81076</v>
+        <v>81077</v>
       </c>
       <c r="F199" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Історія та громадянська освіта)</t>
+          <t>Середня освіта (Історія та суспільно-політична освіта)</t>
         </is>
       </c>
       <c r="G199" s="3"/>
       <c r="H199" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I199" s="9"/>
       <c r="J199" s="8" t="inlineStr">
         <is>
           <t>УД 11017361</t>
         </is>
       </c>
       <c r="K199" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B200" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D200" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E200" s="6" t="n">
-        <v>81077</v>
+        <v>81091</v>
       </c>
       <c r="F200" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Історія та суспільно-політична освіта)</t>
+          <t>Середня освіта (Математика)</t>
         </is>
       </c>
       <c r="G200" s="3"/>
       <c r="H200" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I200" s="9"/>
       <c r="J200" s="8" t="inlineStr">
         <is>
-          <t>УД 11017361</t>
+          <t>УД 11017362</t>
         </is>
       </c>
       <c r="K200" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B201" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D201" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E201" s="6" t="n">
-        <v>81091</v>
+        <v>81087</v>
       </c>
       <c r="F201" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Математика)</t>
+          <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G201" s="3"/>
       <c r="H201" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I201" s="9"/>
       <c r="J201" s="8" t="inlineStr">
         <is>
-          <t>УД 11017362</t>
+          <t>УД 11017370</t>
         </is>
       </c>
       <c r="K201" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B202" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D202" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E202" s="6" t="n">
-        <v>81087</v>
+        <v>80185</v>
       </c>
       <c r="F202" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Музичне мистецтво)</t>
+          <t>Позашкільна освіта</t>
         </is>
       </c>
       <c r="G202" s="3"/>
       <c r="H202" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I202" s="9"/>
       <c r="J202" s="8" t="inlineStr">
         <is>
-          <t>УД 11017370</t>
+          <t>УД 11017368</t>
         </is>
       </c>
       <c r="K202" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B203" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D203" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E203" s="6" t="n">
-        <v>80185</v>
+        <v>81078</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
-          <t>Позашкільна освіта</t>
+          <t>Середня освіта (Технології та інформатика)</t>
         </is>
       </c>
       <c r="G203" s="3"/>
       <c r="H203" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I203" s="9"/>
       <c r="J203" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K203" s="9"/>
+          <t>УД 11017368</t>
+        </is>
+      </c>
+      <c r="K203" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B204" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D204" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E204" s="6" t="n">
-        <v>81078</v>
+        <v>81074</v>
       </c>
       <c r="F204" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Технології та інформатика)</t>
+          <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G204" s="3"/>
       <c r="H204" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I204" s="9"/>
       <c r="J204" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K204" s="9"/>
+          <t>УД 11017354</t>
+        </is>
+      </c>
+      <c r="K204" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B205" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D205" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E205" s="6" t="n">
-        <v>81074</v>
+        <v>81092</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Українська мова і література)</t>
+          <t>Середня освіта (Фізика та астрономія)</t>
         </is>
       </c>
       <c r="G205" s="3"/>
       <c r="H205" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I205" s="9"/>
       <c r="J205" s="8" t="inlineStr">
         <is>
-          <t>УД 11017354</t>
+          <t>УД 11017367</t>
         </is>
       </c>
       <c r="K205" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B206" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D206" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E206" s="6" t="n">
-        <v>81092</v>
+        <v>81073</v>
       </c>
       <c r="F206" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізика та астрономія)</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G206" s="3"/>
       <c r="H206" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I206" s="9"/>
       <c r="J206" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K206" s="9"/>
+          <t>УД 11017369</t>
+        </is>
+      </c>
+      <c r="K206" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B207" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D207" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="E207" s="6" t="n">
-        <v>81073</v>
+        <v>81088</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Середня освіта (Хімія)</t>
         </is>
       </c>
       <c r="G207" s="3"/>
       <c r="H207" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I207" s="9"/>
       <c r="J207" s="8" t="inlineStr">
         <is>
-          <t>УД 11017369</t>
+          <t>УД 11017365</t>
         </is>
       </c>
       <c r="K207" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B208" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D208" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E208" s="6" t="n">
-        <v>81088</v>
+        <v>81081</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Хімія)</t>
+          <t>Професійна освіта (Харчові технології)</t>
         </is>
       </c>
       <c r="G208" s="3"/>
       <c r="H208" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I208" s="9"/>
       <c r="J208" s="8" t="inlineStr">
         <is>
-          <t>УД 11017365</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K208" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B209" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D209" s="3" t="inlineStr">
         <is>
-          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
+          <t>Електроніка, метрологія та радіотелекомунікації</t>
         </is>
       </c>
       <c r="E209" s="6" t="n">
-        <v>81081</v>
+        <v>81094</v>
       </c>
       <c r="F209" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта (Харчові технології)</t>
+          <t>Професійна освіта. Документаційні процеси в електроніці, метрології та радіотелекомунікації</t>
         </is>
       </c>
       <c r="G209" s="3"/>
       <c r="H209" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I209" s="9"/>
       <c r="J209" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K209" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B210" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D210" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, метрологія та радіотелекомунікації</t>
+          <t>Енергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="E210" s="6" t="n">
-        <v>81094</v>
+        <v>81080</v>
       </c>
       <c r="F210" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта. Документаційні процеси в електроніці, метрології та радіотелекомунікації</t>
+          <t>Енергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G210" s="3"/>
       <c r="H210" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I210" s="9"/>
       <c r="J210" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K210" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B211" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D211" s="3" t="inlineStr">
         <is>
-          <t>Енергетика, електротехніка та електромеханіка</t>
+          <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E211" s="6" t="n">
-        <v>81080</v>
+        <v>81079</v>
       </c>
       <c r="F211" s="3" t="inlineStr">
         <is>
-          <t>Енергетика, електротехніка та електромеханіка</t>
+          <t>Професійна освіта (Цифрові технології)</t>
         </is>
       </c>
       <c r="G211" s="3"/>
       <c r="H211" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I211" s="9"/>
       <c r="J211" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K211" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B212" s="8" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D212" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E212" s="6" t="n">
-        <v>81079</v>
+        <v>81083</v>
       </c>
       <c r="F212" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта (Цифрові технології)</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="G212" s="3"/>
       <c r="H212" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I212" s="9"/>
       <c r="J212" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K212" s="9"/>
+          <t>УД 11017373</t>
+        </is>
+      </c>
+      <c r="K212" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B213" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D213" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E213" s="6" t="n">
-        <v>81083</v>
+        <v>81082</v>
       </c>
       <c r="F213" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="G213" s="3"/>
       <c r="H213" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I213" s="9"/>
       <c r="J213" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K213" s="9"/>
+          <t>УД 11017373</t>
+        </is>
+      </c>
+      <c r="K213" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B214" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D214" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Ортопедагогіка</t>
         </is>
       </c>
       <c r="E214" s="6" t="n">
-        <v>81082</v>
+        <v>81084</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Ортопедагогіка</t>
         </is>
       </c>
       <c r="G214" s="3"/>
       <c r="H214" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I214" s="9"/>
       <c r="J214" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K214" s="9"/>
+          <t>УД 11017373</t>
+        </is>
+      </c>
+      <c r="K214" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B215" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D215" s="3" t="inlineStr">
         <is>
-          <t>Ортопедагогіка</t>
+          <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="E215" s="6" t="n">
-        <v>81084</v>
+        <v>81085</v>
       </c>
       <c r="F215" s="3" t="inlineStr">
         <is>
-          <t>Ортопедагогіка</t>
+          <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="G215" s="3"/>
       <c r="H215" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I215" s="9"/>
       <c r="J215" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K215" s="9"/>
+          <t>УД 11017373</t>
+        </is>
+      </c>
+      <c r="K215" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B216" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D216" s="3" t="inlineStr">
         <is>
-          <t>Сурдопедагогіка</t>
+          <t>Тифлопедагогіка</t>
         </is>
       </c>
       <c r="E216" s="6" t="n">
-        <v>81085</v>
+        <v>81086</v>
       </c>
       <c r="F216" s="3" t="inlineStr">
         <is>
-          <t>Сурдопедагогіка</t>
+          <t>Тифлопедагогіка</t>
         </is>
       </c>
       <c r="G216" s="3"/>
       <c r="H216" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I216" s="9"/>
       <c r="J216" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K216" s="9"/>
+          <t>УД 11017373</t>
+        </is>
+      </c>
+      <c r="K216" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B217" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>81086</v>
+        <v>81030</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
-          <t>Тифлопедагогіка</t>
+          <t>Фізкультурно-спортивне відновлення</t>
         </is>
       </c>
       <c r="G217" s="3"/>
       <c r="H217" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I217" s="9"/>
       <c r="J217" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K217" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B218" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
-        <v>81030</v>
+        <v>81031</v>
       </c>
       <c r="F218" s="3" t="inlineStr">
         <is>
-          <t>Фізкультурно-спортивне відновлення</t>
+          <t>Фітнес та здоров`я формувальна діяльність</t>
         </is>
       </c>
       <c r="G218" s="3"/>
       <c r="H218" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I218" s="9"/>
       <c r="J218" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K218" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B219" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
-        <v>81031</v>
+        <v>81032</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
-          <t>Фітнес та здоров`я формувальна діяльність</t>
+          <t>Спорт</t>
         </is>
       </c>
       <c r="G219" s="3"/>
       <c r="H219" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I219" s="9"/>
+          <t>- 14895</t>
+        </is>
+      </c>
+      <c r="I219" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J219" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K219" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B220" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
-        <v>81032</v>
+        <v>87649</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
-          <t>Спорт</t>
+          <t>Адаптивний спорт</t>
         </is>
       </c>
       <c r="G220" s="3"/>
       <c r="H220" s="8" t="inlineStr">
         <is>
-          <t>- 14895</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I220" s="9"/>
       <c r="J220" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K220" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B221" s="8" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
-        <v>87649</v>
+        <v>81055</v>
       </c>
       <c r="F221" s="3" t="inlineStr">
         <is>
-          <t>Адаптивний спорт</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G221" s="3"/>
       <c r="H221" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I221" s="9"/>
       <c r="J221" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K221" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B222" s="8" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
-[...2 lines deleted...]
-      <c r="D222" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D222" s="3" t="inlineStr">
+        <is>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E222" s="6" t="n">
-        <v>81055</v>
+        <v>81097</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Англійська мова і зарубіжна література та друга мова</t>
         </is>
       </c>
       <c r="G222" s="3"/>
       <c r="H222" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I222" s="9"/>
       <c r="J222" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K222" s="9"/>
+          <t>УД 11017380</t>
+        </is>
+      </c>
+      <c r="K222" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B223" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D223" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E223" s="6" t="n">
-        <v>81097</v>
+        <v>81098</v>
       </c>
       <c r="F223" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і зарубіжна література та друга мова</t>
+          <t>Переклад. Англійська та друга іноземна мови</t>
         </is>
       </c>
       <c r="G223" s="3"/>
       <c r="H223" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I223" s="9"/>
       <c r="J223" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K223" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B224" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D224" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E224" s="6" t="n">
-        <v>81098</v>
+        <v>81099</v>
       </c>
       <c r="F224" s="3" t="inlineStr">
         <is>
-          <t>Переклад. Англійська та друга іноземна мови</t>
+          <t>Прикладна лінгвістика. Англійська та друга іноземна мови</t>
         </is>
       </c>
       <c r="G224" s="3"/>
       <c r="H224" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I224" s="9"/>
       <c r="J224" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K224" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B225" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D225" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика</t>
+          <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E225" s="6" t="n">
-        <v>81099</v>
+        <v>81096</v>
       </c>
       <c r="F225" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика. Англійська та друга іноземна мови</t>
+          <t>Польська мова і зарубіжна література та українська мова</t>
         </is>
       </c>
       <c r="G225" s="3"/>
       <c r="H225" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I225" s="9"/>
       <c r="J225" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K225" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B226" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D226" s="3" t="inlineStr">
         <is>
-          <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
+          <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E226" s="6" t="n">
-        <v>81096</v>
+        <v>81075</v>
       </c>
       <c r="F226" s="3" t="inlineStr">
         <is>
-          <t>Польська мова і зарубіжна література та українська мова</t>
+          <t>Філологія (Українська мова та література)</t>
         </is>
       </c>
       <c r="G226" s="3"/>
       <c r="H226" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I226" s="9"/>
       <c r="J226" s="8" t="inlineStr">
         <is>
           <t>УД 11017380</t>
         </is>
       </c>
       <c r="K226" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B227" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B12</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Культурологія та музеєзнавство</t>
+        </is>
+      </c>
+      <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
-        <v>81075</v>
+        <v>81057</v>
       </c>
       <c r="F227" s="3" t="inlineStr">
         <is>
-          <t>Філологія (Українська мова та література)</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="G227" s="3"/>
       <c r="H227" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I227" s="9"/>
       <c r="J227" s="8" t="inlineStr">
         <is>
-          <t>УД 11017380</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K227" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B228" s="8" t="inlineStr">
         <is>
-          <t>B12</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
-          <t>Культурологія та музеєзнавство</t>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
-        <v>81057</v>
+        <v>81064</v>
       </c>
       <c r="F228" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Документно-інформаційний супровід кадрової роботи</t>
         </is>
       </c>
       <c r="G228" s="3"/>
       <c r="H228" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I228" s="9"/>
       <c r="J228" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K228" s="9"/>
+          <t>УД 11017378</t>
+        </is>
+      </c>
+      <c r="K228" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B229" s="8" t="inlineStr">
         <is>
-          <t>B13</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
-          <t>Бібліотечна, інформаційна та архівна справа</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
-        <v>81064</v>
+        <v>81039</v>
       </c>
       <c r="F229" s="3" t="inlineStr">
         <is>
-          <t>Документно-інформаційний супровід кадрової роботи</t>
+          <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="G229" s="3"/>
       <c r="H229" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I229" s="9"/>
       <c r="J229" s="8" t="inlineStr">
         <is>
-          <t>УД 11017378</t>
+          <t>УД 11017374</t>
         </is>
       </c>
       <c r="K229" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B230" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
-        <v>81039</v>
+        <v>81040</v>
       </c>
       <c r="F230" s="3" t="inlineStr">
         <is>
-          <t>Дизайн одягу (взуття)</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="G230" s="3"/>
       <c r="H230" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I230" s="9"/>
       <c r="J230" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K230" s="9"/>
+          <t>УД 11017374</t>
+        </is>
+      </c>
+      <c r="K230" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B231" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
-      <c r="D231" s="3"/>
+      <c r="D231" s="3" t="inlineStr">
+        <is>
+          <t>Графічний дизайн</t>
+        </is>
+      </c>
       <c r="E231" s="6" t="n">
-        <v>81040</v>
+        <v>81038</v>
       </c>
       <c r="F231" s="3" t="inlineStr">
         <is>
-          <t>Дизайн середовища</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="G231" s="3"/>
       <c r="H231" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I231" s="9"/>
       <c r="J231" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K231" s="9"/>
+          <t>УД 11017374</t>
+        </is>
+      </c>
+      <c r="K231" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B232" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D232" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Дизайн костюму</t>
         </is>
       </c>
       <c r="E232" s="6" t="n">
-        <v>81038</v>
+        <v>87743</v>
       </c>
       <c r="F232" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="G232" s="3"/>
       <c r="H232" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I232" s="9"/>
       <c r="J232" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K232" s="9"/>
+          <t>УД 11017374</t>
+        </is>
+      </c>
+      <c r="K232" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B233" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D233" s="3" t="inlineStr">
         <is>
-          <t>Дизайн костюму</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E233" s="6" t="n">
-        <v>87743</v>
+        <v>87742</v>
       </c>
       <c r="F233" s="3" t="inlineStr">
         <is>
-          <t>Дизайн одягу (взуття)</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="G233" s="3"/>
       <c r="H233" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I233" s="9"/>
       <c r="J233" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K233" s="9"/>
+          <t>УД 11017374</t>
+        </is>
+      </c>
+      <c r="K233" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B234" s="8" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D234" s="3" t="inlineStr">
         <is>
-          <t>Дизайн середовища</t>
+          <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E234" s="6" t="n">
-        <v>87742</v>
+        <v>81027</v>
       </c>
       <c r="F234" s="3" t="inlineStr">
         <is>
-          <t>Дизайн середовища</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G234" s="3"/>
       <c r="H234" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I234" s="9"/>
+          <t>УД 11017438</t>
+        </is>
+      </c>
+      <c r="I234" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J234" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K234" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B235" s="8" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D235" s="3"/>
       <c r="E235" s="6" t="n">
-        <v>81027</v>
+        <v>81043</v>
       </c>
       <c r="F235" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G235" s="3"/>
       <c r="H235" s="8" t="inlineStr">
         <is>
-          <t>УД 11017438</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I235" s="9"/>
       <c r="J235" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K235" s="9"/>
+          <t>УД 11017376</t>
+        </is>
+      </c>
+      <c r="K235" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B236" s="8" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D236" s="3"/>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D236" s="3" t="inlineStr">
+        <is>
+          <t>Хореографічне мистецтво</t>
+        </is>
+      </c>
       <c r="E236" s="6" t="n">
-        <v>81043</v>
+        <v>81042</v>
       </c>
       <c r="F236" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="G236" s="3"/>
       <c r="H236" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I236" s="9"/>
       <c r="J236" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K236" s="9"/>
+          <t>УД 11017375</t>
+        </is>
+      </c>
+      <c r="K236" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B237" s="8" t="inlineStr">
         <is>
-          <t>B6</t>
+          <t>B7</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
-          <t>Перформативні мистецтва</t>
-[...6 lines deleted...]
-      </c>
+          <t>Релігієзнавство</t>
+        </is>
+      </c>
+      <c r="D237" s="3"/>
       <c r="E237" s="6" t="n">
-        <v>81042</v>
+        <v>81054</v>
       </c>
       <c r="F237" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="G237" s="3"/>
       <c r="H237" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I237" s="9"/>
       <c r="J237" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K237" s="9"/>
+          <t>НД 000</t>
+        </is>
+      </c>
+      <c r="K237" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B238" s="8" t="inlineStr">
         <is>
-          <t>B7</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D238" s="3"/>
       <c r="E238" s="6" t="n">
-        <v>81054</v>
+        <v>81036</v>
       </c>
       <c r="F238" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G238" s="3"/>
       <c r="H238" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I238" s="9"/>
       <c r="J238" s="8" t="inlineStr">
         <is>
-          <t>НД 000</t>
+          <t>УД 11017379</t>
         </is>
       </c>
       <c r="K238" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B239" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
-[...2 lines deleted...]
-      <c r="D239" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D239" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E239" s="6" t="n">
-        <v>81036</v>
+        <v>81058</v>
       </c>
       <c r="F239" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G239" s="3"/>
       <c r="H239" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I239" s="9"/>
       <c r="J239" s="8" t="inlineStr">
         <is>
-          <t>УД 11017379</t>
+          <t>УД 11017381</t>
         </is>
       </c>
       <c r="K239" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B240" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Політологія</t>
+        </is>
+      </c>
+      <c r="D240" s="3"/>
       <c r="E240" s="6" t="n">
-        <v>81058</v>
+        <v>81071</v>
       </c>
       <c r="F240" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G240" s="3"/>
       <c r="H240" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I240" s="9"/>
       <c r="J240" s="8" t="inlineStr">
         <is>
-          <t>УД 11017381</t>
+          <t>УД 11017382</t>
         </is>
       </c>
       <c r="K240" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B241" s="8" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C3</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D241" s="3"/>
       <c r="E241" s="6" t="n">
-        <v>81071</v>
+        <v>81037</v>
       </c>
       <c r="F241" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Міжнародні відносини та суспільні комунікації</t>
         </is>
       </c>
       <c r="G241" s="3"/>
       <c r="H241" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I241" s="9"/>
       <c r="J241" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K241" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B242" s="8" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D242" s="3"/>
       <c r="E242" s="6" t="n">
-        <v>81037</v>
+        <v>81065</v>
       </c>
       <c r="F242" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини та суспільні комунікації</t>
+          <t>Міжнародна інформація</t>
         </is>
       </c>
       <c r="G242" s="3"/>
       <c r="H242" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I242" s="9"/>
       <c r="J242" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K242" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B243" s="8" t="inlineStr">
         <is>
-          <t>C3</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D243" s="3"/>
       <c r="E243" s="6" t="n">
-        <v>81065</v>
+        <v>81028</v>
       </c>
       <c r="F243" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна інформація</t>
+          <t>Практична психологія</t>
         </is>
       </c>
       <c r="G243" s="3"/>
       <c r="H243" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I243" s="9"/>
       <c r="J243" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K243" s="9"/>
+          <t>УД 11017383</t>
+        </is>
+      </c>
+      <c r="K243" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B244" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D244" s="3"/>
       <c r="E244" s="6" t="n">
-        <v>81028</v>
+        <v>81029</v>
       </c>
       <c r="F244" s="3" t="inlineStr">
         <is>
-          <t>Практична психологія</t>
+          <t>Кризова психологія</t>
         </is>
       </c>
       <c r="G244" s="3"/>
       <c r="H244" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I244" s="9"/>
       <c r="J244" s="8" t="inlineStr">
         <is>
           <t>УД 11017383</t>
         </is>
       </c>
       <c r="K244" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B245" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
-        <v>81029</v>
+        <v>81033</v>
       </c>
       <c r="F245" s="3" t="inlineStr">
         <is>
-          <t>Кризова психологія</t>
+          <t>Психологічне консультування</t>
         </is>
       </c>
       <c r="G245" s="3"/>
       <c r="H245" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I245" s="9"/>
       <c r="J245" s="8" t="inlineStr">
         <is>
           <t>УД 11017383</t>
         </is>
       </c>
       <c r="K245" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B246" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D246" s="3"/>
       <c r="E246" s="6" t="n">
-        <v>81033</v>
+        <v>81034</v>
       </c>
       <c r="F246" s="3" t="inlineStr">
         <is>
-          <t>Психологічне консультування</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G246" s="3"/>
       <c r="H246" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I246" s="9"/>
       <c r="J246" s="8" t="inlineStr">
         <is>
           <t>УД 11017383</t>
         </is>
       </c>
       <c r="K246" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B247" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D247" s="3"/>
       <c r="E247" s="6" t="n">
-        <v>81034</v>
+        <v>81035</v>
       </c>
       <c r="F247" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Психологія врегулювання конфліктів</t>
         </is>
       </c>
       <c r="G247" s="3"/>
       <c r="H247" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I247" s="9"/>
       <c r="J247" s="8" t="inlineStr">
         <is>
           <t>УД 11017383</t>
         </is>
       </c>
       <c r="K247" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B248" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D248" s="3"/>
       <c r="E248" s="6" t="n">
-        <v>81035</v>
+        <v>81041</v>
       </c>
       <c r="F248" s="3" t="inlineStr">
         <is>
-          <t>Психологія врегулювання конфліктів</t>
+          <t>Психологія (спеціальна, клінічна)</t>
         </is>
       </c>
       <c r="G248" s="3"/>
       <c r="H248" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I248" s="9"/>
       <c r="J248" s="8" t="inlineStr">
         <is>
           <t>УД 11017383</t>
         </is>
       </c>
       <c r="K248" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B249" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D249" s="3"/>
       <c r="E249" s="6" t="n">
-        <v>81041</v>
+        <v>81050</v>
       </c>
       <c r="F249" s="3" t="inlineStr">
         <is>
-          <t>Психологія (спеціальна, клінічна)</t>
+          <t>Соціальні комунікації та PR-технології</t>
         </is>
       </c>
       <c r="G249" s="3"/>
       <c r="H249" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I249" s="9"/>
+          <t>- 14896</t>
+        </is>
+      </c>
+      <c r="I249" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J249" s="8" t="inlineStr">
         <is>
-          <t>УД 11017383</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K249" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B250" s="8" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D250" s="3"/>
       <c r="E250" s="6" t="n">
-        <v>81050</v>
+        <v>79634</v>
       </c>
       <c r="F250" s="3" t="inlineStr">
         <is>
-          <t>Соціальні комунікації та PR-технології</t>
+          <t>Видавнича справа та редагування</t>
         </is>
       </c>
       <c r="G250" s="3"/>
       <c r="H250" s="8" t="inlineStr">
         <is>
-          <t>- 14896</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I250" s="9"/>
       <c r="J250" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K250" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B251" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D251" s="3"/>
       <c r="E251" s="6" t="n">
-        <v>79634</v>
+        <v>79636</v>
       </c>
       <c r="F251" s="3" t="inlineStr">
         <is>
-          <t>Видавнича справа та редагування</t>
+          <t>Журналістська діяльність і редагування</t>
         </is>
       </c>
       <c r="G251" s="3"/>
       <c r="H251" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I251" s="9"/>
       <c r="J251" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K251" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B252" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D252" s="3"/>
       <c r="E252" s="6" t="n">
-        <v>79636</v>
+        <v>83671</v>
       </c>
       <c r="F252" s="3" t="inlineStr">
         <is>
-          <t>Журналістська діяльність і редагування</t>
+          <t>Реклама та зв'язки з громадськістю</t>
         </is>
       </c>
       <c r="G252" s="3"/>
       <c r="H252" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I252" s="9"/>
       <c r="J252" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K252" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B253" s="8" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D253" s="3"/>
       <c r="E253" s="6" t="n">
-        <v>83671</v>
+        <v>81059</v>
       </c>
       <c r="F253" s="3" t="inlineStr">
         <is>
-          <t>Реклама та зв'язки з громадськістю</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G253" s="3"/>
       <c r="H253" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I253" s="9"/>
       <c r="J253" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K253" s="9"/>
+          <t>УД 11020951</t>
+        </is>
+      </c>
+      <c r="K253" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B254" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D254" s="3"/>
       <c r="E254" s="6" t="n">
-        <v>81059</v>
+        <v>81060</v>
       </c>
       <c r="F254" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="G254" s="3"/>
       <c r="H254" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I254" s="9"/>
       <c r="J254" s="8" t="inlineStr">
         <is>
           <t>УД 11020951</t>
         </is>
       </c>
       <c r="K254" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B255" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C255" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D255" s="3"/>
       <c r="E255" s="6" t="n">
-        <v>81060</v>
+        <v>81063</v>
       </c>
       <c r="F255" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G255" s="3"/>
       <c r="H255" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I255" s="9"/>
       <c r="J255" s="8" t="inlineStr">
         <is>
-          <t>УД 11020951</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K255" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B256" s="8" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C256" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D256" s="3"/>
       <c r="E256" s="6" t="n">
-        <v>81063</v>
+        <v>81062</v>
       </c>
       <c r="F256" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G256" s="3"/>
       <c r="H256" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I256" s="9"/>
       <c r="J256" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K256" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B257" s="8" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C257" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D257" s="3"/>
       <c r="E257" s="6" t="n">
-        <v>81062</v>
+        <v>69869</v>
       </c>
       <c r="F257" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G257" s="3"/>
       <c r="H257" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I257" s="9"/>
       <c r="J257" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K257" s="9"/>
+          <t>УД 11020953</t>
+        </is>
+      </c>
+      <c r="K257" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B258" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C258" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D258" s="3"/>
       <c r="E258" s="6" t="n">
-        <v>69869</v>
+        <v>81044</v>
       </c>
       <c r="F258" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G258" s="3"/>
       <c r="H258" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I258" s="9"/>
       <c r="J258" s="8" t="inlineStr">
         <is>
-          <t>УД 11020953</t>
+          <t>УД 11020954</t>
         </is>
       </c>
       <c r="K258" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B259" s="8" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C259" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D259" s="3"/>
       <c r="E259" s="6" t="n">
-        <v>81044</v>
+        <v>81046</v>
       </c>
       <c r="F259" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="G259" s="3"/>
       <c r="H259" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I259" s="9"/>
       <c r="J259" s="8" t="inlineStr">
         <is>
-          <t>УД 11020954</t>
+          <t>УД 11017388</t>
         </is>
       </c>
       <c r="K259" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B260" s="8" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D260" s="3"/>
       <c r="E260" s="6" t="n">
-        <v>81046</v>
+        <v>81047</v>
       </c>
       <c r="F260" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G260" s="3"/>
       <c r="H260" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I260" s="9"/>
       <c r="J260" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K260" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B261" s="8" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C261" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D261" s="3"/>
       <c r="E261" s="6" t="n">
-        <v>81047</v>
+        <v>81048</v>
       </c>
       <c r="F261" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G261" s="3"/>
       <c r="H261" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I261" s="9"/>
       <c r="J261" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K261" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B262" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D262" s="3"/>
       <c r="E262" s="6" t="n">
-        <v>81048</v>
+        <v>81049</v>
       </c>
       <c r="F262" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="G262" s="3"/>
       <c r="H262" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I262" s="9"/>
       <c r="J262" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K262" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B263" s="8" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C263" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D263" s="3"/>
       <c r="E263" s="6" t="n">
-        <v>81049</v>
+        <v>87340</v>
       </c>
       <c r="F263" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="G263" s="3"/>
       <c r="H263" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I263" s="9"/>
       <c r="J263" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K263" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B264" s="8" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D264" s="3"/>
       <c r="E264" s="6" t="n">
-        <v>87340</v>
+        <v>81051</v>
       </c>
       <c r="F264" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G264" s="3"/>
       <c r="H264" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I264" s="9"/>
+          <t>УД 11017442</t>
+        </is>
+      </c>
+      <c r="I264" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J264" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K264" s="9"/>
+          <t>УД 11017391</t>
+        </is>
+      </c>
+      <c r="K264" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B265" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C265" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D265" s="3"/>
       <c r="E265" s="6" t="n">
-        <v>81051</v>
+        <v>81052</v>
       </c>
       <c r="F265" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G265" s="3"/>
       <c r="H265" s="8" t="inlineStr">
         <is>
-          <t>УД 11017442</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I265" s="9"/>
       <c r="J265" s="8" t="inlineStr">
         <is>
           <t>УД 11017391</t>
         </is>
       </c>
       <c r="K265" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B266" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C266" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D266" s="3"/>
       <c r="E266" s="6" t="n">
-        <v>81052</v>
+        <v>81053</v>
       </c>
       <c r="F266" s="3" t="inlineStr">
         <is>
-          <t>Соціальна педагогіка</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="G266" s="3"/>
       <c r="H266" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I266" s="9"/>
       <c r="J266" s="8" t="inlineStr">
         <is>
           <t>УД 11017391</t>
         </is>
       </c>
       <c r="K266" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B267" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C267" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
-[...2 lines deleted...]
-      <c r="D267" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D267" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E267" s="6" t="n">
-        <v>81053</v>
+        <v>74765</v>
       </c>
       <c r="F267" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G267" s="3"/>
       <c r="H267" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I267" s="9"/>
       <c r="J267" s="8" t="inlineStr">
         <is>
-          <t>УД 11017391</t>
+          <t>УД 11017389</t>
         </is>
       </c>
       <c r="K267" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B268" s="8" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C268" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Туризм та рекреація</t>
+        </is>
+      </c>
+      <c r="D268" s="3"/>
       <c r="E268" s="6" t="n">
-        <v>74765</v>
+        <v>81045</v>
       </c>
       <c r="F268" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G268" s="3"/>
       <c r="H268" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I268" s="9"/>
+          <t>- 14894</t>
+        </is>
+      </c>
+      <c r="I268" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J268" s="8" t="inlineStr">
         <is>
-          <t>УД 11017389</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K268" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B269" s="8" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C269" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D269" s="3"/>
       <c r="E269" s="6" t="n">
-        <v>81045</v>
+        <v>56810</v>
       </c>
       <c r="F269" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
-[...2 lines deleted...]
-      <c r="G269" s="3"/>
+          <t>Педагогіка вищої школи</t>
+        </is>
+      </c>
+      <c r="G269" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H269" s="8" t="inlineStr">
         <is>
-          <t>- 14894</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I269" s="9"/>
       <c r="J269" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K269" s="9"/>
+          <t>УД 11017393</t>
+        </is>
+      </c>
+      <c r="K269" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B270" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C270" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D270" s="3"/>
       <c r="E270" s="6" t="n">
-        <v>56810</v>
+        <v>56920</v>
       </c>
       <c r="F270" s="3" t="inlineStr">
         <is>
-          <t>Педагогіка вищої школи</t>
+          <t>Наукова освіта та наукова комунікація</t>
         </is>
       </c>
       <c r="G270" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H270" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I270" s="9"/>
       <c r="J270" s="8" t="inlineStr">
         <is>
           <t>УД 11017393</t>
         </is>
       </c>
       <c r="K270" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B271" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C271" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D271" s="3"/>
       <c r="E271" s="6" t="n">
-        <v>56920</v>
+        <v>56927</v>
       </c>
       <c r="F271" s="3" t="inlineStr">
         <is>
-          <t>Наукова освіта та наукова комунікація</t>
+          <t>Соціально-виховна робота з дітьми та молоддю</t>
         </is>
       </c>
       <c r="G271" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H271" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I271" s="9"/>
       <c r="J271" s="8" t="inlineStr">
         <is>
           <t>УД 11017393</t>
         </is>
       </c>
       <c r="K271" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B272" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C272" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D272" s="3"/>
       <c r="E272" s="6" t="n">
-        <v>56927</v>
+        <v>56971</v>
       </c>
       <c r="F272" s="3" t="inlineStr">
         <is>
-          <t>Соціально-виховна робота з дітьми та молоддю</t>
+          <t>Освітня політика</t>
         </is>
       </c>
       <c r="G272" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H272" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I272" s="9"/>
       <c r="J272" s="8" t="inlineStr">
         <is>
           <t>УД 11017393</t>
         </is>
       </c>
       <c r="K272" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B273" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C273" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D273" s="3"/>
       <c r="E273" s="6" t="n">
-        <v>56971</v>
+        <v>57048</v>
       </c>
       <c r="F273" s="3" t="inlineStr">
         <is>
-          <t>Освітня політика</t>
+          <t>Позашкільна освіта</t>
         </is>
       </c>
       <c r="G273" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H273" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I273" s="9"/>
+          <t>- 4130</t>
+        </is>
+      </c>
+      <c r="I273" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J273" s="8" t="inlineStr">
         <is>
           <t>УД 11017393</t>
         </is>
       </c>
       <c r="K273" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B274" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C274" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D274" s="3"/>
       <c r="E274" s="6" t="n">
-        <v>57048</v>
+        <v>57049</v>
       </c>
       <c r="F274" s="3" t="inlineStr">
         <is>
-          <t>Позашкільна освіта</t>
+          <t>Освітні вимірювання</t>
         </is>
       </c>
       <c r="G274" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H274" s="8" t="inlineStr">
         <is>
-          <t>- 4130</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I274" s="9"/>
       <c r="J274" s="8" t="inlineStr">
         <is>
           <t>УД 11017393</t>
         </is>
       </c>
       <c r="K274" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B275" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C275" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D275" s="3"/>
       <c r="E275" s="6" t="n">
-        <v>57049</v>
+        <v>61703</v>
       </c>
       <c r="F275" s="3" t="inlineStr">
         <is>
-          <t>Освітні вимірювання</t>
+          <t>Освітні вимірювання та моніторинг якості освіти</t>
         </is>
       </c>
       <c r="G275" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H275" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I275" s="9"/>
       <c r="J275" s="8" t="inlineStr">
         <is>
           <t>УД 11017393</t>
         </is>
       </c>
       <c r="K275" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B276" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C276" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D276" s="3"/>
       <c r="E276" s="6" t="n">
-        <v>61703</v>
+        <v>56808</v>
       </c>
       <c r="F276" s="3" t="inlineStr">
         <is>
-          <t>Освітні вимірювання та моніторинг якості освіти</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G276" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H276" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I276" s="9"/>
       <c r="J276" s="8" t="inlineStr">
         <is>
-          <t>УД 11017393</t>
+          <t>УД 11017394</t>
         </is>
       </c>
       <c r="K276" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B277" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C277" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D277" s="3"/>
       <c r="E277" s="6" t="n">
-        <v>56808</v>
+        <v>56820</v>
       </c>
       <c r="F277" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Дошкільна та інклюзивна освіта</t>
         </is>
       </c>
       <c r="G277" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H277" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I277" s="9"/>
       <c r="J277" s="8" t="inlineStr">
         <is>
           <t>УД 11017394</t>
         </is>
       </c>
       <c r="K277" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B278" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C278" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D278" s="3"/>
       <c r="E278" s="6" t="n">
-        <v>56820</v>
+        <v>56809</v>
       </c>
       <c r="F278" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна та інклюзивна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G278" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H278" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I278" s="9"/>
       <c r="J278" s="8" t="inlineStr">
         <is>
-          <t>УД 11017394</t>
+          <t>УД 11017395</t>
         </is>
       </c>
       <c r="K278" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B279" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C279" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D279" s="3"/>
       <c r="E279" s="6" t="n">
-        <v>56809</v>
+        <v>56903</v>
       </c>
       <c r="F279" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Здоров'я людини</t>
         </is>
       </c>
       <c r="G279" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H279" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I279" s="9"/>
       <c r="J279" s="8" t="inlineStr">
         <is>
-          <t>УД 11017395</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K279" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B280" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C280" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
-      <c r="D280" s="3"/>
+      <c r="D280" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова і література</t>
+        </is>
+      </c>
       <c r="E280" s="6" t="n">
-        <v>56903</v>
+        <v>57169</v>
       </c>
       <c r="F280" s="3" t="inlineStr">
         <is>
-          <t>Здоров'я людини</t>
+          <t>Середня освіта (англійська мова і світова література та друга мова)</t>
         </is>
       </c>
       <c r="G280" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H280" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I280" s="9"/>
       <c r="J280" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K280" s="9"/>
+          <t>УД 11017399</t>
+        </is>
+      </c>
+      <c r="K280" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B281" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C281" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D281" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E281" s="6" t="n">
-        <v>57169</v>
+        <v>57170</v>
       </c>
       <c r="F281" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (англійська мова і світова література та друга мова)</t>
+          <t>Середня освіта (Англійська мова та зарубіжна література)</t>
         </is>
       </c>
       <c r="G281" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H281" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I281" s="9"/>
       <c r="J281" s="8" t="inlineStr">
         <is>
           <t>УД 11017399</t>
         </is>
       </c>
       <c r="K281" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B282" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C282" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D282" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і література</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E282" s="6" t="n">
-        <v>57170</v>
+        <v>61949</v>
       </c>
       <c r="F282" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Англійська мова та зарубіжна література)</t>
+          <t>Середня освіта (англійська мова і зарубіжна література та друга мова)</t>
         </is>
       </c>
       <c r="G282" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H282" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I282" s="9"/>
       <c r="J282" s="8" t="inlineStr">
         <is>
           <t>УД 11017399</t>
         </is>
       </c>
       <c r="K282" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B283" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C283" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D283" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E283" s="6" t="n">
-        <v>61949</v>
+        <v>57079</v>
       </c>
       <c r="F283" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (англійська мова і зарубіжна література та друга мова)</t>
+          <t>Середня освіта (Біологія та здоров'я людини)</t>
         </is>
       </c>
       <c r="G283" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H283" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I283" s="9"/>
       <c r="J283" s="8" t="inlineStr">
         <is>
-          <t>УД 11017399</t>
+          <t>УД 11017405</t>
         </is>
       </c>
       <c r="K283" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B284" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C284" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D284" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E284" s="6" t="n">
-        <v>57079</v>
+        <v>57078</v>
       </c>
       <c r="F284" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Біологія та здоров'я людини)</t>
+          <t>Середня освіта (Географія)</t>
         </is>
       </c>
       <c r="G284" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H284" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I284" s="9"/>
       <c r="J284" s="8" t="inlineStr">
         <is>
-          <t>УД 11017405</t>
+          <t>УД 11017407</t>
         </is>
       </c>
       <c r="K284" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B285" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C285" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D285" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Здоров’я людини</t>
         </is>
       </c>
       <c r="E285" s="6" t="n">
-        <v>57078</v>
+        <v>56902</v>
       </c>
       <c r="F285" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Географія)</t>
+          <t>Здоров'я людини</t>
         </is>
       </c>
       <c r="G285" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H285" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I285" s="9"/>
       <c r="J285" s="8" t="inlineStr">
         <is>
-          <t>УД 11017407</t>
+          <t>УД 11017413</t>
         </is>
       </c>
       <c r="K285" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B286" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C286" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D286" s="3" t="inlineStr">
         <is>
-          <t>Здоров’я людини</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E286" s="6" t="n">
-        <v>56902</v>
+        <v>57067</v>
       </c>
       <c r="F286" s="3" t="inlineStr">
         <is>
-          <t>Здоров'я людини</t>
+          <t>Середня освіта (Інформатика)</t>
         </is>
       </c>
       <c r="G286" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H286" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I286" s="9"/>
       <c r="J286" s="8" t="inlineStr">
         <is>
-          <t>УД 11017413</t>
+          <t>УД 11017409</t>
         </is>
       </c>
       <c r="K286" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B287" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C287" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D287" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Інші мови (із зазначенням мови)</t>
         </is>
       </c>
       <c r="E287" s="6" t="n">
-        <v>57067</v>
+        <v>59858</v>
       </c>
       <c r="F287" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Інформатика)</t>
+          <t>Середня освіта (Італійська мова і світова література та англійська мова)</t>
         </is>
       </c>
       <c r="G287" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H287" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I287" s="9"/>
       <c r="J287" s="8" t="inlineStr">
         <is>
-          <t>УД 11017409</t>
+          <t>УД 11017399</t>
         </is>
       </c>
       <c r="K287" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B288" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C288" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D288" s="3" t="inlineStr">
         <is>
-          <t>Інші мови (із зазначенням мови)</t>
+          <t>Історія</t>
         </is>
       </c>
       <c r="E288" s="6" t="n">
-        <v>59858</v>
+        <v>56978</v>
       </c>
       <c r="F288" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Італійська мова і світова література та англійська мова)</t>
+          <t>Середня освіта (Історія)</t>
         </is>
       </c>
       <c r="G288" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H288" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I288" s="9"/>
       <c r="J288" s="8" t="inlineStr">
         <is>
-          <t>УД 11017399</t>
+          <t>УД 11017402</t>
         </is>
       </c>
       <c r="K288" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B289" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C289" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D289" s="3" t="inlineStr">
         <is>
-          <t>Історія</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E289" s="6" t="n">
-        <v>56978</v>
+        <v>64957</v>
       </c>
       <c r="F289" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія)</t>
         </is>
       </c>
       <c r="G289" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H289" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I289" s="9"/>
       <c r="J289" s="8" t="inlineStr">
         <is>
           <t>УД 11017402</t>
         </is>
       </c>
       <c r="K289" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B290" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C290" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D290" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E290" s="6" t="n">
-        <v>64957</v>
+        <v>57063</v>
       </c>
       <c r="F290" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Історія)</t>
+          <t>Середня освіта (Математика)</t>
         </is>
       </c>
       <c r="G290" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H290" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I290" s="9"/>
       <c r="J290" s="8" t="inlineStr">
         <is>
-          <t>УД 11017402</t>
+          <t>УД 11017403</t>
         </is>
       </c>
       <c r="K290" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B291" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C291" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D291" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E291" s="6" t="n">
-        <v>57063</v>
+        <v>57066</v>
       </c>
       <c r="F291" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Математика)</t>
+          <t>Теорія та методика навчання математики</t>
         </is>
       </c>
       <c r="G291" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H291" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I291" s="9"/>
       <c r="J291" s="8" t="inlineStr">
         <is>
           <t>УД 11017403</t>
         </is>
       </c>
       <c r="K291" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B292" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C292" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D292" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E292" s="6" t="n">
-        <v>57066</v>
+        <v>64984</v>
       </c>
       <c r="F292" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання математики</t>
+          <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G292" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H292" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I292" s="9"/>
       <c r="J292" s="8" t="inlineStr">
         <is>
-          <t>УД 11017403</t>
+          <t>УД 11017412</t>
         </is>
       </c>
       <c r="K292" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B293" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C293" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D293" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E293" s="6" t="n">
-        <v>64984</v>
+        <v>56886</v>
       </c>
       <c r="F293" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G293" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H293" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I293" s="9"/>
       <c r="J293" s="8" t="inlineStr">
         <is>
           <t>УД 11017412</t>
         </is>
       </c>
       <c r="K293" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B294" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C294" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D294" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E294" s="6" t="n">
-        <v>56886</v>
+        <v>61950</v>
       </c>
       <c r="F294" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Музичне мистецтво)</t>
+          <t>Середня освіта (німецька мова і зарубіжна література та англійська мова)</t>
         </is>
       </c>
       <c r="G294" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H294" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I294" s="9"/>
       <c r="J294" s="8" t="inlineStr">
         <is>
-          <t>УД 11017412</t>
+          <t>УД 11017399</t>
         </is>
       </c>
       <c r="K294" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B295" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C295" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D295" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова та зарубіжна література</t>
+          <t>Російська мова і література</t>
         </is>
       </c>
       <c r="E295" s="6" t="n">
-        <v>61950</v>
+        <v>64362</v>
       </c>
       <c r="F295" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (німецька мова і зарубіжна література та англійська мова)</t>
+          <t>Середня освіта (російська мова)</t>
         </is>
       </c>
       <c r="G295" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H295" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I295" s="9"/>
       <c r="J295" s="8" t="inlineStr">
         <is>
           <t>УД 11017399</t>
         </is>
       </c>
       <c r="K295" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B296" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C296" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D296" s="3" t="inlineStr">
         <is>
-          <t>Російська мова і література</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E296" s="6" t="n">
-        <v>64362</v>
+        <v>64982</v>
       </c>
       <c r="F296" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (російська мова)</t>
+          <t>Трудове навчання та технології і інформатика</t>
         </is>
       </c>
       <c r="G296" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H296" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I296" s="9"/>
       <c r="J296" s="8" t="inlineStr">
         <is>
-          <t>УД 11017399</t>
+          <t>УД 11017410</t>
         </is>
       </c>
       <c r="K296" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B297" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C297" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D297" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E297" s="6" t="n">
-        <v>64982</v>
+        <v>57134</v>
       </c>
       <c r="F297" s="3" t="inlineStr">
         <is>
-          <t>Трудове навчання та технології і інформатика</t>
+          <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="G297" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H297" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I297" s="9"/>
       <c r="J297" s="8" t="inlineStr">
         <is>
           <t>УД 11017410</t>
         </is>
       </c>
       <c r="K297" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B298" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C298" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D298" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E298" s="6" t="n">
-        <v>57134</v>
+        <v>57135</v>
       </c>
       <c r="F298" s="3" t="inlineStr">
         <is>
-          <t>Трудове навчання та технології</t>
+          <t>Середня освіта (Трудове навчання та технології і інформатика)</t>
         </is>
       </c>
       <c r="G298" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H298" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I298" s="9"/>
       <c r="J298" s="8" t="inlineStr">
         <is>
           <t>УД 11017410</t>
         </is>
       </c>
       <c r="K298" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B299" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C299" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D299" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E299" s="6" t="n">
-        <v>57135</v>
+        <v>59674</v>
       </c>
       <c r="F299" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Трудове навчання та технології і інформатика)</t>
+          <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="G299" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H299" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I299" s="9"/>
       <c r="J299" s="8" t="inlineStr">
         <is>
           <t>УД 11017410</t>
         </is>
       </c>
       <c r="K299" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B300" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C300" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D300" s="3" t="inlineStr">
         <is>
-          <t>Трудове навчання та технології</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E300" s="6" t="n">
-        <v>59674</v>
+        <v>57086</v>
       </c>
       <c r="F300" s="3" t="inlineStr">
         <is>
-          <t>Трудове навчання та технології</t>
+          <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G300" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H300" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I300" s="9"/>
       <c r="J300" s="8" t="inlineStr">
         <is>
-          <t>УД 11017410</t>
+          <t>УД 11017396</t>
         </is>
       </c>
       <c r="K300" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B301" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C301" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D301" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E301" s="6" t="n">
-        <v>57086</v>
+        <v>57129</v>
       </c>
       <c r="F301" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Українська мова і література)</t>
+          <t>Середня освіта (Українська мова і література, зарубіжна література)</t>
         </is>
       </c>
       <c r="G301" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H301" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I301" s="9"/>
       <c r="J301" s="8" t="inlineStr">
         <is>
           <t>УД 11017396</t>
         </is>
       </c>
       <c r="K301" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B302" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C302" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D302" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізика</t>
         </is>
       </c>
       <c r="E302" s="6" t="n">
-        <v>57129</v>
+        <v>57064</v>
       </c>
       <c r="F302" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Українська мова і література, зарубіжна література)</t>
+          <t>Середня освіта (Фізика)</t>
         </is>
       </c>
       <c r="G302" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H302" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I302" s="9"/>
       <c r="J302" s="8" t="inlineStr">
         <is>
-          <t>УД 11017396</t>
+          <t>УД 11017408</t>
         </is>
       </c>
       <c r="K302" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B303" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C303" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D303" s="3" t="inlineStr">
         <is>
-          <t>Фізика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E303" s="6" t="n">
-        <v>57064</v>
+        <v>61495</v>
       </c>
       <c r="F303" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізика)</t>
         </is>
       </c>
       <c r="G303" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H303" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I303" s="9"/>
       <c r="J303" s="8" t="inlineStr">
         <is>
           <t>УД 11017408</t>
         </is>
       </c>
       <c r="K303" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B304" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C304" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D304" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E304" s="6" t="n">
-        <v>61495</v>
+        <v>56901</v>
       </c>
       <c r="F304" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізика)</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G304" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H304" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I304" s="9"/>
       <c r="J304" s="8" t="inlineStr">
         <is>
-          <t>УД 11017408</t>
+          <t>УД 11017411</t>
         </is>
       </c>
       <c r="K304" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B305" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C305" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D305" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E305" s="6" t="n">
-        <v>56901</v>
+        <v>64882</v>
       </c>
       <c r="F305" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="G305" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H305" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I305" s="9"/>
       <c r="J305" s="8" t="inlineStr">
         <is>
           <t>УД 11017411</t>
         </is>
       </c>
       <c r="K305" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B306" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C306" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D306" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Французька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E306" s="6" t="n">
-        <v>64882</v>
+        <v>61951</v>
       </c>
       <c r="F306" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Середня освіта (французька мова і зарубіжна література та англійська мова)</t>
         </is>
       </c>
       <c r="G306" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H306" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I306" s="9"/>
       <c r="J306" s="8" t="inlineStr">
         <is>
-          <t>УД 11017411</t>
+          <t>УД 11017399</t>
         </is>
       </c>
       <c r="K306" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B307" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C307" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D307" s="3" t="inlineStr">
         <is>
-          <t>Французька мова та зарубіжна література</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="E307" s="6" t="n">
-        <v>61951</v>
+        <v>57080</v>
       </c>
       <c r="F307" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (французька мова і зарубіжна література та англійська мова)</t>
+          <t>Середня освіта (Хімія)</t>
         </is>
       </c>
       <c r="G307" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H307" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I307" s="9"/>
       <c r="J307" s="8" t="inlineStr">
         <is>
-          <t>УД 11017399</t>
+          <t>УД 11017406</t>
         </is>
       </c>
       <c r="K307" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B308" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C308" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D308" s="3"/>
       <c r="E308" s="6" t="n">
-        <v>57080</v>
+        <v>57136</v>
       </c>
       <c r="F308" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Хімія)</t>
+          <t>Професійна освіта. Охорона праці</t>
         </is>
       </c>
       <c r="G308" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H308" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I308" s="9"/>
+          <t>- 16211</t>
+        </is>
+      </c>
+      <c r="I308" s="9" t="n">
+        <v>46197</v>
+      </c>
       <c r="J308" s="8" t="inlineStr">
         <is>
-          <t>УД 11017406</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K308" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B309" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C309" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D309" s="3"/>
       <c r="E309" s="6" t="n">
-        <v>57136</v>
+        <v>57207</v>
       </c>
       <c r="F309" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта. Охорона праці</t>
+          <t>Професійна освіта. Туризм та готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G309" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H309" s="8" t="inlineStr">
         <is>
-          <t>- 16211</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I309" s="9"/>
       <c r="J309" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K309" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B310" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C310" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
-      <c r="D310" s="3"/>
+      <c r="D310" s="3" t="inlineStr">
+        <is>
+          <t>Готельно-ресторанна справа</t>
+        </is>
+      </c>
       <c r="E310" s="6" t="n">
-        <v>57207</v>
+        <v>62593</v>
       </c>
       <c r="F310" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта. Туризм та готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G310" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H310" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I310" s="9"/>
       <c r="J310" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K310" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B311" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C311" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D311" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Електроніка, метрологія та радіотелекомунікації</t>
         </is>
       </c>
       <c r="E311" s="6" t="n">
-        <v>62593</v>
+        <v>61964</v>
       </c>
       <c r="F311" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта. Туризм та готельно-ресторанна справа</t>
+          <t>Професійна освіта. Документознавство</t>
         </is>
       </c>
       <c r="G311" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H311" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I311" s="9"/>
       <c r="J311" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K311" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B312" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C312" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D312" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, метрологія та радіотелекомунікації</t>
+          <t>Комп’ютерні технології</t>
         </is>
       </c>
       <c r="E312" s="6" t="n">
-        <v>61964</v>
+        <v>57287</v>
       </c>
       <c r="F312" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта. Документознавство</t>
+          <t>Комп'ютерні технології в управлінні та навчанні</t>
         </is>
       </c>
       <c r="G312" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H312" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I312" s="9"/>
       <c r="J312" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K312" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B313" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C313" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D313" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні технології</t>
+          <t>Охорона праці</t>
         </is>
       </c>
       <c r="E313" s="6" t="n">
-        <v>57287</v>
+        <v>62592</v>
       </c>
       <c r="F313" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні технології в управлінні та навчанні</t>
+          <t>Професійна освіта. Охорона праці</t>
         </is>
       </c>
       <c r="G313" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H313" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I313" s="9"/>
+          <t>- 16211</t>
+        </is>
+      </c>
+      <c r="I313" s="9" t="n">
+        <v>46197</v>
+      </c>
       <c r="J313" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K313" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B314" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C314" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D314" s="3" t="inlineStr">
         <is>
-          <t>Охорона праці</t>
+          <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E314" s="6" t="n">
-        <v>62592</v>
+        <v>57137</v>
       </c>
       <c r="F314" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта. Охорона праці</t>
+          <t>Професійна освіта. Комп'ютерні технології</t>
         </is>
       </c>
       <c r="G314" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H314" s="8" t="inlineStr">
         <is>
-          <t>- 16211</t>
+          <t>УД 11017457</t>
         </is>
       </c>
       <c r="I314" s="9" t="n">
-        <v>46197</v>
+        <v>46204</v>
       </c>
       <c r="J314" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K314" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B315" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C315" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D315" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E315" s="6" t="n">
-        <v>57137</v>
+        <v>57138</v>
       </c>
       <c r="F315" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта. Комп'ютерні технології</t>
+          <t>Комп'ютерні технології в управлінні та навчанні</t>
         </is>
       </c>
       <c r="G315" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H315" s="8" t="inlineStr">
         <is>
-          <t>УД 11017457</t>
+          <t>- 4125</t>
         </is>
       </c>
       <c r="I315" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J315" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K315" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B316" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C316" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D316" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E316" s="6" t="n">
-        <v>57138</v>
+        <v>64969</v>
       </c>
       <c r="F316" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні технології в управлінні та навчанні</t>
+          <t>Реабілітаційна педагогіка</t>
         </is>
       </c>
       <c r="G316" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H316" s="8" t="inlineStr">
         <is>
-          <t>- 4125</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I316" s="9"/>
       <c r="J316" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K316" s="9"/>
+          <t>УД 11017414</t>
+        </is>
+      </c>
+      <c r="K316" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B317" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C317" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D317" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E317" s="6" t="n">
-        <v>62679</v>
+        <v>64970</v>
       </c>
       <c r="F317" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютерні технології</t>
+          <t>Психокорекційна педагогіка з ортопедагогікою</t>
         </is>
       </c>
       <c r="G317" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H317" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I317" s="9"/>
       <c r="J317" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K317" s="9"/>
+          <t>УД 11017414</t>
+        </is>
+      </c>
+      <c r="K317" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B318" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C318" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D318" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E318" s="6" t="n">
-        <v>64969</v>
+        <v>57106</v>
       </c>
       <c r="F318" s="3" t="inlineStr">
         <is>
-          <t>Реабілітаційна педагогіка</t>
+          <t>Мовленнєва терапія</t>
         </is>
       </c>
       <c r="G318" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H318" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I318" s="9"/>
       <c r="J318" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K318" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B319" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C319" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D319" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E319" s="6" t="n">
-        <v>64970</v>
+        <v>57110</v>
       </c>
       <c r="F319" s="3" t="inlineStr">
         <is>
-          <t>Психокорекційна педагогіка з ортопедагогікою</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="G319" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H319" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I319" s="9"/>
       <c r="J319" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K319" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B320" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C320" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D320" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Олігофренопедагогіка</t>
         </is>
       </c>
       <c r="E320" s="6" t="n">
-        <v>57106</v>
+        <v>57104</v>
       </c>
       <c r="F320" s="3" t="inlineStr">
         <is>
-          <t>Мовленнєва терапія</t>
+          <t>Психокорекційна педагогіка з ортопедагогікою</t>
         </is>
       </c>
       <c r="G320" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H320" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I320" s="9"/>
       <c r="J320" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K320" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B321" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C321" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D321" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="E321" s="6" t="n">
-        <v>57110</v>
+        <v>57103</v>
       </c>
       <c r="F321" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Сурдопедагогіка і сурдопсихологія</t>
         </is>
       </c>
       <c r="G321" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H321" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I321" s="9"/>
       <c r="J321" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K321" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B322" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C322" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D322" s="3" t="inlineStr">
         <is>
-          <t>Олігофренопедагогіка</t>
+          <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="E322" s="6" t="n">
-        <v>57104</v>
+        <v>57108</v>
       </c>
       <c r="F322" s="3" t="inlineStr">
         <is>
-          <t>Психокорекційна педагогіка з ортопедагогікою</t>
+          <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="G322" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H322" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I322" s="9"/>
       <c r="J322" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K322" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B323" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C323" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D323" s="3" t="inlineStr">
         <is>
-          <t>Сурдопедагогіка</t>
+          <t>Тифлопедагогіка</t>
         </is>
       </c>
       <c r="E323" s="6" t="n">
-        <v>57103</v>
+        <v>57101</v>
       </c>
       <c r="F323" s="3" t="inlineStr">
         <is>
-          <t>Сурдопедагогіка і сурдопсихологія</t>
+          <t>Тифлопедагогіка та інклюзивна освіта</t>
         </is>
       </c>
       <c r="G323" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H323" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I323" s="9"/>
       <c r="J323" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K323" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B324" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C324" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D324" s="3" t="inlineStr">
         <is>
-          <t>Сурдопедагогіка</t>
+          <t>Тифлопедагогіка</t>
         </is>
       </c>
       <c r="E324" s="6" t="n">
-        <v>57108</v>
+        <v>57102</v>
       </c>
       <c r="F324" s="3" t="inlineStr">
         <is>
-          <t>Сурдопедагогіка</t>
+          <t>Тифлопедагогіка та спеціальна психологія</t>
         </is>
       </c>
       <c r="G324" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H324" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I324" s="9"/>
       <c r="J324" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K324" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B325" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C325" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D325" s="3"/>
       <c r="E325" s="6" t="n">
-        <v>57101</v>
+        <v>56906</v>
       </c>
       <c r="F325" s="3" t="inlineStr">
         <is>
-          <t>Тифлопедагогіка та інклюзивна освіта</t>
+          <t>Спорт</t>
         </is>
       </c>
       <c r="G325" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H325" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I325" s="9"/>
+          <t>- 4120</t>
+        </is>
+      </c>
+      <c r="I325" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J325" s="8" t="inlineStr">
         <is>
-          <t>УД 11017414</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K325" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B326" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C326" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D326" s="3"/>
       <c r="E326" s="6" t="n">
-        <v>57102</v>
+        <v>61627</v>
       </c>
       <c r="F326" s="3" t="inlineStr">
         <is>
-          <t>Тифлопедагогіка та спеціальна психологія</t>
+          <t>Здоров'я людини та фізична рекреація</t>
         </is>
       </c>
       <c r="G326" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H326" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I326" s="9"/>
       <c r="J326" s="8" t="inlineStr">
         <is>
-          <t>УД 11017414</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K326" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B327" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C327" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D327" s="3"/>
       <c r="E327" s="6" t="n">
-        <v>56906</v>
+        <v>61629</v>
       </c>
       <c r="F327" s="3" t="inlineStr">
         <is>
-          <t>Спорт</t>
+          <t>Фізкультурно-спортивна реабілітація</t>
         </is>
       </c>
       <c r="G327" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H327" s="8" t="inlineStr">
         <is>
-          <t>- 4120</t>
+          <t>- 18832</t>
         </is>
       </c>
       <c r="I327" s="9" t="n">
-        <v>46569</v>
+        <v>46344</v>
       </c>
       <c r="J327" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K327" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B328" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C328" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D328" s="3"/>
       <c r="E328" s="6" t="n">
-        <v>61627</v>
+        <v>56968</v>
       </c>
       <c r="F328" s="3" t="inlineStr">
         <is>
-          <t>Здоров'я людини та фізична рекреація</t>
+          <t>Дизайн одягу та взуття</t>
         </is>
       </c>
       <c r="G328" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H328" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I328" s="9"/>
       <c r="J328" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K328" s="9"/>
+          <t>УД 11017415</t>
+        </is>
+      </c>
+      <c r="K328" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B329" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C329" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D329" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D329" s="3" t="inlineStr">
+        <is>
+          <t>Графічний дизайн</t>
+        </is>
+      </c>
       <c r="E329" s="6" t="n">
-        <v>61629</v>
+        <v>61400</v>
       </c>
       <c r="F329" s="3" t="inlineStr">
         <is>
-          <t>Фізкультурно-спортивна реабілітація</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="G329" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H329" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I329" s="9"/>
       <c r="J329" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K329" s="9"/>
+          <t>УД 11017415</t>
+        </is>
+      </c>
+      <c r="K329" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B330" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C330" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
-      <c r="D330" s="3"/>
+      <c r="D330" s="3" t="inlineStr">
+        <is>
+          <t>Графічний дизайн</t>
+        </is>
+      </c>
       <c r="E330" s="6" t="n">
-        <v>56968</v>
+        <v>65577</v>
       </c>
       <c r="F330" s="3" t="inlineStr">
         <is>
-          <t>Дизайн одягу та взуття</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="G330" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H330" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I330" s="9"/>
       <c r="J330" s="8" t="inlineStr">
         <is>
           <t>УД 11017415</t>
         </is>
       </c>
       <c r="K330" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B331" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C331" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D331" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="E331" s="6" t="n">
-        <v>61400</v>
+        <v>61401</v>
       </c>
       <c r="F331" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Дизайн одягу та взуття</t>
         </is>
       </c>
       <c r="G331" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H331" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I331" s="9"/>
       <c r="J331" s="8" t="inlineStr">
         <is>
           <t>УД 11017415</t>
         </is>
       </c>
       <c r="K331" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B332" s="8" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C332" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+        </is>
+      </c>
+      <c r="D332" s="3"/>
       <c r="E332" s="6" t="n">
-        <v>65577</v>
+        <v>56817</v>
       </c>
       <c r="F332" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G332" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H332" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I332" s="9"/>
+          <t>УД 11017449</t>
+        </is>
+      </c>
+      <c r="I332" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J332" s="8" t="inlineStr">
         <is>
-          <t>УД 11017415</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K332" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B333" s="8" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C333" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Хореографія</t>
+        </is>
+      </c>
+      <c r="D333" s="3"/>
       <c r="E333" s="6" t="n">
-        <v>61401</v>
+        <v>56888</v>
       </c>
       <c r="F333" s="3" t="inlineStr">
         <is>
-          <t>Дизайн одягу та взуття</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="G333" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H333" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I333" s="9"/>
       <c r="J333" s="8" t="inlineStr">
         <is>
-          <t>УД 11017415</t>
+          <t>УД 11017416</t>
         </is>
       </c>
       <c r="K333" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B334" s="8" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C334" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D334" s="3"/>
       <c r="E334" s="6" t="n">
-        <v>56817</v>
+        <v>56883</v>
       </c>
       <c r="F334" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Музичне мистецтво. Диригування</t>
         </is>
       </c>
       <c r="G334" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H334" s="8" t="inlineStr">
         <is>
-          <t>УД 11017449</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I334" s="9"/>
       <c r="J334" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K334" s="9"/>
+          <t>УД 11017417</t>
+        </is>
+      </c>
+      <c r="K334" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B335" s="8" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C335" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D335" s="3"/>
       <c r="E335" s="6" t="n">
-        <v>56888</v>
+        <v>56884</v>
       </c>
       <c r="F335" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Музичне мистецтво. Вокальне виконавство</t>
         </is>
       </c>
       <c r="G335" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H335" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I335" s="9"/>
       <c r="J335" s="8" t="inlineStr">
         <is>
-          <t>УД 11017416</t>
+          <t>УД 11017417</t>
         </is>
       </c>
       <c r="K335" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B336" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C336" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D336" s="3"/>
       <c r="E336" s="6" t="n">
-        <v>56883</v>
+        <v>56885</v>
       </c>
       <c r="F336" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво. Диригування</t>
+          <t>Музичне мистецтво. Музично-інструментальне виконавство</t>
         </is>
       </c>
       <c r="G336" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H336" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I336" s="9"/>
       <c r="J336" s="8" t="inlineStr">
         <is>
           <t>УД 11017417</t>
         </is>
       </c>
       <c r="K336" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B337" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>028</t>
         </is>
       </c>
       <c r="C337" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D337" s="3"/>
       <c r="E337" s="6" t="n">
-        <v>56884</v>
+        <v>56972</v>
       </c>
       <c r="F337" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво. Вокальне виконавство</t>
+          <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="G337" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H337" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I337" s="9"/>
+          <t>- 4123</t>
+        </is>
+      </c>
+      <c r="I337" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J337" s="8" t="inlineStr">
         <is>
-          <t>УД 11017417</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K337" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B338" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>029</t>
         </is>
       </c>
       <c r="C338" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D338" s="3"/>
       <c r="E338" s="6" t="n">
-        <v>56885</v>
+        <v>57036</v>
       </c>
       <c r="F338" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво. Музично-інструментальне виконавство</t>
+          <t>Інформаційне документовпорядження</t>
         </is>
       </c>
       <c r="G338" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H338" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I338" s="9"/>
+          <t>- 18741</t>
+        </is>
+      </c>
+      <c r="I338" s="9" t="n">
+        <v>46309</v>
+      </c>
       <c r="J338" s="8" t="inlineStr">
         <is>
-          <t>УД 11017417</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K338" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B339" s="8" t="inlineStr">
         <is>
-          <t>028</t>
+          <t>031</t>
         </is>
       </c>
       <c r="C339" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D339" s="3"/>
       <c r="E339" s="6" t="n">
-        <v>56972</v>
+        <v>56975</v>
       </c>
       <c r="F339" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Релігія та сучасні суспільні процеси</t>
         </is>
       </c>
       <c r="G339" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H339" s="8" t="inlineStr">
         <is>
-          <t>- 4123</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I339" s="9"/>
       <c r="J339" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K339" s="9"/>
+          <t>НД =-=</t>
+        </is>
+      </c>
+      <c r="K339" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B340" s="8" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>031</t>
         </is>
       </c>
       <c r="C340" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D340" s="3"/>
       <c r="E340" s="6" t="n">
-        <v>57036</v>
+        <v>61731</v>
       </c>
       <c r="F340" s="3" t="inlineStr">
         <is>
-          <t>Інформаційне документовпорядження</t>
+          <t>Релігія та сучасні суспільні процеси</t>
         </is>
       </c>
       <c r="G340" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H340" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I340" s="9"/>
       <c r="J340" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K340" s="9"/>
+          <t>НД =-=</t>
+        </is>
+      </c>
+      <c r="K340" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B341" s="8" t="inlineStr">
         <is>
-          <t>031</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C341" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D341" s="3"/>
       <c r="E341" s="6" t="n">
-        <v>56975</v>
+        <v>56977</v>
       </c>
       <c r="F341" s="3" t="inlineStr">
         <is>
-          <t>Релігія та сучасні суспільні процеси</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G341" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H341" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I341" s="9"/>
       <c r="J341" s="8" t="inlineStr">
         <is>
-          <t>НД =-=</t>
+          <t>УД 11017418</t>
         </is>
       </c>
       <c r="K341" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B342" s="8" t="inlineStr">
         <is>
-          <t>031</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C342" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D342" s="3"/>
       <c r="E342" s="6" t="n">
-        <v>61731</v>
+        <v>56970</v>
       </c>
       <c r="F342" s="3" t="inlineStr">
         <is>
-          <t>Релігія та сучасні суспільні процеси</t>
+          <t>Теоретична та практична філософія</t>
         </is>
       </c>
       <c r="G342" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H342" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I342" s="9"/>
+          <t>- 4126</t>
+        </is>
+      </c>
+      <c r="I342" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J342" s="8" t="inlineStr">
         <is>
-          <t>НД =-=</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K342" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B343" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C343" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D343" s="3"/>
       <c r="E343" s="6" t="n">
-        <v>56977</v>
+        <v>56976</v>
       </c>
       <c r="F343" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G343" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H343" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I343" s="9"/>
       <c r="J343" s="8" t="inlineStr">
         <is>
-          <t>УД 11017418</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K343" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B344" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C344" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="D344" s="3"/>
       <c r="E344" s="6" t="n">
-        <v>56970</v>
+        <v>56969</v>
       </c>
       <c r="F344" s="3" t="inlineStr">
         <is>
-          <t>Теоретична та практична філософія</t>
+          <t>Цифрові трансформації у сфері культури</t>
         </is>
       </c>
       <c r="G344" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H344" s="8" t="inlineStr">
         <is>
-          <t>- 4126</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I344" s="9"/>
       <c r="J344" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K344" s="9"/>
+          <t>НД =-=-</t>
+        </is>
+      </c>
+      <c r="K344" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B345" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C345" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="D345" s="3"/>
       <c r="E345" s="6" t="n">
-        <v>56976</v>
+        <v>61732</v>
       </c>
       <c r="F345" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Цифрові трансформації у сфері культури</t>
         </is>
       </c>
       <c r="G345" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H345" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I345" s="9"/>
       <c r="J345" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K345" s="9"/>
+          <t>НД =-=-</t>
+        </is>
+      </c>
+      <c r="K345" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B346" s="8" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C346" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
-[...2 lines deleted...]
-      <c r="D346" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D346" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E346" s="6" t="n">
-        <v>56969</v>
+        <v>57165</v>
       </c>
       <c r="F346" s="3" t="inlineStr">
         <is>
-          <t>Цифрові трансформації у сфері культури</t>
+          <t>Переклад. Англійська мова та дві інші мови</t>
         </is>
       </c>
       <c r="G346" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H346" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I346" s="9"/>
       <c r="J346" s="8" t="inlineStr">
         <is>
-          <t>НД =-=-</t>
+          <t>УД 11017419</t>
         </is>
       </c>
       <c r="K346" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B347" s="8" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C347" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
-[...2 lines deleted...]
-      <c r="D347" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D347" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E347" s="6" t="n">
-        <v>61732</v>
+        <v>61954</v>
       </c>
       <c r="F347" s="3" t="inlineStr">
         <is>
-          <t>Цифрові трансформації у сфері культури</t>
+          <t>Англійська мова і зарубіжна література та друга мова</t>
         </is>
       </c>
       <c r="G347" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H347" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I347" s="9"/>
       <c r="J347" s="8" t="inlineStr">
         <is>
-          <t>НД =-=-</t>
+          <t>УД 11017419</t>
         </is>
       </c>
       <c r="K347" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B348" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C348" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D348" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E348" s="6" t="n">
-        <v>57165</v>
+        <v>62665</v>
       </c>
       <c r="F348" s="3" t="inlineStr">
         <is>
-          <t>Переклад. Англійська мова та дві інші мови</t>
+          <t>Переклад. Англійська та друга іноземна мови</t>
         </is>
       </c>
       <c r="G348" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H348" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I348" s="9"/>
       <c r="J348" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K348" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B349" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C349" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D349" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E349" s="6" t="n">
-        <v>61954</v>
+        <v>61955</v>
       </c>
       <c r="F349" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і зарубіжна література та друга мова</t>
+          <t>Німецька мова і зарубіжна література та англійська мова</t>
         </is>
       </c>
       <c r="G349" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H349" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I349" s="9"/>
       <c r="J349" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K349" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B350" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C350" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D350" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E350" s="6" t="n">
-        <v>62665</v>
+        <v>57163</v>
       </c>
       <c r="F350" s="3" t="inlineStr">
         <is>
-          <t>Переклад. Англійська та друга іноземна мови</t>
+          <t>Прикладна лінгвістика. Англійська та друга мова</t>
         </is>
       </c>
       <c r="G350" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H350" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I350" s="9"/>
       <c r="J350" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K350" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B351" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C351" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D351" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E351" s="6" t="n">
-        <v>61955</v>
+        <v>62666</v>
       </c>
       <c r="F351" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова і зарубіжна література та англійська мова</t>
+          <t>Прикладана лінгвістика. Англійська та друга іноземна мови</t>
         </is>
       </c>
       <c r="G351" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H351" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I351" s="9"/>
       <c r="J351" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K351" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B352" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C352" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D352" s="3" t="inlineStr">
         <is>
-          <t>прикладна лінгвістика</t>
+          <t>романські мови та літератури (переклад включно), перша - італійська</t>
         </is>
       </c>
       <c r="E352" s="6" t="n">
-        <v>57163</v>
+        <v>61957</v>
       </c>
       <c r="F352" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика. Англійська та друга мова</t>
+          <t>Італійська мова і зарубіжна література та англійська мова</t>
         </is>
       </c>
       <c r="G352" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H352" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I352" s="9"/>
       <c r="J352" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K352" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B353" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C353" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D353" s="3" t="inlineStr">
         <is>
-          <t>прикладна лінгвістика</t>
+          <t>романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E353" s="6" t="n">
-        <v>62666</v>
+        <v>61956</v>
       </c>
       <c r="F353" s="3" t="inlineStr">
         <is>
-          <t>Прикладана лінгвістика. Англійська та друга іноземна мови</t>
+          <t>Французька мова і зарубіжна література та англійська мова</t>
         </is>
       </c>
       <c r="G353" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H353" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I353" s="9"/>
       <c r="J353" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K353" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B354" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C354" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D354" s="3" t="inlineStr">
         <is>
-          <t>романські мови та літератури (переклад включно), перша - італійська</t>
+          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E354" s="6" t="n">
-        <v>61957</v>
+        <v>61958</v>
       </c>
       <c r="F354" s="3" t="inlineStr">
         <is>
-          <t>Італійська мова і зарубіжна література та англійська мова</t>
+          <t>Польська мова і зарубіжна література та англійська мова</t>
         </is>
       </c>
       <c r="G354" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H354" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I354" s="9"/>
       <c r="J354" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K354" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B355" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C355" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D355" s="3" t="inlineStr">
         <is>
-          <t>романські мови та літератури (переклад включно), перша - французька</t>
+          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E355" s="6" t="n">
-        <v>61956</v>
+        <v>64955</v>
       </c>
       <c r="F355" s="3" t="inlineStr">
         <is>
-          <t>Французька мова і зарубіжна література та англійська мова</t>
+          <t>Польська мова і зарубіжна література та українська мова</t>
         </is>
       </c>
       <c r="G355" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H355" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I355" s="9"/>
       <c r="J355" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K355" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B356" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C356" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D356" s="3" t="inlineStr">
         <is>
-          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
+          <t>українська мова та література</t>
         </is>
       </c>
       <c r="E356" s="6" t="n">
-        <v>61958</v>
+        <v>57085</v>
       </c>
       <c r="F356" s="3" t="inlineStr">
         <is>
-          <t>Польська мова і зарубіжна література та англійська мова</t>
+          <t>Філологія (Українська мова та література)</t>
         </is>
       </c>
       <c r="G356" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H356" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I356" s="9"/>
       <c r="J356" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K356" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B357" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>041</t>
         </is>
       </c>
       <c r="C357" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Богослов’я</t>
+        </is>
+      </c>
+      <c r="D357" s="3"/>
       <c r="E357" s="6" t="n">
-        <v>64955</v>
+        <v>62432</v>
       </c>
       <c r="F357" s="3" t="inlineStr">
         <is>
-          <t>Польська мова і зарубіжна література та українська мова</t>
+          <t>Практичне богослов'я</t>
         </is>
       </c>
       <c r="G357" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H357" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I357" s="9"/>
+          <t>УД 11017450</t>
+        </is>
+      </c>
+      <c r="I357" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J357" s="8" t="inlineStr">
         <is>
-          <t>УД 11017419</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K357" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B358" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>041</t>
         </is>
       </c>
       <c r="C358" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Богослов’я</t>
+        </is>
+      </c>
+      <c r="D358" s="3"/>
       <c r="E358" s="6" t="n">
-        <v>57085</v>
+        <v>62433</v>
       </c>
       <c r="F358" s="3" t="inlineStr">
         <is>
-          <t>Філологія (Українська мова та література)</t>
+          <t>Релігійні та богословські медіа</t>
         </is>
       </c>
       <c r="G358" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H358" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I358" s="9"/>
+          <t>УД 11017451</t>
+        </is>
+      </c>
+      <c r="I358" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J358" s="8" t="inlineStr">
         <is>
-          <t>УД 11017419</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K358" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B359" s="8" t="inlineStr">
         <is>
           <t>041</t>
         </is>
       </c>
       <c r="C359" s="3" t="inlineStr">
         <is>
           <t>Богослов’я</t>
         </is>
       </c>
       <c r="D359" s="3"/>
       <c r="E359" s="6" t="n">
-        <v>62432</v>
+        <v>62434</v>
       </c>
       <c r="F359" s="3" t="inlineStr">
         <is>
-          <t>Практичне богослов'я</t>
+          <t>Сучасне християнське богослов'я</t>
         </is>
       </c>
       <c r="G359" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H359" s="8" t="inlineStr">
         <is>
-          <t>УД 11017450</t>
+          <t>УД 11017458</t>
         </is>
       </c>
       <c r="I359" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J359" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K359" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B360" s="8" t="inlineStr">
         <is>
-          <t>041</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C360" s="3" t="inlineStr">
         <is>
-          <t>Богослов’я</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D360" s="3"/>
       <c r="E360" s="6" t="n">
-        <v>62433</v>
+        <v>56923</v>
       </c>
       <c r="F360" s="3" t="inlineStr">
         <is>
-          <t>Релігійні та богословські медіа</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G360" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H360" s="8" t="inlineStr">
         <is>
-          <t>УД 11017451</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I360" s="9"/>
       <c r="J360" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K360" s="9"/>
+          <t>УД 11017420</t>
+        </is>
+      </c>
+      <c r="K360" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B361" s="8" t="inlineStr">
         <is>
-          <t>041</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C361" s="3" t="inlineStr">
         <is>
-          <t>Богослов’я</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D361" s="3"/>
       <c r="E361" s="6" t="n">
-        <v>62434</v>
+        <v>56926</v>
       </c>
       <c r="F361" s="3" t="inlineStr">
         <is>
-          <t>Сучасне християнське богослов'я</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G361" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H361" s="8" t="inlineStr">
         <is>
-          <t>УД 11017458</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I361" s="9"/>
       <c r="J361" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K361" s="9"/>
+          <t>УД 11017421</t>
+        </is>
+      </c>
+      <c r="K361" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B362" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C362" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D362" s="3"/>
       <c r="E362" s="6" t="n">
-        <v>56923</v>
+        <v>56815</v>
       </c>
       <c r="F362" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Експериментальна практична психологія</t>
         </is>
       </c>
       <c r="G362" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H362" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I362" s="9"/>
       <c r="J362" s="8" t="inlineStr">
         <is>
-          <t>УД 11017420</t>
+          <t>УД 11017422</t>
         </is>
       </c>
       <c r="K362" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B363" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C363" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D363" s="3"/>
       <c r="E363" s="6" t="n">
-        <v>56926</v>
+        <v>56816</v>
       </c>
       <c r="F363" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Практична психологія</t>
         </is>
       </c>
       <c r="G363" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H363" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I363" s="9"/>
       <c r="J363" s="8" t="inlineStr">
         <is>
-          <t>УД 11017421</t>
+          <t>УД 11017422</t>
         </is>
       </c>
       <c r="K363" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B364" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C364" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D364" s="3"/>
       <c r="E364" s="6" t="n">
-        <v>56815</v>
+        <v>56833</v>
       </c>
       <c r="F364" s="3" t="inlineStr">
         <is>
-          <t>Експериментальна практична психологія</t>
+          <t>Теорія та практика наукової психології</t>
         </is>
       </c>
       <c r="G364" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H364" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I364" s="9"/>
       <c r="J364" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K364" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B365" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C365" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D365" s="3"/>
       <c r="E365" s="6" t="n">
-        <v>56816</v>
+        <v>56834</v>
       </c>
       <c r="F365" s="3" t="inlineStr">
         <is>
-          <t>Практична психологія</t>
+          <t>Консультативна психологія</t>
         </is>
       </c>
       <c r="G365" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H365" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I365" s="9"/>
       <c r="J365" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K365" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B366" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C366" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D366" s="3"/>
       <c r="E366" s="6" t="n">
-        <v>56833</v>
+        <v>56835</v>
       </c>
       <c r="F366" s="3" t="inlineStr">
         <is>
-          <t>Теорія та практика наукової психології</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G366" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H366" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I366" s="9"/>
       <c r="J366" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K366" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B367" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C367" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D367" s="3"/>
       <c r="E367" s="6" t="n">
-        <v>56834</v>
+        <v>56836</v>
       </c>
       <c r="F367" s="3" t="inlineStr">
         <is>
-          <t>Консультативна психологія</t>
+          <t>Психосоматика та психологія здоров'я</t>
         </is>
       </c>
       <c r="G367" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H367" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I367" s="9"/>
       <c r="J367" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K367" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B368" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C368" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D368" s="3"/>
       <c r="E368" s="6" t="n">
-        <v>56835</v>
+        <v>56837</v>
       </c>
       <c r="F368" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Соціальна психологія</t>
         </is>
       </c>
       <c r="G368" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H368" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I368" s="9"/>
+          <t>УД 11017453</t>
+        </is>
+      </c>
+      <c r="I368" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J368" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K368" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B369" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C369" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D369" s="3"/>
       <c r="E369" s="6" t="n">
-        <v>56836</v>
+        <v>56839</v>
       </c>
       <c r="F369" s="3" t="inlineStr">
         <is>
-          <t>Психосоматика та психологія здоров'я</t>
+          <t>Політична психологія</t>
         </is>
       </c>
       <c r="G369" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H369" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I369" s="9"/>
       <c r="J369" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K369" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B370" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C370" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D370" s="3"/>
       <c r="E370" s="6" t="n">
-        <v>56837</v>
+        <v>56865</v>
       </c>
       <c r="F370" s="3" t="inlineStr">
         <is>
-          <t>Соціальна психологія</t>
+          <t>Психологія консультування</t>
         </is>
       </c>
       <c r="G370" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H370" s="8" t="inlineStr">
         <is>
-          <t>УД 11017453</t>
+          <t>УД 11017452</t>
         </is>
       </c>
       <c r="I370" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J370" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K370" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B371" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C371" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D371" s="3"/>
       <c r="E371" s="6" t="n">
-        <v>56839</v>
+        <v>57031</v>
       </c>
       <c r="F371" s="3" t="inlineStr">
         <is>
-          <t>Політична психологія</t>
+          <t>Психологічний супровід процесів розвитку</t>
         </is>
       </c>
       <c r="G371" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H371" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I371" s="9"/>
       <c r="J371" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K371" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B372" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C372" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D372" s="3"/>
       <c r="E372" s="6" t="n">
-        <v>56865</v>
+        <v>57663</v>
       </c>
       <c r="F372" s="3" t="inlineStr">
         <is>
-          <t>Психологія консультування</t>
+          <t>Соціальна психологія та психотерапія</t>
         </is>
       </c>
       <c r="G372" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H372" s="8" t="inlineStr">
         <is>
-          <t>УД 11017452</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I372" s="9"/>
       <c r="J372" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K372" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B373" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C373" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D373" s="3"/>
       <c r="E373" s="6" t="n">
-        <v>57031</v>
+        <v>60843</v>
       </c>
       <c r="F373" s="3" t="inlineStr">
         <is>
-          <t>Психологічний супровід процесів розвитку</t>
+          <t>Політична психологія</t>
         </is>
       </c>
       <c r="G373" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H373" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I373" s="9"/>
       <c r="J373" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K373" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B374" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C374" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D374" s="3"/>
       <c r="E374" s="6" t="n">
-        <v>57663</v>
+        <v>60844</v>
       </c>
       <c r="F374" s="3" t="inlineStr">
         <is>
           <t>Соціальна психологія та психотерапія</t>
         </is>
       </c>
       <c r="G374" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H374" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I374" s="9"/>
       <c r="J374" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K374" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B375" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C375" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D375" s="3"/>
       <c r="E375" s="6" t="n">
-        <v>60843</v>
+        <v>61535</v>
       </c>
       <c r="F375" s="3" t="inlineStr">
         <is>
-          <t>Політична психологія</t>
+          <t>Клінічна психологія</t>
         </is>
       </c>
       <c r="G375" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H375" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I375" s="9"/>
       <c r="J375" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K375" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B376" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C376" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D376" s="3"/>
       <c r="E376" s="6" t="n">
-        <v>60844</v>
+        <v>61719</v>
       </c>
       <c r="F376" s="3" t="inlineStr">
         <is>
-          <t>Соціальна психологія та психотерапія</t>
+          <t>Психологічне консультування</t>
         </is>
       </c>
       <c r="G376" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H376" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I376" s="9"/>
       <c r="J376" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K376" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B377" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C377" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D377" s="3"/>
       <c r="E377" s="6" t="n">
-        <v>61535</v>
+        <v>65039</v>
       </c>
       <c r="F377" s="3" t="inlineStr">
         <is>
-          <t>Клінічна психологія</t>
+          <t>Кризова психологія</t>
         </is>
       </c>
       <c r="G377" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H377" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I377" s="9"/>
       <c r="J377" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K377" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B378" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C378" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D378" s="3"/>
       <c r="E378" s="6" t="n">
-        <v>61719</v>
+        <v>56924</v>
       </c>
       <c r="F378" s="3" t="inlineStr">
         <is>
-          <t>Психологічне консультування</t>
+          <t>Соціальні комунікації та PR-технології</t>
         </is>
       </c>
       <c r="G378" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H378" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I378" s="9"/>
+          <t>- 18862</t>
+        </is>
+      </c>
+      <c r="I378" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J378" s="8" t="inlineStr">
         <is>
-          <t>УД 11017422</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K378" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B379" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C379" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D379" s="3"/>
       <c r="E379" s="6" t="n">
-        <v>65039</v>
+        <v>57039</v>
       </c>
       <c r="F379" s="3" t="inlineStr">
         <is>
-          <t>Кризова психологія</t>
+          <t>Редагування в засобах масової інформації та видавнича діяльність</t>
         </is>
       </c>
       <c r="G379" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H379" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I379" s="9"/>
+          <t>УД 11017454</t>
+        </is>
+      </c>
+      <c r="I379" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J379" s="8" t="inlineStr">
         <is>
-          <t>УД 11017422</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K379" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B380" s="8" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C380" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D380" s="3"/>
       <c r="E380" s="6" t="n">
-        <v>56924</v>
+        <v>56922</v>
       </c>
       <c r="F380" s="3" t="inlineStr">
         <is>
-          <t>Соціальні комунікації та PR-технології</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G380" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H380" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I380" s="9"/>
       <c r="J380" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K380" s="9"/>
+          <t>УД 11017423</t>
+        </is>
+      </c>
+      <c r="K380" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B381" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C381" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D381" s="3"/>
       <c r="E381" s="6" t="n">
-        <v>57039</v>
+        <v>59461</v>
       </c>
       <c r="F381" s="3" t="inlineStr">
         <is>
-          <t>Редагування в засобах масової інформації та видавнича діяльність</t>
+          <t>Менеджмент сталого розвитку</t>
         </is>
       </c>
       <c r="G381" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H381" s="8" t="inlineStr">
         <is>
-          <t>УД 11017454</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I381" s="9"/>
       <c r="J381" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K381" s="9"/>
+          <t>УД 11017423</t>
+        </is>
+      </c>
+      <c r="K381" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B382" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C382" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D382" s="3"/>
       <c r="E382" s="6" t="n">
-        <v>56922</v>
+        <v>56931</v>
       </c>
       <c r="F382" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G382" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H382" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I382" s="9"/>
+          <t>УД 11017455</t>
+        </is>
+      </c>
+      <c r="I382" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J382" s="8" t="inlineStr">
         <is>
-          <t>УД 11017423</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K382" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B383" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C383" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D383" s="3"/>
       <c r="E383" s="6" t="n">
-        <v>59461</v>
+        <v>57014</v>
       </c>
       <c r="F383" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент сталого розвитку</t>
+          <t>Управління екоризиками та біозахист</t>
         </is>
       </c>
       <c r="G383" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H383" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I383" s="9"/>
+          <t>УД 11017456</t>
+        </is>
+      </c>
+      <c r="I383" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J383" s="8" t="inlineStr">
         <is>
-          <t>УД 11017423</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K383" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B384" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C384" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D384" s="3"/>
       <c r="E384" s="6" t="n">
-        <v>56931</v>
+        <v>57019</v>
       </c>
       <c r="F384" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Комп'ютерна фізика</t>
         </is>
       </c>
       <c r="G384" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H384" s="8" t="inlineStr">
         <is>
-          <t>УД 11017455</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I384" s="9"/>
       <c r="J384" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K384" s="9"/>
+          <t>УД 11017424</t>
+        </is>
+      </c>
+      <c r="K384" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B385" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C385" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D385" s="3"/>
       <c r="E385" s="6" t="n">
-        <v>57014</v>
+        <v>57020</v>
       </c>
       <c r="F385" s="3" t="inlineStr">
         <is>
-          <t>Управління екоризиками та біозахист</t>
+          <t>Фінансова та актуарна математика</t>
         </is>
       </c>
       <c r="G385" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H385" s="8" t="inlineStr">
         <is>
-          <t>УД 11017456</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I385" s="9"/>
       <c r="J385" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K385" s="9"/>
+          <t>УД 11017425</t>
+        </is>
+      </c>
+      <c r="K385" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B386" s="8" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C386" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D386" s="3"/>
       <c r="E386" s="6" t="n">
-        <v>57019</v>
+        <v>56997</v>
       </c>
       <c r="F386" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна фізика</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G386" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H386" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I386" s="9"/>
       <c r="J386" s="8" t="inlineStr">
         <is>
-          <t>УД 11017424</t>
+          <t>УД 11017427</t>
         </is>
       </c>
       <c r="K386" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B387" s="8" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C387" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D387" s="3"/>
       <c r="E387" s="6" t="n">
-        <v>57020</v>
+        <v>61656</v>
       </c>
       <c r="F387" s="3" t="inlineStr">
         <is>
-          <t>Фінансова та актуарна математика</t>
+          <t>Аналітика в управлінні</t>
         </is>
       </c>
       <c r="G387" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H387" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I387" s="9"/>
       <c r="J387" s="8" t="inlineStr">
         <is>
-          <t>УД 11017425</t>
+          <t>НД =-=-=-</t>
         </is>
       </c>
       <c r="K387" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B388" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C388" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D388" s="3"/>
       <c r="E388" s="6" t="n">
-        <v>56997</v>
+        <v>56928</v>
       </c>
       <c r="F388" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G388" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H388" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I388" s="9"/>
       <c r="J388" s="8" t="inlineStr">
         <is>
-          <t>УД 11017427</t>
+          <t>УД 11017429</t>
         </is>
       </c>
       <c r="K388" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B389" s="8" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C389" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D389" s="3"/>
       <c r="E389" s="6" t="n">
-        <v>61656</v>
+        <v>56929</v>
       </c>
       <c r="F389" s="3" t="inlineStr">
         <is>
-          <t>Аналітика в управлінні</t>
+          <t>Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G389" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H389" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I389" s="9"/>
       <c r="J389" s="8" t="inlineStr">
         <is>
-          <t>НД =-=-=-</t>
+          <t>УД 11017429</t>
         </is>
       </c>
       <c r="K389" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B390" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>232</t>
         </is>
       </c>
       <c r="C390" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D390" s="3"/>
       <c r="E390" s="6" t="n">
-        <v>56928</v>
+        <v>56930</v>
       </c>
       <c r="F390" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Соціальне інспектування</t>
         </is>
       </c>
       <c r="G390" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H390" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I390" s="9"/>
+          <t>- 4122</t>
+        </is>
+      </c>
+      <c r="I390" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J390" s="8" t="inlineStr">
         <is>
-          <t>УД 11017429</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K390" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B391" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C391" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D391" s="3"/>
       <c r="E391" s="6" t="n">
-        <v>56929</v>
+        <v>57015</v>
       </c>
       <c r="F391" s="3" t="inlineStr">
         <is>
-          <t>Соціальна педагогіка</t>
+          <t>Міжнародний туризм</t>
         </is>
       </c>
       <c r="G391" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H391" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I391" s="9"/>
+          <t>- 4124</t>
+        </is>
+      </c>
+      <c r="I391" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J391" s="8" t="inlineStr">
         <is>
-          <t>УД 11017429</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K391" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B392" s="8" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C392" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D392" s="3"/>
       <c r="E392" s="6" t="n">
-        <v>56930</v>
+        <v>59766</v>
       </c>
       <c r="F392" s="3" t="inlineStr">
         <is>
-          <t>Соціальне інспектування</t>
+          <t>Міжнародний туризм</t>
         </is>
       </c>
       <c r="G392" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H392" s="8" t="inlineStr">
         <is>
-          <t>- 4122</t>
+          <t>- 9294</t>
         </is>
       </c>
       <c r="I392" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J392" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K392" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B393" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C393" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D393" s="3"/>
       <c r="E393" s="6" t="n">
-        <v>57015</v>
+        <v>61403</v>
       </c>
       <c r="F393" s="3" t="inlineStr">
         <is>
-          <t>Міжнародний туризм</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G393" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H393" s="8" t="inlineStr">
         <is>
-          <t>- 4124</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I393" s="9"/>
       <c r="J393" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K393" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B394" s="8" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C394" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D394" s="3"/>
       <c r="E394" s="6" t="n">
-        <v>59766</v>
+        <v>56941</v>
       </c>
       <c r="F394" s="3" t="inlineStr">
         <is>
-          <t>Міжнародний туризм</t>
+          <t>Парламентаризм та публічне управління</t>
         </is>
       </c>
       <c r="G394" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H394" s="8" t="inlineStr">
         <is>
-          <t>- 9294</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I394" s="9"/>
       <c r="J394" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K394" s="9"/>
+          <t>УД 11017430</t>
+        </is>
+      </c>
+      <c r="K394" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B395" s="8" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C395" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D395" s="3"/>
       <c r="E395" s="6" t="n">
-        <v>61403</v>
+        <v>63070</v>
       </c>
       <c r="F395" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Парламентаризм та публічне управління</t>
         </is>
       </c>
       <c r="G395" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H395" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I395" s="9"/>
       <c r="J395" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K395" s="9"/>
+          <t>УД 11017430</t>
+        </is>
+      </c>
+      <c r="K395" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B396" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C396" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D396" s="3"/>
       <c r="E396" s="6" t="n">
-        <v>56941</v>
+        <v>56832</v>
       </c>
       <c r="F396" s="3" t="inlineStr">
         <is>
-          <t>Парламентаризм та публічне управління</t>
+          <t>Міжнародна комунікація</t>
         </is>
       </c>
       <c r="G396" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H396" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I396" s="9"/>
       <c r="J396" s="8" t="inlineStr">
         <is>
-          <t>УД 11017430</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K396" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B397" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C397" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D397" s="3"/>
       <c r="E397" s="6" t="n">
-        <v>63070</v>
+        <v>61381</v>
       </c>
       <c r="F397" s="3" t="inlineStr">
         <is>
-          <t>Парламентаризм та публічне управління</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="G397" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H397" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I397" s="9"/>
+          <t>- 18717</t>
+        </is>
+      </c>
+      <c r="I397" s="9" t="n">
+        <v>46309</v>
+      </c>
       <c r="J397" s="8" t="inlineStr">
         <is>
-          <t>УД 11017430</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K397" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B398" s="8" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C398" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D398" s="3"/>
       <c r="E398" s="6" t="n">
-        <v>56832</v>
+        <v>88063</v>
       </c>
       <c r="F398" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна комунікація</t>
+          <t>Міжнародні відносини та суспільні комунікації</t>
         </is>
       </c>
       <c r="G398" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H398" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I398" s="9"/>
       <c r="J398" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K398" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B399" s="8" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C399" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D399" s="3"/>
       <c r="E399" s="6" t="n">
-        <v>61381</v>
+        <v>81100</v>
       </c>
       <c r="F399" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Педагогіка вищої школи</t>
         </is>
       </c>
       <c r="G399" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H399" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I399" s="9"/>
       <c r="J399" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K399" s="9"/>
+          <t>УД 11020950</t>
+        </is>
+      </c>
+      <c r="K399" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B400" s="8" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C400" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D400" s="3"/>
       <c r="E400" s="6" t="n">
-        <v>88063</v>
+        <v>81101</v>
       </c>
       <c r="F400" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини та суспільні комунікації</t>
+          <t>Освітнє дорадництво</t>
         </is>
       </c>
       <c r="G400" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H400" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I400" s="9"/>
       <c r="J400" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K400" s="9"/>
+          <t>УД 11020950</t>
+        </is>
+      </c>
+      <c r="K400" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B401" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C401" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D401" s="3"/>
       <c r="E401" s="6" t="n">
-        <v>81100</v>
+        <v>81102</v>
       </c>
       <c r="F401" s="3" t="inlineStr">
         <is>
-          <t>Педагогіка вищої школи</t>
+          <t>Наукова освіта та наукова комунікація</t>
         </is>
       </c>
       <c r="G401" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H401" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I401" s="9"/>
       <c r="J401" s="8" t="inlineStr">
         <is>
           <t>УД 11020950</t>
         </is>
       </c>
       <c r="K401" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B402" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C402" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D402" s="3"/>
       <c r="E402" s="6" t="n">
-        <v>81101</v>
+        <v>81128</v>
       </c>
       <c r="F402" s="3" t="inlineStr">
         <is>
-          <t>Освітнє дорадництво</t>
+          <t>Позашкільна освіта</t>
         </is>
       </c>
       <c r="G402" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H402" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I402" s="9"/>
+          <t>- 14897</t>
+        </is>
+      </c>
+      <c r="I402" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J402" s="8" t="inlineStr">
         <is>
           <t>УД 11020950</t>
         </is>
       </c>
       <c r="K402" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B403" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C403" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D403" s="3"/>
       <c r="E403" s="6" t="n">
-        <v>81102</v>
+        <v>81140</v>
       </c>
       <c r="F403" s="3" t="inlineStr">
         <is>
-          <t>Наукова освіта та наукова комунікація</t>
+          <t>Освітня політика</t>
         </is>
       </c>
       <c r="G403" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H403" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I403" s="9"/>
       <c r="J403" s="8" t="inlineStr">
         <is>
           <t>УД 11020950</t>
         </is>
       </c>
       <c r="K403" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B404" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C404" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D404" s="3"/>
       <c r="E404" s="6" t="n">
-        <v>81128</v>
+        <v>81103</v>
       </c>
       <c r="F404" s="3" t="inlineStr">
         <is>
-          <t>Позашкільна освіта</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G404" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H404" s="8" t="inlineStr">
         <is>
-          <t>- 14897</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I404" s="9"/>
       <c r="J404" s="8" t="inlineStr">
         <is>
-          <t>УД 11020950</t>
+          <t>УД 11017394</t>
         </is>
       </c>
       <c r="K404" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B405" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C405" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D405" s="3"/>
       <c r="E405" s="6" t="n">
-        <v>81140</v>
+        <v>81104</v>
       </c>
       <c r="F405" s="3" t="inlineStr">
         <is>
-          <t>Освітня політика</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G405" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H405" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I405" s="9"/>
       <c r="J405" s="8" t="inlineStr">
         <is>
-          <t>УД 11020950</t>
+          <t>УД 11017395</t>
         </is>
       </c>
       <c r="K405" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B406" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C406" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D406" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D406" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E406" s="6" t="n">
-        <v>81103</v>
+        <v>81170</v>
       </c>
       <c r="F406" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Середня освіта (англійська мова і зарубіжна література та друга мова)</t>
         </is>
       </c>
       <c r="G406" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H406" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I406" s="9"/>
       <c r="J406" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K406" s="9"/>
+          <t>УД 11017397</t>
+        </is>
+      </c>
+      <c r="K406" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B407" s="8" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C407" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D407" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D407" s="3" t="inlineStr">
+        <is>
+          <t>Біологія та здоров’я людини</t>
+        </is>
+      </c>
       <c r="E407" s="6" t="n">
-        <v>81104</v>
+        <v>81163</v>
       </c>
       <c r="F407" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Середня освіта (Біологія та здоров'я людини)</t>
         </is>
       </c>
       <c r="G407" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H407" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I407" s="9"/>
       <c r="J407" s="8" t="inlineStr">
         <is>
-          <t>УД 11017395</t>
+          <t>УД 11017405</t>
         </is>
       </c>
       <c r="K407" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B408" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C408" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D408" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E408" s="6" t="n">
-        <v>81170</v>
+        <v>81164</v>
       </c>
       <c r="F408" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (англійська мова і зарубіжна література та друга мова)</t>
+          <t>Середня освіта (Географія)</t>
         </is>
       </c>
       <c r="G408" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H408" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I408" s="9"/>
       <c r="J408" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K408" s="9"/>
+          <t>УД 11017407</t>
+        </is>
+      </c>
+      <c r="K408" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B409" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C409" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D409" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Захист України</t>
         </is>
       </c>
       <c r="E409" s="6" t="n">
-        <v>81163</v>
+        <v>81144</v>
       </c>
       <c r="F409" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Біологія та здоров'я людини)</t>
+          <t>Середня освіта (Захист України)</t>
         </is>
       </c>
       <c r="G409" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H409" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I409" s="9"/>
       <c r="J409" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K409" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B410" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C410" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D410" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E410" s="6" t="n">
-        <v>81164</v>
+        <v>81169</v>
       </c>
       <c r="F410" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Географія)</t>
+          <t>Середня освіта (Інформатика)</t>
         </is>
       </c>
       <c r="G410" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H410" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I410" s="9"/>
       <c r="J410" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K410" s="9"/>
+          <t>УД 11017409</t>
+        </is>
+      </c>
+      <c r="K410" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B411" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C411" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D411" s="3" t="inlineStr">
         <is>
-          <t>Захист України</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E411" s="6" t="n">
-        <v>81144</v>
+        <v>81148</v>
       </c>
       <c r="F411" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Захист України)</t>
+          <t>Середня освіта (Історія та громадянська освіта)</t>
         </is>
       </c>
       <c r="G411" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H411" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I411" s="9"/>
       <c r="J411" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K411" s="9"/>
+          <t>УД 11017402</t>
+        </is>
+      </c>
+      <c r="K411" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B412" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C412" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D412" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E412" s="6" t="n">
-        <v>81169</v>
+        <v>81165</v>
       </c>
       <c r="F412" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Інформатика)</t>
+          <t>Середня освіта (Математика)</t>
         </is>
       </c>
       <c r="G412" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H412" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I412" s="9"/>
       <c r="J412" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K412" s="9"/>
+          <t>УД 11017403</t>
+        </is>
+      </c>
+      <c r="K412" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B413" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C413" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D413" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E413" s="6" t="n">
-        <v>81148</v>
+        <v>81166</v>
       </c>
       <c r="F413" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Історія та громадянська освіта)</t>
+          <t>Математична освіта</t>
         </is>
       </c>
       <c r="G413" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H413" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I413" s="9"/>
       <c r="J413" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K413" s="9"/>
+          <t>УД 11017403</t>
+        </is>
+      </c>
+      <c r="K413" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B414" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C414" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D414" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E414" s="6" t="n">
-        <v>81165</v>
+        <v>81167</v>
       </c>
       <c r="F414" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Математика)</t>
+          <t>Теорія та методика навчання математики</t>
         </is>
       </c>
       <c r="G414" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H414" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I414" s="9"/>
       <c r="J414" s="8" t="inlineStr">
         <is>
           <t>УД 11017403</t>
         </is>
       </c>
       <c r="K414" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B415" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C415" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D415" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E415" s="6" t="n">
-        <v>81166</v>
+        <v>81161</v>
       </c>
       <c r="F415" s="3" t="inlineStr">
         <is>
-          <t>Математична освіта</t>
+          <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G415" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H415" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I415" s="9"/>
       <c r="J415" s="8" t="inlineStr">
         <is>
-          <t>УД 11017403</t>
+          <t>УД 11017412</t>
         </is>
       </c>
       <c r="K415" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B416" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C416" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D416" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E416" s="6" t="n">
-        <v>81167</v>
+        <v>81149</v>
       </c>
       <c r="F416" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання математики</t>
+          <t>Середня освіта (Технології та інформатика)</t>
         </is>
       </c>
       <c r="G416" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H416" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I416" s="9"/>
       <c r="J416" s="8" t="inlineStr">
         <is>
-          <t>УД 11017403</t>
+          <t>УД 11017410</t>
         </is>
       </c>
       <c r="K416" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B417" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C417" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D417" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E417" s="6" t="n">
-        <v>81161</v>
+        <v>81146</v>
       </c>
       <c r="F417" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Музичне мистецтво)</t>
+          <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G417" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H417" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I417" s="9"/>
       <c r="J417" s="8" t="inlineStr">
         <is>
-          <t>УД 11017412</t>
+          <t>УД 11017396</t>
         </is>
       </c>
       <c r="K417" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B418" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C418" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D418" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E418" s="6" t="n">
-        <v>81149</v>
+        <v>81168</v>
       </c>
       <c r="F418" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Технології та інформатика)</t>
+          <t>Середня освіта (Фізика та астрономія)</t>
         </is>
       </c>
       <c r="G418" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H418" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I418" s="9"/>
       <c r="J418" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K418" s="9"/>
+          <t>УД 11017408</t>
+        </is>
+      </c>
+      <c r="K418" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B419" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C419" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D419" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E419" s="6" t="n">
-        <v>81146</v>
+        <v>81145</v>
       </c>
       <c r="F419" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Українська мова і література)</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="G419" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H419" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I419" s="9"/>
       <c r="J419" s="8" t="inlineStr">
         <is>
-          <t>УД 11017396</t>
+          <t>УД 11017411</t>
         </is>
       </c>
       <c r="K419" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B420" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C420" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D420" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="E420" s="6" t="n">
-        <v>81168</v>
+        <v>81162</v>
       </c>
       <c r="F420" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізика та астрономія)</t>
+          <t>Середня освіта (Хімія)</t>
         </is>
       </c>
       <c r="G420" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H420" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I420" s="9"/>
       <c r="J420" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K420" s="9"/>
+          <t>УД 11017406</t>
+        </is>
+      </c>
+      <c r="K420" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B421" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C421" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D421" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E421" s="6" t="n">
-        <v>81145</v>
+        <v>81152</v>
       </c>
       <c r="F421" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Професійна освіта. Харчові технології</t>
         </is>
       </c>
       <c r="G421" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H421" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I421" s="9"/>
       <c r="J421" s="8" t="inlineStr">
         <is>
-          <t>УД 11017411</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K421" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B422" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C422" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D422" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E422" s="6" t="n">
-        <v>81162</v>
+        <v>81150</v>
       </c>
       <c r="F422" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Хімія)</t>
+          <t>Комп'ютерні технології в управлінні та навчанні</t>
         </is>
       </c>
       <c r="G422" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H422" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I422" s="9"/>
+          <t>- 14902</t>
+        </is>
+      </c>
+      <c r="I422" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J422" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K422" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B423" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C423" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D423" s="3" t="inlineStr">
         <is>
-          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
+          <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E423" s="6" t="n">
-        <v>81152</v>
+        <v>81151</v>
       </c>
       <c r="F423" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта. Харчові технології</t>
+          <t>Професійна освіта. Комп'ютерні технології</t>
         </is>
       </c>
       <c r="G423" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H423" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I423" s="9"/>
+          <t>УД 11017457</t>
+        </is>
+      </c>
+      <c r="I423" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J423" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K423" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B424" s="8" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C424" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D424" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E424" s="6" t="n">
-        <v>81150</v>
+        <v>81154</v>
       </c>
       <c r="F424" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні технології в управлінні та навчанні</t>
+          <t>Реалібітаційна педагогіка</t>
         </is>
       </c>
       <c r="G424" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H424" s="8" t="inlineStr">
         <is>
-          <t>- 14902</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I424" s="9"/>
       <c r="J424" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K424" s="9"/>
+          <t>УД 11017414</t>
+        </is>
+      </c>
+      <c r="K424" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B425" s="8" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C425" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D425" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E425" s="6" t="n">
-        <v>81151</v>
+        <v>81158</v>
       </c>
       <c r="F425" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта. Комп'ютерні технології</t>
+          <t>Психокорекційна педагогіка з ортопедагогікою</t>
         </is>
       </c>
       <c r="G425" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H425" s="8" t="inlineStr">
         <is>
-          <t>УД 11017457</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I425" s="9"/>
       <c r="J425" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K425" s="9"/>
+          <t>УД 11017414</t>
+        </is>
+      </c>
+      <c r="K425" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B426" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C426" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D426" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E426" s="6" t="n">
-        <v>81154</v>
+        <v>81153</v>
       </c>
       <c r="F426" s="3" t="inlineStr">
         <is>
-          <t>Реалібітаційна педагогіка</t>
+          <t>Мовленнєва терапія</t>
         </is>
       </c>
       <c r="G426" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H426" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I426" s="9"/>
       <c r="J426" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K426" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B427" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C427" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D427" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E427" s="6" t="n">
-        <v>81158</v>
+        <v>81157</v>
       </c>
       <c r="F427" s="3" t="inlineStr">
         <is>
-          <t>Психокорекційна педагогіка з ортопедагогікою</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="G427" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H427" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I427" s="9"/>
       <c r="J427" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K427" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B428" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C428" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D428" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="E428" s="6" t="n">
-        <v>81153</v>
+        <v>81155</v>
       </c>
       <c r="F428" s="3" t="inlineStr">
         <is>
-          <t>Мовленнєва терапія</t>
+          <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="G428" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H428" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I428" s="9"/>
       <c r="J428" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K428" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B429" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C429" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D429" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="E429" s="6" t="n">
-        <v>81157</v>
+        <v>81159</v>
       </c>
       <c r="F429" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Сурдопедагогіка і сурдопсихологія</t>
         </is>
       </c>
       <c r="G429" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H429" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I429" s="9"/>
       <c r="J429" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K429" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B430" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C430" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D430" s="3" t="inlineStr">
         <is>
-          <t>Сурдопедагогіка</t>
+          <t>Тифлопедагогіка</t>
         </is>
       </c>
       <c r="E430" s="6" t="n">
-        <v>81155</v>
+        <v>81156</v>
       </c>
       <c r="F430" s="3" t="inlineStr">
         <is>
-          <t>Сурдопедагогіка</t>
+          <t>Тифлопедагогіка та освітня реабілітація</t>
         </is>
       </c>
       <c r="G430" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H430" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I430" s="9"/>
       <c r="J430" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K430" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B431" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C431" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D431" s="3" t="inlineStr">
         <is>
-          <t>Сурдопедагогіка</t>
+          <t>Тифлопедагогіка</t>
         </is>
       </c>
       <c r="E431" s="6" t="n">
-        <v>81159</v>
+        <v>81160</v>
       </c>
       <c r="F431" s="3" t="inlineStr">
         <is>
-          <t>Сурдопедагогіка і сурдопсихологія</t>
+          <t>Тифлопедагогіка та інклюзивна освіта</t>
         </is>
       </c>
       <c r="G431" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H431" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I431" s="9"/>
       <c r="J431" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K431" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B432" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C432" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D432" s="3" t="inlineStr">
         <is>
           <t>Тифлопедагогіка</t>
         </is>
       </c>
       <c r="E432" s="6" t="n">
-        <v>81156</v>
+        <v>87731</v>
       </c>
       <c r="F432" s="3" t="inlineStr">
         <is>
-          <t>Тифлопедагогіка та освітня реабілітація</t>
+          <t>Тифлопедагогіка</t>
         </is>
       </c>
       <c r="G432" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H432" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I432" s="9"/>
       <c r="J432" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K432" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B433" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C433" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D433" s="3"/>
       <c r="E433" s="6" t="n">
-        <v>81160</v>
+        <v>81107</v>
       </c>
       <c r="F433" s="3" t="inlineStr">
         <is>
-          <t>Тифлопедагогіка та інклюзивна освіта</t>
+          <t>Фітнес та здоров`я формувальна діяльність</t>
         </is>
       </c>
       <c r="G433" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H433" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I433" s="9"/>
       <c r="J433" s="8" t="inlineStr">
         <is>
-          <t>УД 11017414</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K433" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B434" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C434" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D434" s="3"/>
       <c r="E434" s="6" t="n">
-        <v>87731</v>
+        <v>81108</v>
       </c>
       <c r="F434" s="3" t="inlineStr">
         <is>
-          <t>Тифлопедагогіка</t>
+          <t>Фізкультурно-спортивне відновлення</t>
         </is>
       </c>
       <c r="G434" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H434" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I434" s="9"/>
       <c r="J434" s="8" t="inlineStr">
         <is>
-          <t>УД 11017414</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K434" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B435" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C435" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D435" s="3"/>
       <c r="E435" s="6" t="n">
-        <v>81107</v>
+        <v>81109</v>
       </c>
       <c r="F435" s="3" t="inlineStr">
         <is>
-          <t>Фітнес та здоров`я формувальна діяльність</t>
+          <t>Спорт</t>
         </is>
       </c>
       <c r="G435" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H435" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I435" s="9"/>
+          <t>- 14898</t>
+        </is>
+      </c>
+      <c r="I435" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J435" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K435" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B436" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C436" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D436" s="3"/>
       <c r="E436" s="6" t="n">
-        <v>81108</v>
+        <v>87676</v>
       </c>
       <c r="F436" s="3" t="inlineStr">
         <is>
-          <t>Фізкультурно-спортивне відновлення</t>
+          <t>Адаптивний спорт</t>
         </is>
       </c>
       <c r="G436" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H436" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I436" s="9"/>
       <c r="J436" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K436" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B437" s="8" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C437" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D437" s="3"/>
       <c r="E437" s="6" t="n">
-        <v>81109</v>
+        <v>81141</v>
       </c>
       <c r="F437" s="3" t="inlineStr">
         <is>
-          <t>Спорт</t>
+          <t>Теоретична та практична філософія</t>
         </is>
       </c>
       <c r="G437" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H437" s="8" t="inlineStr">
         <is>
-          <t>- 14898</t>
+          <t>- 14900</t>
         </is>
       </c>
       <c r="I437" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J437" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K437" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B438" s="8" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C438" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D438" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D438" s="3" t="inlineStr">
+        <is>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E438" s="6" t="n">
-        <v>87676</v>
+        <v>81171</v>
       </c>
       <c r="F438" s="3" t="inlineStr">
         <is>
-          <t>Адаптивний спорт</t>
+          <t>Англійська мова і зарубіжна література та друга мова</t>
         </is>
       </c>
       <c r="G438" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H438" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I438" s="9"/>
       <c r="J438" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K438" s="9"/>
+          <t>УД 11017419</t>
+        </is>
+      </c>
+      <c r="K438" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B439" s="8" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C439" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
-[...2 lines deleted...]
-      <c r="D439" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D439" s="3" t="inlineStr">
+        <is>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E439" s="6" t="n">
-        <v>81141</v>
+        <v>81173</v>
       </c>
       <c r="F439" s="3" t="inlineStr">
         <is>
-          <t>Теоретична та практична філософія</t>
+          <t>Переклад. Англійська та друга іноземна мови</t>
         </is>
       </c>
       <c r="G439" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H439" s="8" t="inlineStr">
         <is>
-          <t>- 14900</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I439" s="9"/>
       <c r="J439" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K439" s="9"/>
+          <t>УД 11017419</t>
+        </is>
+      </c>
+      <c r="K439" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B440" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C440" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D440" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E440" s="6" t="n">
-        <v>81171</v>
+        <v>81174</v>
       </c>
       <c r="F440" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і зарубіжна література та друга мова</t>
+          <t>Прикладна лінгвістика. Англійська та друга іноземна мови</t>
         </is>
       </c>
       <c r="G440" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H440" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I440" s="9"/>
       <c r="J440" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K440" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="441">
       <c r="A441" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B441" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C441" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D441" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E441" s="6" t="n">
-        <v>81173</v>
+        <v>81172</v>
       </c>
       <c r="F441" s="3" t="inlineStr">
         <is>
-          <t>Переклад. Англійська та друга іноземна мови</t>
+          <t>Польська мова і зарубіжна література та українська мова</t>
         </is>
       </c>
       <c r="G441" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H441" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I441" s="9"/>
       <c r="J441" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K441" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B442" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C442" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D442" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика</t>
+          <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E442" s="6" t="n">
-        <v>81174</v>
+        <v>81147</v>
       </c>
       <c r="F442" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика. Англійська та друга іноземна мови</t>
+          <t>Філологія (Українська мова та література)</t>
         </is>
       </c>
       <c r="G442" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H442" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I442" s="9"/>
       <c r="J442" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K442" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B443" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B12</t>
         </is>
       </c>
       <c r="C443" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Культурологія та музеєзнавство</t>
+        </is>
+      </c>
+      <c r="D443" s="3"/>
       <c r="E443" s="6" t="n">
-        <v>81172</v>
+        <v>81142</v>
       </c>
       <c r="F443" s="3" t="inlineStr">
         <is>
-          <t>Польська мова і зарубіжна література та українська мова</t>
+          <t>Цифрові трансформації у сфері культури</t>
         </is>
       </c>
       <c r="G443" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H443" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I443" s="9"/>
       <c r="J443" s="8" t="inlineStr">
         <is>
-          <t>УД 11017419</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K443" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B444" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C444" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
+        </is>
+      </c>
+      <c r="D444" s="3"/>
       <c r="E444" s="6" t="n">
-        <v>81147</v>
+        <v>81138</v>
       </c>
       <c r="F444" s="3" t="inlineStr">
         <is>
-          <t>Філологія (Українська мова та література)</t>
+          <t>Інформаційне документовпорядження</t>
         </is>
       </c>
       <c r="G444" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H444" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I444" s="9"/>
       <c r="J444" s="8" t="inlineStr">
         <is>
-          <t>УД 11017419</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K444" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B445" s="8" t="inlineStr">
         <is>
-          <t>B12</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C445" s="3" t="inlineStr">
         <is>
-          <t>Культурологія та музеєзнавство</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D445" s="3"/>
       <c r="E445" s="6" t="n">
-        <v>81142</v>
+        <v>81116</v>
       </c>
       <c r="F445" s="3" t="inlineStr">
         <is>
-          <t>Цифрові трансформації у сфері культури</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="G445" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H445" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I445" s="9"/>
       <c r="J445" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K445" s="9"/>
+          <t>УД 11017415</t>
+        </is>
+      </c>
+      <c r="K445" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B446" s="8" t="inlineStr">
         <is>
-          <t>B13</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C446" s="3" t="inlineStr">
         <is>
-          <t>Бібліотечна, інформаційна та архівна справа</t>
-[...2 lines deleted...]
-      <c r="D446" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D446" s="3" t="inlineStr">
+        <is>
+          <t>Графічний дизайн</t>
+        </is>
+      </c>
       <c r="E446" s="6" t="n">
-        <v>81138</v>
+        <v>87748</v>
       </c>
       <c r="F446" s="3" t="inlineStr">
         <is>
-          <t>Інформаційне документовпорядження</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="G446" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H446" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I446" s="9"/>
       <c r="J446" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K446" s="9"/>
+          <t>УД 11017415</t>
+        </is>
+      </c>
+      <c r="K446" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B447" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C447" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
-      <c r="D447" s="3"/>
+      <c r="D447" s="3" t="inlineStr">
+        <is>
+          <t>Дизайн костюму</t>
+        </is>
+      </c>
       <c r="E447" s="6" t="n">
-        <v>81116</v>
+        <v>87750</v>
       </c>
       <c r="F447" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="G447" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H447" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I447" s="9"/>
       <c r="J447" s="8" t="inlineStr">
         <is>
           <t>УД 11017415</t>
         </is>
       </c>
       <c r="K447" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B448" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C448" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D448" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E448" s="6" t="n">
-        <v>87748</v>
+        <v>87749</v>
       </c>
       <c r="F448" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="G448" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H448" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I448" s="9"/>
       <c r="J448" s="8" t="inlineStr">
         <is>
           <t>УД 11017415</t>
         </is>
       </c>
       <c r="K448" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B449" s="8" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C449" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D449" s="3" t="inlineStr">
         <is>
-          <t>Дизайн костюму</t>
+          <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E449" s="6" t="n">
-        <v>87750</v>
+        <v>81105</v>
       </c>
       <c r="F449" s="3" t="inlineStr">
         <is>
-          <t>Дизайн одягу (взуття)</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G449" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H449" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I449" s="9"/>
+          <t>УД 11017449</t>
+        </is>
+      </c>
+      <c r="I449" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J449" s="8" t="inlineStr">
         <is>
-          <t>УД 11017415</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K449" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B450" s="8" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C450" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D450" s="3"/>
       <c r="E450" s="6" t="n">
-        <v>87749</v>
+        <v>81120</v>
       </c>
       <c r="F450" s="3" t="inlineStr">
         <is>
-          <t>Дизайн середовища</t>
+          <t>Музичне мистецтво. Музично-інструментальне виконавство</t>
         </is>
       </c>
       <c r="G450" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H450" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I450" s="9"/>
       <c r="J450" s="8" t="inlineStr">
         <is>
-          <t>УД 11017415</t>
+          <t>УД 11017417</t>
         </is>
       </c>
       <c r="K450" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B451" s="8" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C451" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D451" s="3"/>
       <c r="E451" s="6" t="n">
-        <v>81105</v>
+        <v>81121</v>
       </c>
       <c r="F451" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Музичне мистецтво. Диригування</t>
         </is>
       </c>
       <c r="G451" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H451" s="8" t="inlineStr">
         <is>
-          <t>УД 11017449</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I451" s="9"/>
       <c r="J451" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K451" s="9"/>
+          <t>УД 11017417</t>
+        </is>
+      </c>
+      <c r="K451" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B452" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C452" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D452" s="3"/>
       <c r="E452" s="6" t="n">
-        <v>81120</v>
+        <v>81122</v>
       </c>
       <c r="F452" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво. Музично-інструментальне виконавство</t>
+          <t>Музичне мистецтво. Вокальне виконавство</t>
         </is>
       </c>
       <c r="G452" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H452" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I452" s="9"/>
       <c r="J452" s="8" t="inlineStr">
         <is>
           <t>УД 11017417</t>
         </is>
       </c>
       <c r="K452" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B453" s="8" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C453" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D453" s="3"/>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D453" s="3" t="inlineStr">
+        <is>
+          <t>Хореографічне мистецтво</t>
+        </is>
+      </c>
       <c r="E453" s="6" t="n">
-        <v>81121</v>
+        <v>87739</v>
       </c>
       <c r="F453" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво. Диригування</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="G453" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H453" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I453" s="9"/>
       <c r="J453" s="8" t="inlineStr">
         <is>
-          <t>УД 11017417</t>
+          <t>УД 11017416</t>
         </is>
       </c>
       <c r="K453" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B454" s="8" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>B7</t>
         </is>
       </c>
       <c r="C454" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D454" s="3"/>
       <c r="E454" s="6" t="n">
-        <v>81122</v>
+        <v>81143</v>
       </c>
       <c r="F454" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво. Вокальне виконавство</t>
+          <t>Релігія та сучасні суспільні процеси</t>
         </is>
       </c>
       <c r="G454" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H454" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I454" s="9"/>
       <c r="J454" s="8" t="inlineStr">
         <is>
-          <t>УД 11017417</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K454" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B455" s="8" t="inlineStr">
         <is>
-          <t>B6</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C455" s="3" t="inlineStr">
         <is>
-          <t>Перформативні мистецтва</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D455" s="3"/>
       <c r="E455" s="6" t="n">
-        <v>87739</v>
+        <v>81114</v>
       </c>
       <c r="F455" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G455" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H455" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I455" s="9"/>
       <c r="J455" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K455" s="9"/>
+          <t>УД 11017418</t>
+        </is>
+      </c>
+      <c r="K455" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B456" s="8" t="inlineStr">
         <is>
-          <t>B7</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C456" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
-[...2 lines deleted...]
-      <c r="D456" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D456" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E456" s="6" t="n">
-        <v>81143</v>
+        <v>81133</v>
       </c>
       <c r="F456" s="3" t="inlineStr">
         <is>
-          <t>Релігія та сучасні суспільні процеси</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G456" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H456" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I456" s="9"/>
       <c r="J456" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K456" s="9"/>
+          <t>УД 11017420</t>
+        </is>
+      </c>
+      <c r="K456" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B457" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C457" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D457" s="3"/>
       <c r="E457" s="6" t="n">
-        <v>81114</v>
+        <v>81139</v>
       </c>
       <c r="F457" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G457" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H457" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I457" s="9"/>
       <c r="J457" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K457" s="9"/>
+          <t>УД 11017421</t>
+        </is>
+      </c>
+      <c r="K457" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B458" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>C3</t>
         </is>
       </c>
       <c r="C458" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міжнародні відносини</t>
+        </is>
+      </c>
+      <c r="D458" s="3"/>
       <c r="E458" s="6" t="n">
-        <v>81133</v>
+        <v>81115</v>
       </c>
       <c r="F458" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Міжнародні відносини та суспільні комунікації</t>
         </is>
       </c>
       <c r="G458" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H458" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I458" s="9"/>
       <c r="J458" s="8" t="inlineStr">
         <is>
-          <t>УД 11017420</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K458" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B459" s="8" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C459" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D459" s="3"/>
       <c r="E459" s="6" t="n">
-        <v>81139</v>
+        <v>81106</v>
       </c>
       <c r="F459" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Практична психологія</t>
         </is>
       </c>
       <c r="G459" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H459" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I459" s="9"/>
       <c r="J459" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K459" s="9"/>
+          <t>УД 11017422</t>
+        </is>
+      </c>
+      <c r="K459" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B460" s="8" t="inlineStr">
         <is>
-          <t>C3</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C460" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D460" s="3"/>
       <c r="E460" s="6" t="n">
-        <v>81115</v>
+        <v>81110</v>
       </c>
       <c r="F460" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини та суспільні комунікації</t>
+          <t>Теорія та практика наукової психології</t>
         </is>
       </c>
       <c r="G460" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H460" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I460" s="9"/>
       <c r="J460" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K460" s="9"/>
+          <t>УД 11017422</t>
+        </is>
+      </c>
+      <c r="K460" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B461" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C461" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D461" s="3"/>
       <c r="E461" s="6" t="n">
-        <v>81106</v>
+        <v>81111</v>
       </c>
       <c r="F461" s="3" t="inlineStr">
         <is>
-          <t>Практична психологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G461" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H461" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I461" s="9"/>
       <c r="J461" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K461" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B462" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C462" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D462" s="3"/>
       <c r="E462" s="6" t="n">
-        <v>81110</v>
+        <v>81112</v>
       </c>
       <c r="F462" s="3" t="inlineStr">
         <is>
-          <t>Теорія та практика наукової психології</t>
+          <t>Прикладна психологія</t>
         </is>
       </c>
       <c r="G462" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H462" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I462" s="9"/>
       <c r="J462" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K462" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B463" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C463" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D463" s="3"/>
       <c r="E463" s="6" t="n">
-        <v>81111</v>
+        <v>81113</v>
       </c>
       <c r="F463" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Психологія консультування</t>
         </is>
       </c>
       <c r="G463" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H463" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I463" s="9"/>
+          <t>УД 11017452</t>
+        </is>
+      </c>
+      <c r="I463" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J463" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K463" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B464" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C464" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D464" s="3"/>
       <c r="E464" s="6" t="n">
-        <v>81112</v>
+        <v>81117</v>
       </c>
       <c r="F464" s="3" t="inlineStr">
         <is>
-          <t>Прикладна психологія</t>
+          <t>Клінічна психологія</t>
         </is>
       </c>
       <c r="G464" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H464" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I464" s="9"/>
       <c r="J464" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K464" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B465" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C465" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D465" s="3"/>
       <c r="E465" s="6" t="n">
-        <v>81113</v>
+        <v>81118</v>
       </c>
       <c r="F465" s="3" t="inlineStr">
         <is>
-          <t>Психологія консультування</t>
+          <t>Психологічний супровід процесів розвитку</t>
         </is>
       </c>
       <c r="G465" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H465" s="8" t="inlineStr">
         <is>
-          <t>УД 11017452</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I465" s="9"/>
       <c r="J465" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K465" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B466" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C466" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D466" s="3"/>
       <c r="E466" s="6" t="n">
-        <v>81117</v>
+        <v>81129</v>
       </c>
       <c r="F466" s="3" t="inlineStr">
         <is>
-          <t>Клінічна психологія</t>
+          <t>Соціальні комунікації та PR-технології</t>
         </is>
       </c>
       <c r="G466" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H466" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I466" s="9"/>
       <c r="J466" s="8" t="inlineStr">
         <is>
-          <t>УД 11017422</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K466" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B467" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C467" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D467" s="3"/>
       <c r="E467" s="6" t="n">
-        <v>81118</v>
+        <v>88074</v>
       </c>
       <c r="F467" s="3" t="inlineStr">
         <is>
-          <t>Психологічний супровід процесів розвитку</t>
+          <t>Соціологія та соціальні комунікації</t>
         </is>
       </c>
       <c r="G467" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H467" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I467" s="9"/>
       <c r="J467" s="8" t="inlineStr">
         <is>
-          <t>УД 11017422</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K467" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="468">
       <c r="A468" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B468" s="8" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C468" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D468" s="3"/>
       <c r="E468" s="6" t="n">
-        <v>81129</v>
+        <v>79635</v>
       </c>
       <c r="F468" s="3" t="inlineStr">
         <is>
-          <t>Соціальні комунікації та PR-технології</t>
+          <t>Медіаредагування та журналістика</t>
         </is>
       </c>
       <c r="G468" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H468" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I468" s="9"/>
       <c r="J468" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K468" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="469">
       <c r="A469" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B469" s="8" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C469" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D469" s="3"/>
       <c r="E469" s="6" t="n">
-        <v>88074</v>
+        <v>79638</v>
       </c>
       <c r="F469" s="3" t="inlineStr">
         <is>
-          <t>Соціологія та соціальні комунікації</t>
+          <t>Редагування в засобах масової інформації та видавнича діяльність</t>
         </is>
       </c>
       <c r="G469" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H469" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I469" s="9"/>
       <c r="J469" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K469" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B470" s="8" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C470" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D470" s="3"/>
       <c r="E470" s="6" t="n">
-        <v>79635</v>
+        <v>81134</v>
       </c>
       <c r="F470" s="3" t="inlineStr">
         <is>
-          <t>Медіаредагування та журналістика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G470" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H470" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I470" s="9"/>
       <c r="J470" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K470" s="9"/>
+          <t>УД 11020952</t>
+        </is>
+      </c>
+      <c r="K470" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B471" s="8" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C471" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D471" s="3"/>
       <c r="E471" s="6" t="n">
-        <v>79638</v>
+        <v>81137</v>
       </c>
       <c r="F471" s="3" t="inlineStr">
         <is>
-          <t>Редагування в засобах масової інформації та видавнича діяльність</t>
+          <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="G471" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H471" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I471" s="9"/>
+          <t>- 14899</t>
+        </is>
+      </c>
+      <c r="I471" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J471" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K471" s="9"/>
+          <t>УД 11020952</t>
+        </is>
+      </c>
+      <c r="K471" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B472" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C472" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D472" s="3"/>
       <c r="E472" s="6" t="n">
-        <v>81134</v>
+        <v>81136</v>
       </c>
       <c r="F472" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Парламентаризм та публічне управління</t>
         </is>
       </c>
       <c r="G472" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H472" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I472" s="9"/>
       <c r="J472" s="8" t="inlineStr">
         <is>
-          <t>УД 11020952</t>
+          <t>УД 11017430</t>
         </is>
       </c>
       <c r="K472" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B473" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C473" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D473" s="3"/>
       <c r="E473" s="6" t="n">
-        <v>81137</v>
+        <v>69870</v>
       </c>
       <c r="F473" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G473" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H473" s="8" t="inlineStr">
         <is>
-          <t>- 14899</t>
+          <t>УД 11017455</t>
         </is>
       </c>
       <c r="I473" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J473" s="8" t="inlineStr">
         <is>
-          <t>УД 11020952</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K473" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B474" s="8" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C474" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D474" s="3"/>
       <c r="E474" s="6" t="n">
-        <v>81136</v>
+        <v>74768</v>
       </c>
       <c r="F474" s="3" t="inlineStr">
         <is>
-          <t>Парламентаризм та публічне управління</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G474" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H474" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I474" s="9"/>
       <c r="J474" s="8" t="inlineStr">
         <is>
-          <t>УД 11017430</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K474" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="475">
       <c r="A475" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B475" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C475" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D475" s="3"/>
       <c r="E475" s="6" t="n">
-        <v>69870</v>
+        <v>81123</v>
       </c>
       <c r="F475" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Управління екоризиками та біозахист</t>
         </is>
       </c>
       <c r="G475" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H475" s="8" t="inlineStr">
         <is>
-          <t>УД 11017455</t>
+          <t>УД 11017456</t>
         </is>
       </c>
       <c r="I475" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J475" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K475" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B476" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C476" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D476" s="3"/>
       <c r="E476" s="6" t="n">
-        <v>74768</v>
+        <v>81126</v>
       </c>
       <c r="F476" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Комп’ютерна фізика</t>
         </is>
       </c>
       <c r="G476" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H476" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I476" s="9"/>
       <c r="J476" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K476" s="9"/>
+          <t>УД 11017424</t>
+        </is>
+      </c>
+      <c r="K476" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B477" s="8" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C477" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D477" s="3"/>
       <c r="E477" s="6" t="n">
-        <v>81123</v>
+        <v>81125</v>
       </c>
       <c r="F477" s="3" t="inlineStr">
         <is>
-          <t>Управління екоризиками та біозахист</t>
+          <t>Фінансова та актуарна математика</t>
         </is>
       </c>
       <c r="G477" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H477" s="8" t="inlineStr">
         <is>
-          <t>УД 11017456</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I477" s="9"/>
       <c r="J477" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K477" s="9"/>
+          <t>УД 11017425</t>
+        </is>
+      </c>
+      <c r="K477" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B478" s="8" t="inlineStr">
         <is>
-          <t>E5</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C478" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D478" s="3"/>
       <c r="E478" s="6" t="n">
-        <v>81126</v>
+        <v>81127</v>
       </c>
       <c r="F478" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна фізика</t>
+          <t>Комп’ютерні науки</t>
         </is>
       </c>
       <c r="G478" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H478" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I478" s="9"/>
       <c r="J478" s="8" t="inlineStr">
         <is>
-          <t>УД 11017424</t>
+          <t>УД 11017427</t>
         </is>
       </c>
       <c r="K478" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B479" s="8" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>F4</t>
         </is>
       </c>
       <c r="C479" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D479" s="3"/>
       <c r="E479" s="6" t="n">
-        <v>81125</v>
+        <v>81135</v>
       </c>
       <c r="F479" s="3" t="inlineStr">
         <is>
-          <t>Фінансова та актуарна математика</t>
+          <t>Системний аналіз та аналітичні технології</t>
         </is>
       </c>
       <c r="G479" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H479" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I479" s="9"/>
       <c r="J479" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K479" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B480" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F4</t>
         </is>
       </c>
       <c r="C480" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D480" s="3"/>
       <c r="E480" s="6" t="n">
-        <v>81127</v>
+        <v>87741</v>
       </c>
       <c r="F480" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні науки</t>
+          <t>Системний аналіз та інформативна аналітика</t>
         </is>
       </c>
       <c r="G480" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H480" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I480" s="9"/>
       <c r="J480" s="8" t="inlineStr">
         <is>
-          <t>УД 11017427</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K480" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B481" s="8" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C481" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D481" s="3"/>
       <c r="E481" s="6" t="n">
-        <v>81135</v>
+        <v>87956</v>
       </c>
       <c r="F481" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та аналітичні технології</t>
+          <t>Системний аналіз та інформаційна аналітика</t>
         </is>
       </c>
       <c r="G481" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H481" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I481" s="9"/>
       <c r="J481" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K481" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B482" s="8" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C482" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та наука про дані</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D482" s="3"/>
       <c r="E482" s="6" t="n">
-        <v>87741</v>
+        <v>81130</v>
       </c>
       <c r="F482" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та інформативна аналітика</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="G482" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H482" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I482" s="9"/>
       <c r="J482" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K482" s="9"/>
+          <t>УД 11017429</t>
+        </is>
+      </c>
+      <c r="K482" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B483" s="8" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C483" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та наука про дані</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D483" s="3"/>
       <c r="E483" s="6" t="n">
-        <v>87956</v>
+        <v>81131</v>
       </c>
       <c r="F483" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та інформаційна аналітика</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G483" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H483" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I483" s="9"/>
       <c r="J483" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K483" s="9"/>
+          <t>УД 11017429</t>
+        </is>
+      </c>
+      <c r="K483" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B484" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C484" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D484" s="3"/>
       <c r="E484" s="6" t="n">
-        <v>81130</v>
+        <v>81132</v>
       </c>
       <c r="F484" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G484" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H484" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I484" s="9"/>
       <c r="J484" s="8" t="inlineStr">
         <is>
           <t>УД 11017429</t>
         </is>
       </c>
       <c r="K484" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="485">
       <c r="A485" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B485" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C485" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D485" s="3"/>
       <c r="E485" s="6" t="n">
-        <v>81131</v>
+        <v>87581</v>
       </c>
       <c r="F485" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Соціальне інспектування</t>
         </is>
       </c>
       <c r="G485" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H485" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I485" s="9"/>
+          <t>- 17186</t>
+        </is>
+      </c>
+      <c r="I485" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J485" s="8" t="inlineStr">
         <is>
           <t>УД 11017429</t>
         </is>
       </c>
       <c r="K485" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B486" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C486" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
-[...2 lines deleted...]
-      <c r="D486" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D486" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E486" s="6" t="n">
-        <v>81132</v>
+        <v>74767</v>
       </c>
       <c r="F486" s="3" t="inlineStr">
         <is>
-          <t>Соціальна педагогіка</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G486" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H486" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I486" s="9"/>
       <c r="J486" s="8" t="inlineStr">
         <is>
-          <t>УД 11017429</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K486" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="487">
       <c r="A487" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B487" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C487" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D487" s="3"/>
       <c r="E487" s="6" t="n">
-        <v>87581</v>
+        <v>81124</v>
       </c>
       <c r="F487" s="3" t="inlineStr">
         <is>
-          <t>Соціальне інспектування</t>
+          <t>Міжнародний туризм</t>
         </is>
       </c>
       <c r="G487" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H487" s="8" t="inlineStr">
         <is>
-          <t>- 17186</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I487" s="9"/>
       <c r="J487" s="8" t="inlineStr">
         <is>
-          <t>УД 11017429</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K487" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B488" s="8" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C488" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні, педагогічні науки</t>
+        </is>
+      </c>
+      <c r="D488" s="3"/>
       <c r="E488" s="6" t="n">
-        <v>74767</v>
+        <v>56866</v>
       </c>
       <c r="F488" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G488" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H488" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I488" s="9"/>
+          <t>- 16408</t>
+        </is>
+      </c>
+      <c r="I488" s="9" t="n">
+        <v>46197</v>
+      </c>
       <c r="J488" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K488" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B489" s="8" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C489" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D489" s="3"/>
       <c r="E489" s="6" t="n">
-        <v>81124</v>
+        <v>62286</v>
       </c>
       <c r="F489" s="3" t="inlineStr">
         <is>
-          <t>Міжнародний туризм</t>
+          <t>Позашкільна освіта</t>
         </is>
       </c>
       <c r="G489" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H489" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I489" s="9"/>
       <c r="J489" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K489" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="490">
       <c r="A490" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B490" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C490" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D490" s="3"/>
       <c r="E490" s="6" t="n">
-        <v>56866</v>
+        <v>58736</v>
       </c>
       <c r="F490" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Теорія та методика навчання фізико-математичних наук</t>
         </is>
       </c>
       <c r="G490" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H490" s="8" t="inlineStr">
         <is>
-          <t>- 16408</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I490" s="9"/>
       <c r="J490" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K490" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="491">
       <c r="A491" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B491" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C491" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
-[...2 lines deleted...]
-      <c r="D491" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D491" s="3" t="inlineStr">
+        <is>
+          <t>Інформатика</t>
+        </is>
+      </c>
       <c r="E491" s="6" t="n">
-        <v>62286</v>
+        <v>57826</v>
       </c>
       <c r="F491" s="3" t="inlineStr">
         <is>
-          <t>Позашкільна освіта</t>
+          <t>Теорія та методика навчання інформатики</t>
         </is>
       </c>
       <c r="G491" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H491" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I491" s="9"/>
       <c r="J491" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K491" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="492">
       <c r="A492" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B492" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C492" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
-      <c r="D492" s="3"/>
+      <c r="D492" s="3" t="inlineStr">
+        <is>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
       <c r="E492" s="6" t="n">
-        <v>58736</v>
+        <v>56869</v>
       </c>
       <c r="F492" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання фізико-математичних наук</t>
+          <t>Середня освіта (музичне мистецтво)</t>
         </is>
       </c>
       <c r="G492" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H492" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I492" s="9"/>
+          <t>- 16411</t>
+        </is>
+      </c>
+      <c r="I492" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J492" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K492" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="493">
       <c r="A493" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B493" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C493" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D493" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E493" s="6" t="n">
-        <v>57826</v>
+        <v>56871</v>
       </c>
       <c r="F493" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання інформатики</t>
+          <t>Середня освіта (Трудове навчання та технології)</t>
         </is>
       </c>
       <c r="G493" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H493" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I493" s="9"/>
       <c r="J493" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K493" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="494">
       <c r="A494" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B494" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C494" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D494" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E494" s="6" t="n">
-        <v>56869</v>
+        <v>56879</v>
       </c>
       <c r="F494" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (музичне мистецтво)</t>
+          <t>Середня освіта (фізична культура)</t>
         </is>
       </c>
       <c r="G494" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H494" s="8" t="inlineStr">
         <is>
-          <t>- 16411</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I494" s="9"/>
       <c r="J494" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K494" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="495">
       <c r="A495" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B495" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C495" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D495" s="3"/>
       <c r="E495" s="6" t="n">
-        <v>56871</v>
+        <v>59642</v>
       </c>
       <c r="F495" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Трудове навчання та технології)</t>
+          <t>Професійна освіта (Теорія та методика професійної освіти)</t>
         </is>
       </c>
       <c r="G495" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H495" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I495" s="9"/>
       <c r="J495" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K495" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="496">
       <c r="A496" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B496" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C496" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D496" s="3"/>
       <c r="E496" s="6" t="n">
-        <v>56879</v>
+        <v>56847</v>
       </c>
       <c r="F496" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (фізична культура)</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="G496" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H496" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I496" s="9"/>
+          <t>- 4128</t>
+        </is>
+      </c>
+      <c r="I496" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J496" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K496" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="497">
       <c r="A497" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B497" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>031</t>
         </is>
       </c>
       <c r="C497" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D497" s="3"/>
       <c r="E497" s="6" t="n">
-        <v>59642</v>
+        <v>56856</v>
       </c>
       <c r="F497" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта (Теорія та методика професійної освіти)</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="G497" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H497" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I497" s="9"/>
       <c r="J497" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K497" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="498">
       <c r="A498" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B498" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C498" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D498" s="3"/>
       <c r="E498" s="6" t="n">
-        <v>56847</v>
+        <v>56855</v>
       </c>
       <c r="F498" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G498" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H498" s="8" t="inlineStr">
         <is>
-          <t>- 4128</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I498" s="9"/>
       <c r="J498" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K498" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="499">
       <c r="A499" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B499" s="8" t="inlineStr">
         <is>
-          <t>031</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C499" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D499" s="3"/>
       <c r="E499" s="6" t="n">
-        <v>56856</v>
+        <v>56862</v>
       </c>
       <c r="F499" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G499" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H499" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I499" s="9"/>
+          <t>- 16413</t>
+        </is>
+      </c>
+      <c r="I499" s="9" t="n">
+        <v>46197</v>
+      </c>
       <c r="J499" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K499" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="500">
       <c r="A500" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B500" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C500" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="D500" s="3"/>
       <c r="E500" s="6" t="n">
-        <v>56855</v>
+        <v>56852</v>
       </c>
       <c r="F500" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="G500" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H500" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I500" s="9"/>
+          <t>- 11315</t>
+        </is>
+      </c>
+      <c r="I500" s="9" t="n">
+        <v>46134</v>
+      </c>
       <c r="J500" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K500" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="501">
       <c r="A501" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B501" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C501" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D501" s="3"/>
       <c r="E501" s="6" t="n">
-        <v>56862</v>
+        <v>56858</v>
       </c>
       <c r="F501" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="G501" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H501" s="8" t="inlineStr">
         <is>
-          <t>- 16413</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I501" s="9"/>
       <c r="J501" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K501" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="502">
       <c r="A502" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B502" s="8" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C502" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D502" s="3"/>
       <c r="E502" s="6" t="n">
-        <v>56852</v>
+        <v>59593</v>
       </c>
       <c r="F502" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Сучасні наукові філологічні студії</t>
         </is>
       </c>
       <c r="G502" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H502" s="8" t="inlineStr">
         <is>
-          <t>- 11315</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I502" s="9"/>
       <c r="J502" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K502" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="503">
       <c r="A503" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B503" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>041</t>
         </is>
       </c>
       <c r="C503" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Богослов’я</t>
         </is>
       </c>
       <c r="D503" s="3"/>
       <c r="E503" s="6" t="n">
-        <v>56858</v>
+        <v>56861</v>
       </c>
       <c r="F503" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Богослов’я</t>
         </is>
       </c>
       <c r="G503" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H503" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I503" s="9"/>
       <c r="J503" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K503" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="504">
       <c r="A504" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B504" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C504" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D504" s="3"/>
       <c r="E504" s="6" t="n">
-        <v>59593</v>
+        <v>56853</v>
       </c>
       <c r="F504" s="3" t="inlineStr">
         <is>
-          <t>Сучасні наукові філологічні студії</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G504" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H504" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I504" s="9"/>
       <c r="J504" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K504" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="505">
       <c r="A505" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B505" s="8" t="inlineStr">
         <is>
-          <t>041</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C505" s="3" t="inlineStr">
         <is>
-          <t>Богослов’я</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D505" s="3"/>
       <c r="E505" s="6" t="n">
-        <v>56861</v>
+        <v>56854</v>
       </c>
       <c r="F505" s="3" t="inlineStr">
         <is>
-          <t>Богослов’я</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G505" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H505" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I505" s="9"/>
+          <t>- 16416</t>
+        </is>
+      </c>
+      <c r="I505" s="9" t="n">
+        <v>46197</v>
+      </c>
       <c r="J505" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K505" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="506">
       <c r="A506" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B506" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C506" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D506" s="3"/>
       <c r="E506" s="6" t="n">
-        <v>56853</v>
+        <v>56860</v>
       </c>
       <c r="F506" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="G506" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H506" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I506" s="9"/>
       <c r="J506" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K506" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="507">
       <c r="A507" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B507" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C507" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D507" s="3"/>
       <c r="E507" s="6" t="n">
-        <v>56854</v>
+        <v>56849</v>
       </c>
       <c r="F507" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G507" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H507" s="8" t="inlineStr">
         <is>
-          <t>- 16416</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I507" s="9"/>
       <c r="J507" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K507" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="508">
       <c r="A508" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B508" s="8" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C508" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D508" s="3"/>
       <c r="E508" s="6" t="n">
-        <v>56860</v>
+        <v>56846</v>
       </c>
       <c r="F508" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G508" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H508" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I508" s="9"/>
       <c r="J508" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K508" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="509">
       <c r="A509" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B509" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C509" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D509" s="3"/>
       <c r="E509" s="6" t="n">
-        <v>56849</v>
+        <v>63187</v>
       </c>
       <c r="F509" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G509" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H509" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I509" s="9"/>
       <c r="J509" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K509" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="510">
       <c r="A510" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B510" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C510" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D510" s="3"/>
       <c r="E510" s="6" t="n">
-        <v>56846</v>
+        <v>56859</v>
       </c>
       <c r="F510" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G510" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H510" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I510" s="9"/>
       <c r="J510" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K510" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="511">
       <c r="A511" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B511" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C511" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D511" s="3"/>
       <c r="E511" s="6" t="n">
-        <v>63187</v>
+        <v>57347</v>
       </c>
       <c r="F511" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Оптоелектроніка і радіаційна фізика</t>
         </is>
       </c>
       <c r="G511" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H511" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I511" s="9"/>
       <c r="J511" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K511" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="512">
       <c r="A512" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B512" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C512" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D512" s="3"/>
       <c r="E512" s="6" t="n">
-        <v>56859</v>
+        <v>56857</v>
       </c>
       <c r="F512" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="G512" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H512" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I512" s="9"/>
       <c r="J512" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K512" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="513">
       <c r="A513" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B513" s="8" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C513" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D513" s="3"/>
       <c r="E513" s="6" t="n">
-        <v>57347</v>
+        <v>56850</v>
       </c>
       <c r="F513" s="3" t="inlineStr">
         <is>
-          <t>Оптоелектроніка і радіаційна фізика</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G513" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H513" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I513" s="9"/>
       <c r="J513" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K513" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="514">
       <c r="A514" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B514" s="8" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C514" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D514" s="3"/>
       <c r="E514" s="6" t="n">
-        <v>56857</v>
+        <v>83267</v>
       </c>
       <c r="F514" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="G514" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H514" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I514" s="9"/>
       <c r="J514" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K514" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="515">
       <c r="A515" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B515" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C515" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D515" s="3"/>
       <c r="E515" s="6" t="n">
-        <v>56850</v>
+        <v>83268</v>
       </c>
       <c r="F515" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Позашкільна освіта</t>
         </is>
       </c>
       <c r="G515" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H515" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I515" s="9"/>
       <c r="J515" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K515" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="516">
       <c r="A516" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B516" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C516" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D516" s="3"/>
       <c r="E516" s="6" t="n">
-        <v>83267</v>
+        <v>87799</v>
       </c>
       <c r="F516" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G516" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H516" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I516" s="9"/>
+          <t>- 17564</t>
+        </is>
+      </c>
+      <c r="I516" s="9" t="n">
+        <v>46197</v>
+      </c>
       <c r="J516" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K516" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="517">
       <c r="A517" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B517" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C517" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D517" s="3"/>
       <c r="E517" s="6" t="n">
-        <v>83268</v>
+        <v>87997</v>
       </c>
       <c r="F517" s="3" t="inlineStr">
         <is>
-          <t>Позашкільна освіта</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G517" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H517" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I517" s="9"/>
       <c r="J517" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K517" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="518">
       <c r="A518" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B518" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C518" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D518" s="3"/>
       <c r="E518" s="6" t="n">
-        <v>87799</v>
+        <v>83270</v>
       </c>
       <c r="F518" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Теорія та методика навчання фізико-математичних наук</t>
         </is>
       </c>
       <c r="G518" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H518" s="8" t="inlineStr">
         <is>
-          <t>- 17564</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I518" s="9"/>
       <c r="J518" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K518" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="519">
       <c r="A519" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B519" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C519" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D519" s="3"/>
       <c r="E519" s="6" t="n">
-        <v>87997</v>
+        <v>83271</v>
       </c>
       <c r="F519" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Теорія та методика навчання інформатики</t>
         </is>
       </c>
       <c r="G519" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H519" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I519" s="9"/>
       <c r="J519" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K519" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="520">
       <c r="A520" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B520" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C520" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D520" s="3"/>
       <c r="E520" s="6" t="n">
-        <v>83270</v>
+        <v>83276</v>
       </c>
       <c r="F520" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання фізико-математичних наук</t>
+          <t>Середня освіта (Трудове навчання та технології)</t>
         </is>
       </c>
       <c r="G520" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H520" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I520" s="9"/>
       <c r="J520" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K520" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="521">
       <c r="A521" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B521" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C521" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D521" s="3"/>
       <c r="E521" s="6" t="n">
-        <v>83271</v>
+        <v>83323</v>
       </c>
       <c r="F521" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання інформатики</t>
+          <t>Середня освіта (фізична культура)</t>
         </is>
       </c>
       <c r="G521" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H521" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I521" s="9"/>
       <c r="J521" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K521" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="522">
       <c r="A522" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B522" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C522" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D522" s="3"/>
       <c r="E522" s="6" t="n">
-        <v>83276</v>
+        <v>83324</v>
       </c>
       <c r="F522" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Трудове навчання та технології)</t>
+          <t>Середня освіта (музичне мистецтво)</t>
         </is>
       </c>
       <c r="G522" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H522" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I522" s="9"/>
+          <t>- 17565</t>
+        </is>
+      </c>
+      <c r="I522" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J522" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K522" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="523">
       <c r="A523" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B523" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C523" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D523" s="3"/>
       <c r="E523" s="6" t="n">
-        <v>83323</v>
+        <v>83329</v>
       </c>
       <c r="F523" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (фізична культура)</t>
+          <t>Професійна освіта (Теорія та методика професійної освіти)</t>
         </is>
       </c>
       <c r="G523" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H523" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I523" s="9"/>
       <c r="J523" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K523" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="524">
       <c r="A524" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B524" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C524" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D524" s="3"/>
       <c r="E524" s="6" t="n">
-        <v>83324</v>
+        <v>83332</v>
       </c>
       <c r="F524" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (музичне мистецтво)</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="G524" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H524" s="8" t="inlineStr">
         <is>
-          <t>- 17565</t>
+          <t>- 14901</t>
         </is>
       </c>
       <c r="I524" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J524" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K524" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="525">
       <c r="A525" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B525" s="8" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C525" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D525" s="3"/>
       <c r="E525" s="6" t="n">
-        <v>83329</v>
+        <v>83341</v>
       </c>
       <c r="F525" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта (Теорія та методика професійної освіти)</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G525" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H525" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I525" s="9"/>
+          <t>- 17567</t>
+        </is>
+      </c>
+      <c r="I525" s="9" t="n">
+        <v>46197</v>
+      </c>
       <c r="J525" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K525" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="526">
       <c r="A526" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B526" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C526" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D526" s="3"/>
       <c r="E526" s="6" t="n">
-        <v>83332</v>
+        <v>83342</v>
       </c>
       <c r="F526" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="G526" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H526" s="8" t="inlineStr">
         <is>
-          <t>- 14901</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I526" s="9"/>
       <c r="J526" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K526" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="527">
       <c r="A527" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B527" s="8" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>B7</t>
         </is>
       </c>
       <c r="C527" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D527" s="3"/>
       <c r="E527" s="6" t="n">
-        <v>83341</v>
+        <v>83334</v>
       </c>
       <c r="F527" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="G527" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H527" s="8" t="inlineStr">
         <is>
-          <t>- 17567</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I527" s="9"/>
       <c r="J527" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K527" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="528">
       <c r="A528" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B528" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B8</t>
         </is>
       </c>
       <c r="C528" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Богослов'я</t>
         </is>
       </c>
       <c r="D528" s="3"/>
       <c r="E528" s="6" t="n">
-        <v>83342</v>
+        <v>83335</v>
       </c>
       <c r="F528" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Богослов’я</t>
         </is>
       </c>
       <c r="G528" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H528" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I528" s="9"/>
       <c r="J528" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K528" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="529">
       <c r="A529" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B529" s="8" t="inlineStr">
         <is>
-          <t>B7</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C529" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D529" s="3"/>
       <c r="E529" s="6" t="n">
-        <v>83334</v>
+        <v>83339</v>
       </c>
       <c r="F529" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G529" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H529" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I529" s="9"/>
       <c r="J529" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K529" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="530">
       <c r="A530" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B530" s="8" t="inlineStr">
         <is>
-          <t>B8</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C530" s="3" t="inlineStr">
         <is>
-          <t>Богослов'я</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D530" s="3"/>
       <c r="E530" s="6" t="n">
-        <v>83335</v>
+        <v>83344</v>
       </c>
       <c r="F530" s="3" t="inlineStr">
         <is>
-          <t>Богослов’я</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G530" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H530" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I530" s="9"/>
       <c r="J530" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K530" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="531">
       <c r="A531" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B531" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C531" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D531" s="3"/>
       <c r="E531" s="6" t="n">
-        <v>83339</v>
+        <v>83345</v>
       </c>
       <c r="F531" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G531" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H531" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I531" s="9"/>
+          <t>- 17566</t>
+        </is>
+      </c>
+      <c r="I531" s="9" t="n">
+        <v>46197</v>
+      </c>
       <c r="J531" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K531" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="532">
       <c r="A532" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B532" s="8" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C532" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D532" s="3"/>
       <c r="E532" s="6" t="n">
-        <v>83344</v>
+        <v>83346</v>
       </c>
       <c r="F532" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="G532" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H532" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I532" s="9"/>
       <c r="J532" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K532" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="533">
       <c r="A533" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B533" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C533" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D533" s="3"/>
       <c r="E533" s="6" t="n">
-        <v>83345</v>
+        <v>69871</v>
       </c>
       <c r="F533" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G533" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H533" s="8" t="inlineStr">
         <is>
-          <t>- 17566</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I533" s="9"/>
       <c r="J533" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K533" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="534">
       <c r="A534" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B534" s="8" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C534" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D534" s="3"/>
       <c r="E534" s="6" t="n">
-        <v>83346</v>
+        <v>83351</v>
       </c>
       <c r="F534" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="G534" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H534" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I534" s="9"/>
       <c r="J534" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K534" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="535">
       <c r="A535" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B535" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C535" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D535" s="3"/>
       <c r="E535" s="6" t="n">
-        <v>69871</v>
+        <v>83352</v>
       </c>
       <c r="F535" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G535" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H535" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I535" s="9"/>
       <c r="J535" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K535" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="536">
       <c r="A536" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B536" s="8" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C536" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D536" s="3"/>
       <c r="E536" s="6" t="n">
-        <v>83351</v>
+        <v>83354</v>
       </c>
       <c r="F536" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Оптоелектроніка і радіаційна фізика</t>
         </is>
       </c>
       <c r="G536" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H536" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I536" s="9"/>
       <c r="J536" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K536" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="537">
       <c r="A537" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B537" s="8" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C537" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D537" s="3"/>
       <c r="E537" s="6" t="n">
-        <v>83352</v>
+        <v>83356</v>
       </c>
       <c r="F537" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="G537" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H537" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I537" s="9"/>
       <c r="J537" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K537" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="538">
       <c r="A538" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B538" s="8" t="inlineStr">
         <is>
-          <t>E5</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C538" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D538" s="3"/>
       <c r="E538" s="6" t="n">
-        <v>83354</v>
+        <v>83365</v>
       </c>
       <c r="F538" s="3" t="inlineStr">
         <is>
-          <t>Оптоелектроніка і радіаційна фізика</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="G538" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H538" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I538" s="9"/>
       <c r="J538" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K538" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="539">
-[...84 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K540"/>
+  <autoFilter ref="A1:K538"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I272"/>
+  <dimension ref="A1:I273"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -25288,54 +25286,54 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -25358,125 +25356,125 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>27</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -25731,125 +25729,125 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Захист України</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
@@ -26027,51 +26025,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -26098,124 +26096,124 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Тифлопедагогіка</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>46</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>B10</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
@@ -26238,125 +26236,125 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>B12</t>
         </is>
       </c>
@@ -26629,54 +26627,54 @@
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
@@ -26699,51 +26697,51 @@
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
@@ -26765,60 +26763,60 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>2</v>
       </c>
@@ -27062,51 +27060,51 @@
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -27194,51 +27192,51 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -27263,117 +27261,117 @@
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>134</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -27400,51 +27398,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E62" s="6" t="n">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>43</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -27474,51 +27472,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E64" s="6" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -27773,51 +27771,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
         <v>74</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -28069,122 +28067,122 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E80" s="6" t="n">
         <v>36</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E81" s="6" t="n">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E82" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -28436,51 +28434,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D90" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E90" s="6" t="n">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>78</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
@@ -28584,51 +28582,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
           <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="E94" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
@@ -28798,84 +28796,84 @@
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>35</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
@@ -28966,51 +28964,51 @@
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
         <v>35</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
@@ -29032,88 +29030,88 @@
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
         <v>27</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
         <v>51</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -29140,54 +29138,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D110" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E110" s="6" t="n">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -29328,51 +29326,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
         <is>
           <t>прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E115" s="6" t="n">
         <v>34</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
@@ -29424,54 +29422,54 @@
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>741</v>
+        <v>708</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>29</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>5</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -29625,51 +29623,51 @@
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
         <v>24</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
@@ -29754,51 +29752,51 @@
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F128" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
@@ -29955,51 +29953,51 @@
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
@@ -30021,51 +30019,51 @@
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -30095,51 +30093,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D138" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E138" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F138" s="6" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -30243,51 +30241,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D142" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E142" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -30314,239 +30312,239 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D144" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E144" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D145" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E145" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D146" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E146" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D147" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E147" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D148" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E148" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D149" s="3" t="inlineStr">
         <is>
           <t>Захист України</t>
         </is>
       </c>
       <c r="E149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
@@ -30573,165 +30571,165 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D151" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E151" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F151" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D152" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E152" s="6" t="n">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F152" s="6" t="n">
         <v>94</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D153" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E153" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F153" s="6" t="n">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D154" s="3" t="inlineStr">
         <is>
           <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="E154" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F154" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -30754,161 +30752,161 @@
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F156" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="8" t="inlineStr">
         <is>
           <t>B10</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D158" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E158" s="6" t="n">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D159" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E159" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F159" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="8" t="inlineStr">
         <is>
           <t>B12</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Культурологія та музеєзнавство</t>
@@ -30954,3831 +30952,3868 @@
       </c>
       <c r="E161" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="8" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D162" s="3" t="inlineStr">
         <is>
-          <t>Візуальні мистецтва</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E162" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="8" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D163" s="3"/>
+          <t>Образотворче мистецтво та реставрація</t>
+        </is>
+      </c>
+      <c r="D163" s="3" t="inlineStr">
+        <is>
+          <t>Візуальні мистецтва</t>
+        </is>
+      </c>
       <c r="E163" s="6" t="n">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="F163" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="8" t="inlineStr">
         <is>
-          <t>B6</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Перформативні мистецтва</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="F164" s="6" t="n">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="8" t="inlineStr">
         <is>
-          <t>B7</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
-[...2 lines deleted...]
-      <c r="D165" s="3"/>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D165" s="3" t="inlineStr">
+        <is>
+          <t>Хореографічне мистецтво</t>
+        </is>
+      </c>
       <c r="E165" s="6" t="n">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="F165" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>B7</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F166" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F167" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="8" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
-[...2 lines deleted...]
-      <c r="D168" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D168" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E168" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F168" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="8" t="inlineStr">
         <is>
-          <t>C3</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F169" s="6" t="n">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C3</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="F170" s="6" t="n">
-        <v>412</v>
+        <v>11</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="8" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="F171" s="6" t="n">
-        <v>0</v>
+        <v>399</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="8" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F172" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B173" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F173" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="8" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F174" s="6" t="n">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B175" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F175" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B176" s="8" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F176" s="6" t="n">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="8" t="inlineStr">
         <is>
-          <t>E5</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="8" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I178" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="F179" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I179" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="8" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та наука про дані</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="F180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I180" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B181" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>F4</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F181" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I181" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B182" s="8" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F182" s="6" t="n">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="F183" s="6" t="n">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="G183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>6</v>
+        <v>23</v>
       </c>
       <c r="F184" s="6" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I184" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="F185" s="6" t="n">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="G185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I185" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F186" s="6" t="n">
-        <v>19</v>
+        <v>55</v>
       </c>
       <c r="G186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I186" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D187" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E187" s="6" t="n">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F187" s="6" t="n">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="G187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I187" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B188" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D188" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E188" s="6" t="n">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F188" s="6" t="n">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="G188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I188" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B189" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D189" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E189" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="F189" s="6" t="n">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I189" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B190" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D190" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E190" s="6" t="n">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F190" s="6" t="n">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I190" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B191" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D191" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E191" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F191" s="6" t="n">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="G191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I191" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D192" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="E192" s="6" t="n">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F192" s="6" t="n">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="G192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I192" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D193" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E193" s="6" t="n">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="F193" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I193" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B194" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D194" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E194" s="6" t="n">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F194" s="6" t="n">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="G194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I194" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D195" s="3" t="inlineStr">
         <is>
-          <t>Трудове навчання та технології</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E195" s="6" t="n">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="F195" s="6" t="n">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="G195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I195" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B196" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D196" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E196" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="F196" s="6" t="n">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="G196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I196" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B197" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D197" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E197" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F197" s="6" t="n">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="G197" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H197" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I197" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B198" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D198" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E198" s="6" t="n">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="F198" s="6" t="n">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I198" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...2 lines deleted...]
-      <c r="D199" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D199" s="3" t="inlineStr">
+        <is>
+          <t>Мистецтво. Музичне мистецтво</t>
+        </is>
+      </c>
       <c r="E199" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F199" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I199" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B200" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
-      <c r="D200" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="F200" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I200" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B201" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D201" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E201" s="6" t="n">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F201" s="6" t="n">
-        <v>95</v>
+        <v>2</v>
       </c>
       <c r="G201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I201" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B202" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D202" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E202" s="6" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F202" s="6" t="n">
-        <v>42</v>
+        <v>95</v>
       </c>
       <c r="G202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I202" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B203" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D203" s="3" t="inlineStr">
         <is>
-          <t>Сурдопедагогіка</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E203" s="6" t="n">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F203" s="6" t="n">
-        <v>4</v>
+        <v>42</v>
       </c>
       <c r="G203" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H203" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I203" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B204" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D204" s="3" t="inlineStr">
         <is>
-          <t>Тифлопедагогіка</t>
+          <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="E204" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F204" s="6" t="n">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="G204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I204" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B205" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D205" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D205" s="3" t="inlineStr">
+        <is>
+          <t>Тифлопедагогіка</t>
+        </is>
+      </c>
       <c r="E205" s="6" t="n">
-        <v>67</v>
+        <v>2</v>
       </c>
       <c r="F205" s="6" t="n">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="G205" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H205" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I205" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B206" s="8" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F206" s="6" t="n">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I206" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B207" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D207" s="3" t="inlineStr">
         <is>
-          <t>Дизайн одягу (взуття)</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E207" s="6" t="n">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I207" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B208" s="8" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
-[...2 lines deleted...]
-      <c r="D208" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D208" s="3" t="inlineStr">
+        <is>
+          <t>Дизайн одягу (взуття)</t>
+        </is>
+      </c>
       <c r="E208" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I208" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B209" s="8" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="F209" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G209" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H209" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I209" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B210" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F210" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I210" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B211" s="8" t="inlineStr">
         <is>
-          <t>028</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="F211" s="6" t="n">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I211" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B212" s="8" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>028</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F212" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I212" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B213" s="8" t="inlineStr">
         <is>
-          <t>031</t>
+          <t>029</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="F213" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G213" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H213" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I213" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B214" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>031</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F214" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I214" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B215" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
+        <v>14</v>
+      </c>
+      <c r="F215" s="6" t="n">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I215" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B216" s="8" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D216" s="3"/>
       <c r="E216" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F216" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I216" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B217" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Культурологія</t>
+        </is>
+      </c>
+      <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F217" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I217" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B218" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D218" s="3" t="inlineStr">
         <is>
-          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
+          <t>українська мова та література</t>
         </is>
       </c>
       <c r="E218" s="6" t="n">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="F218" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G218" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H218" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I218" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B219" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D219" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E219" s="6" t="n">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="F219" s="6" t="n">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G219" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H219" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I219" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B220" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D220" s="3" t="inlineStr">
         <is>
-          <t>прикладна лінгвістика</t>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E220" s="6" t="n">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="F220" s="6" t="n">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="G220" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H220" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I220" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B221" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
-[...2 lines deleted...]
-      <c r="D221" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D221" s="3" t="inlineStr">
+        <is>
+          <t>прикладна лінгвістика</t>
+        </is>
+      </c>
       <c r="E221" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F221" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G221" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H221" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I221" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B222" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F222" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G222" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H222" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I222" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B223" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
-        <v>61</v>
+        <v>3</v>
       </c>
       <c r="F223" s="6" t="n">
-        <v>295</v>
+        <v>4</v>
       </c>
       <c r="G223" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H223" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="I223" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B224" s="8" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
-        <v>7</v>
+        <v>60</v>
       </c>
       <c r="F224" s="6" t="n">
-        <v>1</v>
+        <v>295</v>
       </c>
       <c r="G224" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H224" s="6" t="n">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="I224" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B225" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F225" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G225" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H225" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I225" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B226" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="F226" s="6" t="n">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="G226" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H226" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I226" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B227" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F227" s="6" t="n">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="G227" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H227" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I227" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B228" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F228" s="6" t="n">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="G228" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H228" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I228" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B229" s="8" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F229" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G229" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H229" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I229" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B230" s="8" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I230" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B231" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="F231" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G231" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H231" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I231" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B232" s="8" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="F232" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G232" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H232" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I232" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B233" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D233" s="3"/>
       <c r="E233" s="6" t="n">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="F233" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G233" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H233" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I233" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B234" s="8" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F234" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G234" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H234" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I234" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B235" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>232</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D235" s="3"/>
       <c r="E235" s="6" t="n">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="F235" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G235" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H235" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I235" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B236" s="8" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D236" s="3"/>
       <c r="E236" s="6" t="n">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="F236" s="6" t="n">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="G236" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H236" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I236" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B237" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D237" s="3"/>
       <c r="E237" s="6" t="n">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F237" s="6" t="n">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="G237" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H237" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I237" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B238" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D238" s="3"/>
       <c r="E238" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F238" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G238" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H238" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I238" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B239" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D239" s="3"/>
       <c r="E239" s="6" t="n">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F239" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G239" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H239" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I239" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B240" s="8" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D240" s="3"/>
       <c r="E240" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F240" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G240" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H240" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I240" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B241" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D241" s="3"/>
       <c r="E241" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F241" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G241" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H241" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I241" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B242" s="8" t="inlineStr">
         <is>
-          <t>B7</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D242" s="3"/>
       <c r="E242" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F242" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G242" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H242" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I242" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B243" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>B7</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D243" s="3"/>
       <c r="E243" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F243" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G243" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H243" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I243" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B244" s="8" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D244" s="3"/>
       <c r="E244" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F244" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G244" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H244" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I244" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B245" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F245" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G245" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H245" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I245" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B246" s="8" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D246" s="3"/>
       <c r="E246" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F246" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G246" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H246" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I246" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B247" s="8" t="inlineStr">
         <is>
-          <t>E5</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D247" s="3"/>
       <c r="E247" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F247" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G247" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H247" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I247" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B248" s="8" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D248" s="3"/>
       <c r="E248" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F248" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G248" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H248" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I248" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B249" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D249" s="3"/>
       <c r="E249" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F249" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G249" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H249" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I249" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B250" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D250" s="3"/>
       <c r="E250" s="6" t="n">
-        <v>88</v>
+        <v>1</v>
       </c>
       <c r="F250" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G250" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H250" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="I250" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B251" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D251" s="3"/>
       <c r="E251" s="6" t="n">
-        <v>3</v>
+        <v>87</v>
       </c>
       <c r="F251" s="6" t="n">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="G251" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H251" s="6" t="n">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I251" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B252" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
-      <c r="D252" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D252" s="3"/>
       <c r="E252" s="6" t="n">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="F252" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G252" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H252" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I252" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B253" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D253" s="3" t="inlineStr">
         <is>
-          <t>Трудове навчання та технології</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E253" s="6" t="n">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="F253" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G253" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H253" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I253" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B254" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D254" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E254" s="6" t="n">
-        <v>6</v>
+        <v>52</v>
       </c>
       <c r="F254" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G254" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H254" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I254" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B255" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C255" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D255" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E255" s="6" t="n">
-        <v>65</v>
+        <v>6</v>
       </c>
       <c r="F255" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G255" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H255" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I255" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B256" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C256" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...2 lines deleted...]
-      <c r="D256" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D256" s="3" t="inlineStr">
+        <is>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
       <c r="E256" s="6" t="n">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="F256" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G256" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H256" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I256" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B257" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C257" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D257" s="3"/>
       <c r="E257" s="6" t="n">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="F257" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G257" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H257" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I257" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B258" s="8" t="inlineStr">
         <is>
-          <t>031</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C258" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D258" s="3"/>
       <c r="E258" s="6" t="n">
+        <v>21</v>
+      </c>
+      <c r="F258" s="6" t="n">
+        <v>6</v>
+      </c>
+      <c r="G258" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H258" s="6" t="n">
         <v>2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I258" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B259" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>031</t>
         </is>
       </c>
       <c r="C259" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D259" s="3"/>
       <c r="E259" s="6" t="n">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="F259" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G259" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H259" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="I259" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B260" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D260" s="3"/>
       <c r="E260" s="6" t="n">
-        <v>71</v>
+        <v>19</v>
       </c>
       <c r="F260" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G260" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H260" s="6" t="n">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="I260" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B261" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C261" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D261" s="3"/>
       <c r="E261" s="6" t="n">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="F261" s="6" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G261" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H261" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I261" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B262" s="8" t="inlineStr">
         <is>
-          <t>041</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
-          <t>Богослов’я</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D262" s="3"/>
       <c r="E262" s="6" t="n">
+        <v>13</v>
+      </c>
+      <c r="F262" s="6" t="n">
         <v>3</v>
       </c>
-      <c r="F262" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G262" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H262" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I262" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B263" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>041</t>
         </is>
       </c>
       <c r="C263" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Богослов’я</t>
         </is>
       </c>
       <c r="D263" s="3"/>
       <c r="E263" s="6" t="n">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="F263" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G263" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H263" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I263" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B264" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D264" s="3"/>
       <c r="E264" s="6" t="n">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="F264" s="6" t="n">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="G264" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H264" s="6" t="n">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I264" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B265" s="8" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C265" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D265" s="3"/>
       <c r="E265" s="6" t="n">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F265" s="6" t="n">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G265" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H265" s="6" t="n">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I265" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B266" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C266" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D266" s="3"/>
       <c r="E266" s="6" t="n">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F266" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G266" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H266" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I266" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B267" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C267" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D267" s="3"/>
       <c r="E267" s="6" t="n">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="F267" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G267" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H267" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I267" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B268" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C268" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D268" s="3"/>
       <c r="E268" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F268" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G268" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H268" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I268" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B269" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C269" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D269" s="3"/>
       <c r="E269" s="6" t="n">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="F269" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G269" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H269" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I269" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B270" s="8" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C270" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D270" s="3"/>
       <c r="E270" s="6" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F270" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G270" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H270" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I270" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B271" s="8" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C271" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D271" s="3"/>
       <c r="E271" s="6" t="n">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="F271" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G271" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H271" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I271" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B272" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C272" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D272" s="3"/>
       <c r="E272" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F272" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G272" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H272" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="I272" s="6" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="273">
+      <c r="A273" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B273" s="8" t="inlineStr">
+        <is>
+          <t>231</t>
+        </is>
+      </c>
+      <c r="C273" s="3" t="inlineStr">
+        <is>
+          <t>Соціальна робота</t>
+        </is>
+      </c>
+      <c r="D273" s="3"/>
+      <c r="E273" s="6" t="n">
         <v>16</v>
       </c>
-      <c r="F272" s="6" t="n">
+      <c r="F273" s="6" t="n">
         <v>2</v>
       </c>
-      <c r="G272" s="6" t="n">
-[...2 lines deleted...]
-      <c r="H272" s="6" t="n">
+      <c r="G273" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H273" s="6" t="n">
         <v>3</v>
       </c>
-      <c r="I272" s="6" t="n">
+      <c r="I273" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I272"/>
+  <autoFilter ref="A1:I273"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>