--- v1 (2025-12-05)
+++ v2 (2026-02-12)
@@ -20,52 +20,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$22</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$10</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$538</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$273</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$540</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$251</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -1162,51 +1162,51 @@
       </c>
       <c r="H10" s="9"/>
       <c r="I10" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 24.04.2023 № 134-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K538"/>
+  <dimension ref="A1:K540"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -20133,5119 +20133,5211 @@
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K425" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B426" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C426" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D426" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E426" s="6" t="n">
-        <v>81153</v>
+        <v>88423</v>
       </c>
       <c r="F426" s="3" t="inlineStr">
         <is>
-          <t>Мовленнєва терапія</t>
+          <t>Реабілітаційна педагогіка</t>
         </is>
       </c>
       <c r="G426" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H426" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I426" s="9"/>
       <c r="J426" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K426" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B427" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C427" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D427" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E427" s="6" t="n">
-        <v>81157</v>
+        <v>81153</v>
       </c>
       <c r="F427" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Мовленнєва терапія</t>
         </is>
       </c>
       <c r="G427" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H427" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I427" s="9"/>
       <c r="J427" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K427" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B428" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C428" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D428" s="3" t="inlineStr">
         <is>
-          <t>Сурдопедагогіка</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E428" s="6" t="n">
-        <v>81155</v>
+        <v>81157</v>
       </c>
       <c r="F428" s="3" t="inlineStr">
         <is>
-          <t>Сурдопедагогіка</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="G428" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H428" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I428" s="9"/>
       <c r="J428" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K428" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B429" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C429" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D429" s="3" t="inlineStr">
         <is>
           <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="E429" s="6" t="n">
-        <v>81159</v>
+        <v>81155</v>
       </c>
       <c r="F429" s="3" t="inlineStr">
         <is>
-          <t>Сурдопедагогіка і сурдопсихологія</t>
+          <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="G429" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H429" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I429" s="9"/>
       <c r="J429" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K429" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B430" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C430" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D430" s="3" t="inlineStr">
         <is>
-          <t>Тифлопедагогіка</t>
+          <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="E430" s="6" t="n">
-        <v>81156</v>
+        <v>81159</v>
       </c>
       <c r="F430" s="3" t="inlineStr">
         <is>
-          <t>Тифлопедагогіка та освітня реабілітація</t>
+          <t>Сурдопедагогіка і сурдопсихологія</t>
         </is>
       </c>
       <c r="G430" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H430" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I430" s="9"/>
       <c r="J430" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K430" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B431" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C431" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D431" s="3" t="inlineStr">
         <is>
           <t>Тифлопедагогіка</t>
         </is>
       </c>
       <c r="E431" s="6" t="n">
-        <v>81160</v>
+        <v>81156</v>
       </c>
       <c r="F431" s="3" t="inlineStr">
         <is>
-          <t>Тифлопедагогіка та інклюзивна освіта</t>
+          <t>Тифлопедагогіка та освітня реабілітація</t>
         </is>
       </c>
       <c r="G431" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H431" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I431" s="9"/>
       <c r="J431" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K431" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B432" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C432" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D432" s="3" t="inlineStr">
         <is>
           <t>Тифлопедагогіка</t>
         </is>
       </c>
       <c r="E432" s="6" t="n">
-        <v>87731</v>
+        <v>81160</v>
       </c>
       <c r="F432" s="3" t="inlineStr">
         <is>
-          <t>Тифлопедагогіка</t>
+          <t>Тифлопедагогіка та інклюзивна освіта</t>
         </is>
       </c>
       <c r="G432" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H432" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I432" s="9"/>
       <c r="J432" s="8" t="inlineStr">
         <is>
           <t>УД 11017414</t>
         </is>
       </c>
       <c r="K432" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B433" s="8" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C433" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D433" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D433" s="3" t="inlineStr">
+        <is>
+          <t>Тифлопедагогіка</t>
+        </is>
+      </c>
       <c r="E433" s="6" t="n">
-        <v>81107</v>
+        <v>87731</v>
       </c>
       <c r="F433" s="3" t="inlineStr">
         <is>
-          <t>Фітнес та здоров`я формувальна діяльність</t>
+          <t>Тифлопедагогіка</t>
         </is>
       </c>
       <c r="G433" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H433" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I433" s="9"/>
       <c r="J433" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K433" s="9"/>
+          <t>УД 11017414</t>
+        </is>
+      </c>
+      <c r="K433" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B434" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C434" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D434" s="3"/>
       <c r="E434" s="6" t="n">
-        <v>81108</v>
+        <v>81107</v>
       </c>
       <c r="F434" s="3" t="inlineStr">
         <is>
-          <t>Фізкультурно-спортивне відновлення</t>
+          <t>Фітнес та здоров`я формувальна діяльність</t>
         </is>
       </c>
       <c r="G434" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H434" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I434" s="9"/>
       <c r="J434" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K434" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B435" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C435" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D435" s="3"/>
       <c r="E435" s="6" t="n">
-        <v>81109</v>
+        <v>81108</v>
       </c>
       <c r="F435" s="3" t="inlineStr">
         <is>
-          <t>Спорт</t>
+          <t>Фізкультурно-спортивне відновлення</t>
         </is>
       </c>
       <c r="G435" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H435" s="8" t="inlineStr">
         <is>
-          <t>- 14898</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I435" s="9"/>
       <c r="J435" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K435" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B436" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C436" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D436" s="3"/>
       <c r="E436" s="6" t="n">
-        <v>87676</v>
+        <v>81109</v>
       </c>
       <c r="F436" s="3" t="inlineStr">
         <is>
-          <t>Адаптивний спорт</t>
+          <t>Спорт</t>
         </is>
       </c>
       <c r="G436" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H436" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I436" s="9"/>
+          <t>- 14898</t>
+        </is>
+      </c>
+      <c r="I436" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J436" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K436" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B437" s="8" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C437" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D437" s="3"/>
       <c r="E437" s="6" t="n">
-        <v>81141</v>
+        <v>87676</v>
       </c>
       <c r="F437" s="3" t="inlineStr">
         <is>
-          <t>Теоретична та практична філософія</t>
+          <t>Адаптивний спорт</t>
         </is>
       </c>
       <c r="G437" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H437" s="8" t="inlineStr">
         <is>
-          <t>- 14900</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I437" s="9"/>
       <c r="J437" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K437" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B438" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C438" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D438" s="3"/>
       <c r="E438" s="6" t="n">
-        <v>81171</v>
+        <v>81141</v>
       </c>
       <c r="F438" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і зарубіжна література та друга мова</t>
+          <t>Теоретична та практична філософія</t>
         </is>
       </c>
       <c r="G438" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H438" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I438" s="9"/>
+          <t>- 14900</t>
+        </is>
+      </c>
+      <c r="I438" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J438" s="8" t="inlineStr">
         <is>
-          <t>УД 11017419</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K438" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B439" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C439" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D439" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E439" s="6" t="n">
-        <v>81173</v>
+        <v>81171</v>
       </c>
       <c r="F439" s="3" t="inlineStr">
         <is>
-          <t>Переклад. Англійська та друга іноземна мови</t>
+          <t>Англійська мова і зарубіжна література та друга мова</t>
         </is>
       </c>
       <c r="G439" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H439" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I439" s="9"/>
       <c r="J439" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K439" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B440" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C440" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D440" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E440" s="6" t="n">
-        <v>81174</v>
+        <v>81173</v>
       </c>
       <c r="F440" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика. Англійська та друга іноземна мови</t>
+          <t>Переклад. Англійська та друга іноземна мови</t>
         </is>
       </c>
       <c r="G440" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H440" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I440" s="9"/>
       <c r="J440" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K440" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="441">
       <c r="A441" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B441" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C441" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D441" s="3" t="inlineStr">
         <is>
-          <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
+          <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E441" s="6" t="n">
-        <v>81172</v>
+        <v>81174</v>
       </c>
       <c r="F441" s="3" t="inlineStr">
         <is>
-          <t>Польська мова і зарубіжна література та українська мова</t>
+          <t>Прикладна лінгвістика. Англійська та друга іноземна мови</t>
         </is>
       </c>
       <c r="G441" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H441" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I441" s="9"/>
       <c r="J441" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K441" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B442" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C442" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D442" s="3" t="inlineStr">
         <is>
-          <t>Українська мова та література</t>
+          <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E442" s="6" t="n">
-        <v>81147</v>
+        <v>81172</v>
       </c>
       <c r="F442" s="3" t="inlineStr">
         <is>
-          <t>Філологія (Українська мова та література)</t>
+          <t>Польська мова і зарубіжна література та українська мова</t>
         </is>
       </c>
       <c r="G442" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H442" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I442" s="9"/>
       <c r="J442" s="8" t="inlineStr">
         <is>
           <t>УД 11017419</t>
         </is>
       </c>
       <c r="K442" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B443" s="8" t="inlineStr">
         <is>
-          <t>B12</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C443" s="3" t="inlineStr">
         <is>
-          <t>Культурологія та музеєзнавство</t>
-[...2 lines deleted...]
-      <c r="D443" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D443" s="3" t="inlineStr">
+        <is>
+          <t>Українська мова та література</t>
+        </is>
+      </c>
       <c r="E443" s="6" t="n">
-        <v>81142</v>
+        <v>81147</v>
       </c>
       <c r="F443" s="3" t="inlineStr">
         <is>
-          <t>Цифрові трансформації у сфері культури</t>
+          <t>Філологія (Українська мова та література)</t>
         </is>
       </c>
       <c r="G443" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H443" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I443" s="9"/>
       <c r="J443" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K443" s="9"/>
+          <t>УД 11017419</t>
+        </is>
+      </c>
+      <c r="K443" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B444" s="8" t="inlineStr">
         <is>
-          <t>B13</t>
+          <t>B12</t>
         </is>
       </c>
       <c r="C444" s="3" t="inlineStr">
         <is>
-          <t>Бібліотечна, інформаційна та архівна справа</t>
+          <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="D444" s="3"/>
       <c r="E444" s="6" t="n">
-        <v>81138</v>
+        <v>81142</v>
       </c>
       <c r="F444" s="3" t="inlineStr">
         <is>
-          <t>Інформаційне документовпорядження</t>
+          <t>Цифрові трансформації у сфері культури</t>
         </is>
       </c>
       <c r="G444" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H444" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I444" s="9"/>
       <c r="J444" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K444" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B445" s="8" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C445" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D445" s="3"/>
       <c r="E445" s="6" t="n">
-        <v>81116</v>
+        <v>81138</v>
       </c>
       <c r="F445" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Інформаційне документовпорядження</t>
         </is>
       </c>
       <c r="G445" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H445" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I445" s="9"/>
       <c r="J445" s="8" t="inlineStr">
         <is>
-          <t>УД 11017415</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K445" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B446" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C446" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
-      <c r="D446" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D446" s="3"/>
       <c r="E446" s="6" t="n">
-        <v>87748</v>
+        <v>81116</v>
       </c>
       <c r="F446" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="G446" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H446" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I446" s="9"/>
       <c r="J446" s="8" t="inlineStr">
         <is>
           <t>УД 11017415</t>
         </is>
       </c>
       <c r="K446" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B447" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C447" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D447" s="3" t="inlineStr">
         <is>
-          <t>Дизайн костюму</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E447" s="6" t="n">
-        <v>87750</v>
+        <v>87748</v>
       </c>
       <c r="F447" s="3" t="inlineStr">
         <is>
-          <t>Дизайн одягу (взуття)</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="G447" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H447" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I447" s="9"/>
       <c r="J447" s="8" t="inlineStr">
         <is>
           <t>УД 11017415</t>
         </is>
       </c>
       <c r="K447" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B448" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C448" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D448" s="3" t="inlineStr">
         <is>
-          <t>Дизайн середовища</t>
+          <t>Дизайн костюму</t>
         </is>
       </c>
       <c r="E448" s="6" t="n">
-        <v>87749</v>
+        <v>87750</v>
       </c>
       <c r="F448" s="3" t="inlineStr">
         <is>
-          <t>Дизайн середовища</t>
+          <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="G448" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H448" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I448" s="9"/>
       <c r="J448" s="8" t="inlineStr">
         <is>
           <t>УД 11017415</t>
         </is>
       </c>
       <c r="K448" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B449" s="8" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C449" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D449" s="3" t="inlineStr">
         <is>
-          <t>Візуальні мистецтва</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E449" s="6" t="n">
-        <v>81105</v>
+        <v>87749</v>
       </c>
       <c r="F449" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="G449" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H449" s="8" t="inlineStr">
         <is>
-          <t>УД 11017449</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I449" s="9"/>
       <c r="J449" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K449" s="9"/>
+          <t>УД 11017415</t>
+        </is>
+      </c>
+      <c r="K449" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B450" s="8" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C450" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D450" s="3"/>
+          <t>Образотворче мистецтво та реставрація</t>
+        </is>
+      </c>
+      <c r="D450" s="3" t="inlineStr">
+        <is>
+          <t>Візуальні мистецтва</t>
+        </is>
+      </c>
       <c r="E450" s="6" t="n">
-        <v>81120</v>
+        <v>81105</v>
       </c>
       <c r="F450" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво. Музично-інструментальне виконавство</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G450" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H450" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I450" s="9"/>
+          <t>УД 11017449</t>
+        </is>
+      </c>
+      <c r="I450" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J450" s="8" t="inlineStr">
         <is>
-          <t>УД 11017417</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K450" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B451" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C451" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D451" s="3"/>
       <c r="E451" s="6" t="n">
-        <v>81121</v>
+        <v>81120</v>
       </c>
       <c r="F451" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво. Диригування</t>
+          <t>Музичне мистецтво. Музично-інструментальне виконавство</t>
         </is>
       </c>
       <c r="G451" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H451" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I451" s="9"/>
       <c r="J451" s="8" t="inlineStr">
         <is>
           <t>УД 11017417</t>
         </is>
       </c>
       <c r="K451" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B452" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C452" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D452" s="3"/>
       <c r="E452" s="6" t="n">
-        <v>81122</v>
+        <v>81121</v>
       </c>
       <c r="F452" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво. Вокальне виконавство</t>
+          <t>Музичне мистецтво. Диригування</t>
         </is>
       </c>
       <c r="G452" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H452" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I452" s="9"/>
       <c r="J452" s="8" t="inlineStr">
         <is>
           <t>УД 11017417</t>
         </is>
       </c>
       <c r="K452" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B453" s="8" t="inlineStr">
         <is>
-          <t>B6</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C453" s="3" t="inlineStr">
         <is>
-          <t>Перформативні мистецтва</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D453" s="3"/>
       <c r="E453" s="6" t="n">
-        <v>87739</v>
+        <v>81122</v>
       </c>
       <c r="F453" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Музичне мистецтво. Вокальне виконавство</t>
         </is>
       </c>
       <c r="G453" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H453" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I453" s="9"/>
       <c r="J453" s="8" t="inlineStr">
         <is>
-          <t>УД 11017416</t>
+          <t>УД 11017417</t>
         </is>
       </c>
       <c r="K453" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B454" s="8" t="inlineStr">
         <is>
-          <t>B7</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C454" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
-[...2 lines deleted...]
-      <c r="D454" s="3"/>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D454" s="3" t="inlineStr">
+        <is>
+          <t>Хореографічне мистецтво</t>
+        </is>
+      </c>
       <c r="E454" s="6" t="n">
-        <v>81143</v>
+        <v>87739</v>
       </c>
       <c r="F454" s="3" t="inlineStr">
         <is>
-          <t>Релігія та сучасні суспільні процеси</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="G454" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H454" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I454" s="9"/>
       <c r="J454" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K454" s="9"/>
+          <t>УД 11017416</t>
+        </is>
+      </c>
+      <c r="K454" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B455" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>B7</t>
         </is>
       </c>
       <c r="C455" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D455" s="3"/>
       <c r="E455" s="6" t="n">
-        <v>81114</v>
+        <v>81143</v>
       </c>
       <c r="F455" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Релігія та сучасні суспільні процеси</t>
         </is>
       </c>
       <c r="G455" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H455" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I455" s="9"/>
       <c r="J455" s="8" t="inlineStr">
         <is>
-          <t>УД 11017418</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K455" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B456" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C456" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D456" s="3"/>
       <c r="E456" s="6" t="n">
-        <v>81133</v>
+        <v>81114</v>
       </c>
       <c r="F456" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G456" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H456" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I456" s="9"/>
       <c r="J456" s="8" t="inlineStr">
         <is>
-          <t>УД 11017420</t>
+          <t>УД 11017418</t>
         </is>
       </c>
       <c r="K456" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B457" s="8" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C457" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
-[...2 lines deleted...]
-      <c r="D457" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D457" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E457" s="6" t="n">
-        <v>81139</v>
+        <v>81133</v>
       </c>
       <c r="F457" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G457" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H457" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I457" s="9"/>
       <c r="J457" s="8" t="inlineStr">
         <is>
-          <t>УД 11017421</t>
+          <t>УД 11017420</t>
         </is>
       </c>
       <c r="K457" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B458" s="8" t="inlineStr">
         <is>
-          <t>C3</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C458" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D458" s="3"/>
       <c r="E458" s="6" t="n">
-        <v>81115</v>
+        <v>81139</v>
       </c>
       <c r="F458" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини та суспільні комунікації</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G458" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H458" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I458" s="9"/>
       <c r="J458" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K458" s="9"/>
+          <t>УД 11017421</t>
+        </is>
+      </c>
+      <c r="K458" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B459" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C3</t>
         </is>
       </c>
       <c r="C459" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D459" s="3"/>
       <c r="E459" s="6" t="n">
-        <v>81106</v>
+        <v>81115</v>
       </c>
       <c r="F459" s="3" t="inlineStr">
         <is>
-          <t>Практична психологія</t>
+          <t>Міжнародні відносини та суспільні комунікації</t>
         </is>
       </c>
       <c r="G459" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H459" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I459" s="9"/>
       <c r="J459" s="8" t="inlineStr">
         <is>
-          <t>УД 11017422</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K459" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B460" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C460" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D460" s="3"/>
       <c r="E460" s="6" t="n">
-        <v>81110</v>
+        <v>81106</v>
       </c>
       <c r="F460" s="3" t="inlineStr">
         <is>
-          <t>Теорія та практика наукової психології</t>
+          <t>Практична психологія</t>
         </is>
       </c>
       <c r="G460" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H460" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I460" s="9"/>
       <c r="J460" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K460" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B461" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C461" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D461" s="3"/>
       <c r="E461" s="6" t="n">
-        <v>81111</v>
+        <v>81110</v>
       </c>
       <c r="F461" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Теорія та практика наукової психології</t>
         </is>
       </c>
       <c r="G461" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H461" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I461" s="9"/>
       <c r="J461" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K461" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B462" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C462" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D462" s="3"/>
       <c r="E462" s="6" t="n">
-        <v>81112</v>
+        <v>81111</v>
       </c>
       <c r="F462" s="3" t="inlineStr">
         <is>
-          <t>Прикладна психологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G462" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H462" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I462" s="9"/>
       <c r="J462" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K462" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B463" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C463" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D463" s="3"/>
       <c r="E463" s="6" t="n">
-        <v>81113</v>
+        <v>81112</v>
       </c>
       <c r="F463" s="3" t="inlineStr">
         <is>
-          <t>Психологія консультування</t>
+          <t>Прикладна психологія</t>
         </is>
       </c>
       <c r="G463" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H463" s="8" t="inlineStr">
         <is>
-          <t>УД 11017452</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I463" s="9"/>
       <c r="J463" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K463" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B464" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C464" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D464" s="3"/>
       <c r="E464" s="6" t="n">
-        <v>81117</v>
+        <v>81113</v>
       </c>
       <c r="F464" s="3" t="inlineStr">
         <is>
-          <t>Клінічна психологія</t>
+          <t>Психологія консультування</t>
         </is>
       </c>
       <c r="G464" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H464" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I464" s="9"/>
+          <t>УД 11017452</t>
+        </is>
+      </c>
+      <c r="I464" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J464" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K464" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B465" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C465" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D465" s="3"/>
       <c r="E465" s="6" t="n">
-        <v>81118</v>
+        <v>81117</v>
       </c>
       <c r="F465" s="3" t="inlineStr">
         <is>
-          <t>Психологічний супровід процесів розвитку</t>
+          <t>Клінічна психологія</t>
         </is>
       </c>
       <c r="G465" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H465" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I465" s="9"/>
       <c r="J465" s="8" t="inlineStr">
         <is>
           <t>УД 11017422</t>
         </is>
       </c>
       <c r="K465" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B466" s="8" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C466" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D466" s="3"/>
       <c r="E466" s="6" t="n">
-        <v>81129</v>
+        <v>81118</v>
       </c>
       <c r="F466" s="3" t="inlineStr">
         <is>
-          <t>Соціальні комунікації та PR-технології</t>
+          <t>Психологічний супровід процесів розвитку</t>
         </is>
       </c>
       <c r="G466" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H466" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I466" s="9"/>
       <c r="J466" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K466" s="9"/>
+          <t>УД 11017422</t>
+        </is>
+      </c>
+      <c r="K466" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B467" s="8" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C467" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D467" s="3"/>
       <c r="E467" s="6" t="n">
-        <v>88074</v>
+        <v>81129</v>
       </c>
       <c r="F467" s="3" t="inlineStr">
         <is>
-          <t>Соціологія та соціальні комунікації</t>
+          <t>Соціальні комунікації та PR-технології</t>
         </is>
       </c>
       <c r="G467" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H467" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I467" s="9"/>
       <c r="J467" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K467" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="468">
       <c r="A468" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B468" s="8" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C468" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D468" s="3"/>
       <c r="E468" s="6" t="n">
-        <v>79635</v>
+        <v>88074</v>
       </c>
       <c r="F468" s="3" t="inlineStr">
         <is>
-          <t>Медіаредагування та журналістика</t>
+          <t>Соціологія та соціальні комунікації</t>
         </is>
       </c>
       <c r="G468" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H468" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I468" s="9"/>
       <c r="J468" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K468" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="469">
       <c r="A469" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B469" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C469" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D469" s="3"/>
       <c r="E469" s="6" t="n">
-        <v>79638</v>
+        <v>79635</v>
       </c>
       <c r="F469" s="3" t="inlineStr">
         <is>
-          <t>Редагування в засобах масової інформації та видавнича діяльність</t>
+          <t>Медіаредагування та журналістика</t>
         </is>
       </c>
       <c r="G469" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H469" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I469" s="9"/>
       <c r="J469" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K469" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B470" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C470" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D470" s="3"/>
       <c r="E470" s="6" t="n">
-        <v>81134</v>
+        <v>79638</v>
       </c>
       <c r="F470" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Редагування в засобах масової інформації та видавнича діяльність</t>
         </is>
       </c>
       <c r="G470" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H470" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I470" s="9"/>
       <c r="J470" s="8" t="inlineStr">
         <is>
-          <t>УД 11020952</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K470" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B471" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C471" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D471" s="3"/>
       <c r="E471" s="6" t="n">
-        <v>81137</v>
+        <v>81134</v>
       </c>
       <c r="F471" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G471" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H471" s="8" t="inlineStr">
         <is>
-          <t>- 14899</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I471" s="9"/>
       <c r="J471" s="8" t="inlineStr">
         <is>
           <t>УД 11020952</t>
         </is>
       </c>
       <c r="K471" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B472" s="8" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C472" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D472" s="3"/>
       <c r="E472" s="6" t="n">
-        <v>81136</v>
+        <v>81137</v>
       </c>
       <c r="F472" s="3" t="inlineStr">
         <is>
-          <t>Парламентаризм та публічне управління</t>
+          <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="G472" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H472" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I472" s="9"/>
+          <t>- 14899</t>
+        </is>
+      </c>
+      <c r="I472" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J472" s="8" t="inlineStr">
         <is>
-          <t>УД 11017430</t>
+          <t>УД 11020952</t>
         </is>
       </c>
       <c r="K472" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B473" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C473" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D473" s="3"/>
       <c r="E473" s="6" t="n">
-        <v>69870</v>
+        <v>81136</v>
       </c>
       <c r="F473" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Парламентаризм та публічне управління</t>
         </is>
       </c>
       <c r="G473" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H473" s="8" t="inlineStr">
         <is>
-          <t>УД 11017455</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I473" s="9"/>
       <c r="J473" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K473" s="9"/>
+          <t>УД 11017430</t>
+        </is>
+      </c>
+      <c r="K473" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B474" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C474" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D474" s="3"/>
       <c r="E474" s="6" t="n">
-        <v>74768</v>
+        <v>69870</v>
       </c>
       <c r="F474" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G474" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H474" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I474" s="9"/>
+          <t>УД 11017455</t>
+        </is>
+      </c>
+      <c r="I474" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J474" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K474" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="475">
       <c r="A475" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B475" s="8" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C475" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D475" s="3"/>
       <c r="E475" s="6" t="n">
-        <v>81123</v>
+        <v>74768</v>
       </c>
       <c r="F475" s="3" t="inlineStr">
         <is>
-          <t>Управління екоризиками та біозахист</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G475" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H475" s="8" t="inlineStr">
         <is>
-          <t>УД 11017456</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I475" s="9"/>
       <c r="J475" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K475" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B476" s="8" t="inlineStr">
         <is>
-          <t>E5</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C476" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D476" s="3"/>
       <c r="E476" s="6" t="n">
-        <v>81126</v>
+        <v>81123</v>
       </c>
       <c r="F476" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна фізика</t>
+          <t>Управління екоризиками та біозахист</t>
         </is>
       </c>
       <c r="G476" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H476" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I476" s="9"/>
+          <t>УД 11017456</t>
+        </is>
+      </c>
+      <c r="I476" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J476" s="8" t="inlineStr">
         <is>
-          <t>УД 11017424</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K476" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B477" s="8" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C477" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D477" s="3"/>
       <c r="E477" s="6" t="n">
-        <v>81125</v>
+        <v>81126</v>
       </c>
       <c r="F477" s="3" t="inlineStr">
         <is>
-          <t>Фінансова та актуарна математика</t>
+          <t>Комп’ютерна фізика</t>
         </is>
       </c>
       <c r="G477" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H477" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I477" s="9"/>
       <c r="J477" s="8" t="inlineStr">
         <is>
-          <t>УД 11017425</t>
+          <t>УД 11017424</t>
         </is>
       </c>
       <c r="K477" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B478" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C478" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D478" s="3"/>
       <c r="E478" s="6" t="n">
-        <v>81127</v>
+        <v>81125</v>
       </c>
       <c r="F478" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні науки</t>
+          <t>Фінансова та актуарна математика</t>
         </is>
       </c>
       <c r="G478" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H478" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I478" s="9"/>
       <c r="J478" s="8" t="inlineStr">
         <is>
-          <t>УД 11017427</t>
+          <t>УД 11017425</t>
         </is>
       </c>
       <c r="K478" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B479" s="8" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C479" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та наука про дані</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D479" s="3"/>
       <c r="E479" s="6" t="n">
-        <v>81135</v>
+        <v>81127</v>
       </c>
       <c r="F479" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та аналітичні технології</t>
+          <t>Комп’ютерні науки</t>
         </is>
       </c>
       <c r="G479" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H479" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I479" s="9"/>
       <c r="J479" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K479" s="9"/>
+          <t>УД 11017427</t>
+        </is>
+      </c>
+      <c r="K479" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B480" s="8" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C480" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D480" s="3"/>
       <c r="E480" s="6" t="n">
-        <v>87741</v>
+        <v>81135</v>
       </c>
       <c r="F480" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та інформативна аналітика</t>
+          <t>Системний аналіз та аналітичні технології</t>
         </is>
       </c>
       <c r="G480" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H480" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I480" s="9"/>
       <c r="J480" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K480" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B481" s="8" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C481" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D481" s="3"/>
       <c r="E481" s="6" t="n">
-        <v>87956</v>
+        <v>87741</v>
       </c>
       <c r="F481" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та інформаційна аналітика</t>
+          <t>Системний аналіз та інформативна аналітика</t>
         </is>
       </c>
       <c r="G481" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H481" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I481" s="9"/>
       <c r="J481" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K481" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B482" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>F4</t>
         </is>
       </c>
       <c r="C482" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D482" s="3"/>
       <c r="E482" s="6" t="n">
-        <v>81130</v>
+        <v>87956</v>
       </c>
       <c r="F482" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Системний аналіз та інформаційна аналітика</t>
         </is>
       </c>
       <c r="G482" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H482" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I482" s="9"/>
       <c r="J482" s="8" t="inlineStr">
         <is>
-          <t>УД 11017429</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K482" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B483" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C483" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D483" s="3"/>
       <c r="E483" s="6" t="n">
-        <v>81131</v>
+        <v>81130</v>
       </c>
       <c r="F483" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="G483" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H483" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I483" s="9"/>
       <c r="J483" s="8" t="inlineStr">
         <is>
           <t>УД 11017429</t>
         </is>
       </c>
       <c r="K483" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B484" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C484" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D484" s="3"/>
       <c r="E484" s="6" t="n">
-        <v>81132</v>
+        <v>81131</v>
       </c>
       <c r="F484" s="3" t="inlineStr">
         <is>
-          <t>Соціальна педагогіка</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G484" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H484" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I484" s="9"/>
       <c r="J484" s="8" t="inlineStr">
         <is>
           <t>УД 11017429</t>
         </is>
       </c>
       <c r="K484" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="485">
       <c r="A485" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B485" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C485" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D485" s="3"/>
       <c r="E485" s="6" t="n">
-        <v>87581</v>
+        <v>81132</v>
       </c>
       <c r="F485" s="3" t="inlineStr">
         <is>
-          <t>Соціальне інспектування</t>
+          <t>Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G485" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H485" s="8" t="inlineStr">
         <is>
-          <t>- 17186</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I485" s="9"/>
       <c r="J485" s="8" t="inlineStr">
         <is>
           <t>УД 11017429</t>
         </is>
       </c>
       <c r="K485" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B486" s="8" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C486" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота та консультування</t>
+        </is>
+      </c>
+      <c r="D486" s="3"/>
       <c r="E486" s="6" t="n">
-        <v>74767</v>
+        <v>87581</v>
       </c>
       <c r="F486" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Соціальне інспектування</t>
         </is>
       </c>
       <c r="G486" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H486" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I486" s="9"/>
+          <t>- 17186</t>
+        </is>
+      </c>
+      <c r="I486" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J486" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K486" s="9"/>
+          <t>УД 11017429</t>
+        </is>
+      </c>
+      <c r="K486" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="487">
       <c r="A487" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B487" s="8" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C487" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
-[...2 lines deleted...]
-      <c r="D487" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D487" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E487" s="6" t="n">
-        <v>81124</v>
+        <v>74767</v>
       </c>
       <c r="F487" s="3" t="inlineStr">
         <is>
-          <t>Міжнародний туризм</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G487" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H487" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I487" s="9"/>
       <c r="J487" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K487" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B488" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C488" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D488" s="3"/>
       <c r="E488" s="6" t="n">
-        <v>56866</v>
+        <v>81124</v>
       </c>
       <c r="F488" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Міжнародний туризм</t>
         </is>
       </c>
       <c r="G488" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H488" s="8" t="inlineStr">
         <is>
-          <t>- 16408</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I488" s="9"/>
       <c r="J488" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K488" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B489" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C489" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D489" s="3"/>
       <c r="E489" s="6" t="n">
-        <v>62286</v>
+        <v>56866</v>
       </c>
       <c r="F489" s="3" t="inlineStr">
         <is>
-          <t>Позашкільна освіта</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G489" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H489" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I489" s="9"/>
+          <t>- 16408</t>
+        </is>
+      </c>
+      <c r="I489" s="9" t="n">
+        <v>46197</v>
+      </c>
       <c r="J489" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K489" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="490">
       <c r="A490" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B490" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C490" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D490" s="3"/>
       <c r="E490" s="6" t="n">
-        <v>58736</v>
+        <v>62286</v>
       </c>
       <c r="F490" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання фізико-математичних наук</t>
+          <t>Позашкільна освіта</t>
         </is>
       </c>
       <c r="G490" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H490" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I490" s="9"/>
       <c r="J490" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K490" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="491">
       <c r="A491" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B491" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C491" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
-      <c r="D491" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D491" s="3"/>
       <c r="E491" s="6" t="n">
-        <v>57826</v>
+        <v>58736</v>
       </c>
       <c r="F491" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання інформатики</t>
+          <t>Теорія та методика навчання фізико-математичних наук</t>
         </is>
       </c>
       <c r="G491" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H491" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I491" s="9"/>
       <c r="J491" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K491" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="492">
       <c r="A492" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B492" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C492" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D492" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E492" s="6" t="n">
-        <v>56869</v>
+        <v>57826</v>
       </c>
       <c r="F492" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (музичне мистецтво)</t>
+          <t>Теорія та методика навчання інформатики</t>
         </is>
       </c>
       <c r="G492" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H492" s="8" t="inlineStr">
         <is>
-          <t>- 16411</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I492" s="9"/>
       <c r="J492" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K492" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="493">
       <c r="A493" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B493" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C493" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D493" s="3" t="inlineStr">
         <is>
-          <t>Трудове навчання та технології</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E493" s="6" t="n">
-        <v>56871</v>
+        <v>56869</v>
       </c>
       <c r="F493" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Трудове навчання та технології)</t>
+          <t>Середня освіта (музичне мистецтво)</t>
         </is>
       </c>
       <c r="G493" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H493" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I493" s="9"/>
+          <t>- 16411</t>
+        </is>
+      </c>
+      <c r="I493" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J493" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K493" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="494">
       <c r="A494" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B494" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C494" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D494" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E494" s="6" t="n">
-        <v>56879</v>
+        <v>56871</v>
       </c>
       <c r="F494" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (фізична культура)</t>
+          <t>Середня освіта (Трудове навчання та технології)</t>
         </is>
       </c>
       <c r="G494" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H494" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I494" s="9"/>
       <c r="J494" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K494" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="495">
       <c r="A495" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B495" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C495" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...2 lines deleted...]
-      <c r="D495" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D495" s="3" t="inlineStr">
+        <is>
+          <t>Фізична культура</t>
+        </is>
+      </c>
       <c r="E495" s="6" t="n">
-        <v>59642</v>
+        <v>56879</v>
       </c>
       <c r="F495" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта (Теорія та методика професійної освіти)</t>
+          <t>Середня освіта (фізична культура)</t>
         </is>
       </c>
       <c r="G495" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H495" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I495" s="9"/>
       <c r="J495" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K495" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="496">
       <c r="A496" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B496" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C496" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D496" s="3"/>
       <c r="E496" s="6" t="n">
-        <v>56847</v>
+        <v>59642</v>
       </c>
       <c r="F496" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Професійна освіта (Теорія та методика професійної освіти)</t>
         </is>
       </c>
       <c r="G496" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H496" s="8" t="inlineStr">
         <is>
-          <t>- 4128</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I496" s="9"/>
       <c r="J496" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K496" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="497">
       <c r="A497" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B497" s="8" t="inlineStr">
         <is>
-          <t>031</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C497" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D497" s="3"/>
       <c r="E497" s="6" t="n">
-        <v>56856</v>
+        <v>56847</v>
       </c>
       <c r="F497" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="G497" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H497" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I497" s="9"/>
+          <t>- 4128</t>
+        </is>
+      </c>
+      <c r="I497" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J497" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K497" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="498">
       <c r="A498" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B498" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>031</t>
         </is>
       </c>
       <c r="C498" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D498" s="3"/>
       <c r="E498" s="6" t="n">
-        <v>56855</v>
+        <v>56856</v>
       </c>
       <c r="F498" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="G498" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H498" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I498" s="9"/>
       <c r="J498" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K498" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="499">
       <c r="A499" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B499" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C499" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D499" s="3"/>
       <c r="E499" s="6" t="n">
-        <v>56862</v>
+        <v>56855</v>
       </c>
       <c r="F499" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G499" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H499" s="8" t="inlineStr">
         <is>
-          <t>- 16413</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I499" s="9"/>
       <c r="J499" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K499" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="500">
       <c r="A500" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B500" s="8" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C500" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D500" s="3"/>
       <c r="E500" s="6" t="n">
-        <v>56852</v>
+        <v>56862</v>
       </c>
       <c r="F500" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G500" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H500" s="8" t="inlineStr">
         <is>
-          <t>- 11315</t>
+          <t>- 16413</t>
         </is>
       </c>
       <c r="I500" s="9" t="n">
-        <v>46134</v>
+        <v>46197</v>
       </c>
       <c r="J500" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K500" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="501">
       <c r="A501" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B501" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C501" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="D501" s="3"/>
       <c r="E501" s="6" t="n">
-        <v>56858</v>
+        <v>56852</v>
       </c>
       <c r="F501" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="G501" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H501" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I501" s="9"/>
+          <t>- 11315</t>
+        </is>
+      </c>
+      <c r="I501" s="9" t="n">
+        <v>46134</v>
+      </c>
       <c r="J501" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K501" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="502">
       <c r="A502" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B502" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C502" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D502" s="3"/>
       <c r="E502" s="6" t="n">
-        <v>59593</v>
+        <v>56858</v>
       </c>
       <c r="F502" s="3" t="inlineStr">
         <is>
-          <t>Сучасні наукові філологічні студії</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="G502" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H502" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I502" s="9"/>
       <c r="J502" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K502" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="503">
       <c r="A503" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B503" s="8" t="inlineStr">
         <is>
-          <t>041</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C503" s="3" t="inlineStr">
         <is>
-          <t>Богослов’я</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D503" s="3"/>
       <c r="E503" s="6" t="n">
-        <v>56861</v>
+        <v>59593</v>
       </c>
       <c r="F503" s="3" t="inlineStr">
         <is>
-          <t>Богослов’я</t>
+          <t>Сучасні наукові філологічні студії</t>
         </is>
       </c>
       <c r="G503" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H503" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I503" s="9"/>
       <c r="J503" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K503" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="504">
       <c r="A504" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B504" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>041</t>
         </is>
       </c>
       <c r="C504" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Богослов’я</t>
         </is>
       </c>
       <c r="D504" s="3"/>
       <c r="E504" s="6" t="n">
-        <v>56853</v>
+        <v>56861</v>
       </c>
       <c r="F504" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Богослов’я</t>
         </is>
       </c>
       <c r="G504" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H504" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I504" s="9"/>
       <c r="J504" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K504" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="505">
       <c r="A505" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B505" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C505" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D505" s="3"/>
       <c r="E505" s="6" t="n">
-        <v>56854</v>
+        <v>56853</v>
       </c>
       <c r="F505" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G505" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H505" s="8" t="inlineStr">
         <is>
-          <t>- 16416</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I505" s="9"/>
       <c r="J505" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K505" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="506">
       <c r="A506" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B506" s="8" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C506" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D506" s="3"/>
       <c r="E506" s="6" t="n">
-        <v>56860</v>
+        <v>56854</v>
       </c>
       <c r="F506" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G506" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H506" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I506" s="9"/>
+          <t>- 16416</t>
+        </is>
+      </c>
+      <c r="I506" s="9" t="n">
+        <v>46197</v>
+      </c>
       <c r="J506" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K506" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="507">
       <c r="A507" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B507" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C507" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D507" s="3"/>
       <c r="E507" s="6" t="n">
-        <v>56849</v>
+        <v>56860</v>
       </c>
       <c r="F507" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="G507" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H507" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I507" s="9"/>
       <c r="J507" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K507" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="508">
       <c r="A508" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B508" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C508" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D508" s="3"/>
       <c r="E508" s="6" t="n">
-        <v>56846</v>
+        <v>56849</v>
       </c>
       <c r="F508" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G508" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H508" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I508" s="9"/>
       <c r="J508" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K508" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="509">
       <c r="A509" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B509" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C509" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D509" s="3"/>
       <c r="E509" s="6" t="n">
-        <v>63187</v>
+        <v>56846</v>
       </c>
       <c r="F509" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G509" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H509" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I509" s="9"/>
       <c r="J509" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K509" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="510">
       <c r="A510" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B510" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C510" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D510" s="3"/>
       <c r="E510" s="6" t="n">
-        <v>56859</v>
+        <v>63187</v>
       </c>
       <c r="F510" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G510" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H510" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I510" s="9"/>
       <c r="J510" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K510" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="511">
       <c r="A511" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B511" s="8" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C511" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D511" s="3"/>
       <c r="E511" s="6" t="n">
-        <v>57347</v>
+        <v>56859</v>
       </c>
       <c r="F511" s="3" t="inlineStr">
         <is>
-          <t>Оптоелектроніка і радіаційна фізика</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G511" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H511" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I511" s="9"/>
       <c r="J511" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K511" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="512">
       <c r="A512" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B512" s="8" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C512" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D512" s="3"/>
       <c r="E512" s="6" t="n">
-        <v>56857</v>
+        <v>57347</v>
       </c>
       <c r="F512" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Оптоелектроніка і радіаційна фізика</t>
         </is>
       </c>
       <c r="G512" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H512" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I512" s="9"/>
       <c r="J512" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K512" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="513">
       <c r="A513" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B513" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C513" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D513" s="3"/>
       <c r="E513" s="6" t="n">
-        <v>56850</v>
+        <v>56857</v>
       </c>
       <c r="F513" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="G513" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H513" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I513" s="9"/>
       <c r="J513" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K513" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="514">
       <c r="A514" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B514" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C514" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D514" s="3"/>
       <c r="E514" s="6" t="n">
-        <v>83267</v>
+        <v>56850</v>
       </c>
       <c r="F514" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G514" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H514" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I514" s="9"/>
       <c r="J514" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K514" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="515">
       <c r="A515" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B515" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C515" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D515" s="3"/>
       <c r="E515" s="6" t="n">
-        <v>83268</v>
+        <v>83267</v>
       </c>
       <c r="F515" s="3" t="inlineStr">
         <is>
-          <t>Позашкільна освіта</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="G515" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H515" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I515" s="9"/>
       <c r="J515" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K515" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="516">
       <c r="A516" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B516" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C516" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D516" s="3"/>
       <c r="E516" s="6" t="n">
-        <v>87799</v>
+        <v>83268</v>
       </c>
       <c r="F516" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Позашкільна освіта</t>
         </is>
       </c>
       <c r="G516" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H516" s="8" t="inlineStr">
         <is>
-          <t>- 17564</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I516" s="9"/>
       <c r="J516" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K516" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="517">
       <c r="A517" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B517" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C517" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D517" s="3"/>
       <c r="E517" s="6" t="n">
-        <v>87997</v>
+        <v>87799</v>
       </c>
       <c r="F517" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G517" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H517" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I517" s="9"/>
+          <t>- 17564</t>
+        </is>
+      </c>
+      <c r="I517" s="9" t="n">
+        <v>46197</v>
+      </c>
       <c r="J517" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K517" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="518">
       <c r="A518" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B518" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C518" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D518" s="3"/>
       <c r="E518" s="6" t="n">
-        <v>83270</v>
+        <v>87997</v>
       </c>
       <c r="F518" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання фізико-математичних наук</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G518" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H518" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I518" s="9"/>
       <c r="J518" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K518" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="519">
       <c r="A519" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B519" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C519" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D519" s="3"/>
       <c r="E519" s="6" t="n">
-        <v>83271</v>
+        <v>83270</v>
       </c>
       <c r="F519" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання інформатики</t>
+          <t>Теорія та методика навчання фізико-математичних наук</t>
         </is>
       </c>
       <c r="G519" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H519" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I519" s="9"/>
       <c r="J519" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K519" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="520">
       <c r="A520" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B520" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C520" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D520" s="3"/>
       <c r="E520" s="6" t="n">
-        <v>83276</v>
+        <v>83271</v>
       </c>
       <c r="F520" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Трудове навчання та технології)</t>
+          <t>Теорія та методика навчання інформатики</t>
         </is>
       </c>
       <c r="G520" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H520" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I520" s="9"/>
       <c r="J520" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K520" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="521">
       <c r="A521" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B521" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C521" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D521" s="3"/>
       <c r="E521" s="6" t="n">
-        <v>83323</v>
+        <v>83276</v>
       </c>
       <c r="F521" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (фізична культура)</t>
+          <t>Середня освіта (Трудове навчання та технології)</t>
         </is>
       </c>
       <c r="G521" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H521" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I521" s="9"/>
       <c r="J521" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K521" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="522">
       <c r="A522" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B522" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C522" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D522" s="3"/>
       <c r="E522" s="6" t="n">
-        <v>83324</v>
+        <v>83323</v>
       </c>
       <c r="F522" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (музичне мистецтво)</t>
+          <t>Середня освіта (фізична культура)</t>
         </is>
       </c>
       <c r="G522" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H522" s="8" t="inlineStr">
         <is>
-          <t>- 17565</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I522" s="9"/>
       <c r="J522" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K522" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="523">
       <c r="A523" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B523" s="8" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C523" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D523" s="3"/>
       <c r="E523" s="6" t="n">
-        <v>83329</v>
+        <v>83324</v>
       </c>
       <c r="F523" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта (Теорія та методика професійної освіти)</t>
+          <t>Середня освіта (музичне мистецтво)</t>
         </is>
       </c>
       <c r="G523" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H523" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I523" s="9"/>
+          <t>- 17565</t>
+        </is>
+      </c>
+      <c r="I523" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J523" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K523" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="524">
       <c r="A524" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B524" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C524" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D524" s="3"/>
       <c r="E524" s="6" t="n">
-        <v>83332</v>
+        <v>83329</v>
       </c>
       <c r="F524" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Професійна освіта (Теорія та методика професійної освіти)</t>
         </is>
       </c>
       <c r="G524" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H524" s="8" t="inlineStr">
         <is>
-          <t>- 14901</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I524" s="9"/>
       <c r="J524" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K524" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="525">
       <c r="A525" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B525" s="8" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C525" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D525" s="3"/>
       <c r="E525" s="6" t="n">
-        <v>83341</v>
+        <v>83332</v>
       </c>
       <c r="F525" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="G525" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H525" s="8" t="inlineStr">
         <is>
-          <t>- 17567</t>
+          <t>- 14901</t>
         </is>
       </c>
       <c r="I525" s="9" t="n">
-        <v>46197</v>
+        <v>46569</v>
       </c>
       <c r="J525" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K525" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="526">
       <c r="A526" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B526" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C526" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D526" s="3"/>
       <c r="E526" s="6" t="n">
-        <v>83342</v>
+        <v>83341</v>
       </c>
       <c r="F526" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G526" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H526" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I526" s="9"/>
+          <t>- 17567</t>
+        </is>
+      </c>
+      <c r="I526" s="9" t="n">
+        <v>46197</v>
+      </c>
       <c r="J526" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K526" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="527">
       <c r="A527" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B527" s="8" t="inlineStr">
         <is>
-          <t>B7</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C527" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D527" s="3"/>
       <c r="E527" s="6" t="n">
-        <v>83334</v>
+        <v>83342</v>
       </c>
       <c r="F527" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="G527" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H527" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I527" s="9"/>
       <c r="J527" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K527" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="528">
       <c r="A528" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B528" s="8" t="inlineStr">
         <is>
-          <t>B8</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C528" s="3" t="inlineStr">
         <is>
-          <t>Богослов'я</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D528" s="3"/>
       <c r="E528" s="6" t="n">
-        <v>83335</v>
+        <v>88396</v>
       </c>
       <c r="F528" s="3" t="inlineStr">
         <is>
-          <t>Богослов’я</t>
+          <t>Сучасні наукові філологічні студії</t>
         </is>
       </c>
       <c r="G528" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H528" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I528" s="9"/>
       <c r="J528" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K528" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="529">
       <c r="A529" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B529" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>B7</t>
         </is>
       </c>
       <c r="C529" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D529" s="3"/>
       <c r="E529" s="6" t="n">
-        <v>83339</v>
+        <v>83334</v>
       </c>
       <c r="F529" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="G529" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H529" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I529" s="9"/>
       <c r="J529" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K529" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="530">
       <c r="A530" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B530" s="8" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>B8</t>
         </is>
       </c>
       <c r="C530" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Богослов'я</t>
         </is>
       </c>
       <c r="D530" s="3"/>
       <c r="E530" s="6" t="n">
-        <v>83344</v>
+        <v>83335</v>
       </c>
       <c r="F530" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Богослов’я</t>
         </is>
       </c>
       <c r="G530" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H530" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I530" s="9"/>
       <c r="J530" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K530" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="531">
       <c r="A531" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B531" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C531" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D531" s="3"/>
       <c r="E531" s="6" t="n">
-        <v>83345</v>
+        <v>83339</v>
       </c>
       <c r="F531" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G531" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H531" s="8" t="inlineStr">
         <is>
-          <t>- 17566</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I531" s="9"/>
       <c r="J531" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K531" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="532">
       <c r="A532" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B532" s="8" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C532" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D532" s="3"/>
       <c r="E532" s="6" t="n">
-        <v>83346</v>
+        <v>83344</v>
       </c>
       <c r="F532" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G532" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H532" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I532" s="9"/>
       <c r="J532" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K532" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="533">
       <c r="A533" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B533" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C533" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D533" s="3"/>
       <c r="E533" s="6" t="n">
-        <v>69871</v>
+        <v>83345</v>
       </c>
       <c r="F533" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G533" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H533" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I533" s="9"/>
+          <t>- 17566</t>
+        </is>
+      </c>
+      <c r="I533" s="9" t="n">
+        <v>46197</v>
+      </c>
       <c r="J533" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K533" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="534">
       <c r="A534" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B534" s="8" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C534" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D534" s="3"/>
       <c r="E534" s="6" t="n">
-        <v>83351</v>
+        <v>83346</v>
       </c>
       <c r="F534" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="G534" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H534" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I534" s="9"/>
       <c r="J534" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K534" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="535">
       <c r="A535" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B535" s="8" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C535" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D535" s="3"/>
       <c r="E535" s="6" t="n">
-        <v>83352</v>
+        <v>69871</v>
       </c>
       <c r="F535" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G535" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H535" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I535" s="9"/>
       <c r="J535" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K535" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="536">
       <c r="A536" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B536" s="8" t="inlineStr">
         <is>
-          <t>E5</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C536" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D536" s="3"/>
       <c r="E536" s="6" t="n">
-        <v>83354</v>
+        <v>83351</v>
       </c>
       <c r="F536" s="3" t="inlineStr">
         <is>
-          <t>Оптоелектроніка і радіаційна фізика</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="G536" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H536" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I536" s="9"/>
       <c r="J536" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K536" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="537">
       <c r="A537" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B537" s="8" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C537" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D537" s="3"/>
       <c r="E537" s="6" t="n">
-        <v>83356</v>
+        <v>83352</v>
       </c>
       <c r="F537" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G537" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H537" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I537" s="9"/>
       <c r="J537" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K537" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="538">
       <c r="A538" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B538" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C538" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D538" s="3"/>
       <c r="E538" s="6" t="n">
-        <v>83365</v>
+        <v>83354</v>
       </c>
       <c r="F538" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Оптоелектроніка і радіаційна фізика</t>
         </is>
       </c>
       <c r="G538" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H538" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I538" s="9"/>
       <c r="J538" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K538" s="9"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="539">
+      <c r="A539" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B539" s="8" t="inlineStr">
+        <is>
+          <t>E7</t>
+        </is>
+      </c>
+      <c r="C539" s="3" t="inlineStr">
+        <is>
+          <t>Математика</t>
+        </is>
+      </c>
+      <c r="D539" s="3"/>
+      <c r="E539" s="6" t="n">
+        <v>83356</v>
+      </c>
+      <c r="F539" s="3" t="inlineStr">
+        <is>
+          <t>Математика</t>
+        </is>
+      </c>
+      <c r="G539" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
+      <c r="H539" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I539" s="9"/>
+      <c r="J539" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K539" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="540">
+      <c r="A540" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B540" s="8" t="inlineStr">
+        <is>
+          <t>I10</t>
+        </is>
+      </c>
+      <c r="C540" s="3" t="inlineStr">
+        <is>
+          <t>Соціальна робота та консультування</t>
+        </is>
+      </c>
+      <c r="D540" s="3"/>
+      <c r="E540" s="6" t="n">
+        <v>83365</v>
+      </c>
+      <c r="F540" s="3" t="inlineStr">
+        <is>
+          <t>Соціальна робота та консультування</t>
+        </is>
+      </c>
+      <c r="G540" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
+      <c r="H540" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I540" s="9"/>
+      <c r="J540" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K540" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K538"/>
+  <autoFilter ref="A1:K540"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I273"/>
+  <dimension ref="A1:I251"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -25430,51 +25522,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -25507,51 +25599,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -25729,51 +25821,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -26099,51 +26191,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -26169,51 +26261,51 @@
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>46</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>B10</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
@@ -26239,51 +26331,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -26597,84 +26689,84 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
@@ -26763,54 +26855,54 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>179</v>
+        <v>166</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>12</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -26829,84 +26921,84 @@
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -26964,51 +27056,51 @@
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -27060,51 +27152,51 @@
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -27192,51 +27284,51 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -27258,268 +27350,268 @@
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>33</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>134</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>92</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
           <t>Здоров’я людини</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E62" s="6" t="n">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>43</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E63" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E64" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -27768,54 +27860,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -28175,54 +28267,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E83" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -28437,51 +28529,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D90" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E90" s="6" t="n">
         <v>105</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -28508,51 +28600,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E92" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
@@ -28652,51 +28744,51 @@
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="F96" s="6" t="n">
         <v>71</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -28763,51 +28855,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E99" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -28829,84 +28921,84 @@
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F102" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
@@ -28961,51 +29053,51 @@
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F105" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
@@ -29138,54 +29230,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D110" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E110" s="6" t="n">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -29389,87 +29481,87 @@
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>29</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>5</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -29488,51 +29580,51 @@
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="F120" s="6" t="n">
         <v>34</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -29554,84 +29646,84 @@
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F122" s="6" t="n">
         <v>33</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F123" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
@@ -29656,81 +29748,81 @@
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
         <v>57</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F126" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -29752,51 +29844,51 @@
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F128" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
@@ -29953,51 +30045,51 @@
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
@@ -30049,502 +30141,502 @@
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D137" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E137" s="6" t="n">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D138" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E138" s="6" t="n">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F138" s="6" t="n">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D139" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E139" s="6" t="n">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="F139" s="6" t="n">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D140" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E140" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D141" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E141" s="6" t="n">
+        <v>8</v>
+      </c>
+      <c r="F141" s="6" t="n">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D142" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="E142" s="6" t="n">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E143" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D144" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E144" s="6" t="n">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D145" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E145" s="6" t="n">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D146" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E146" s="6" t="n">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D147" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Захист України</t>
         </is>
       </c>
       <c r="E147" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D148" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E148" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D149" s="3" t="inlineStr">
         <is>
-          <t>Захист України</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E149" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
@@ -30611,125 +30703,125 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D152" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E152" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D153" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E153" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F153" s="6" t="n">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D154" s="3" t="inlineStr">
         <is>
           <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="E154" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F154" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -30818,95 +30910,95 @@
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D158" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E158" s="6" t="n">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>33</v>
+        <v>7</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D159" s="3" t="inlineStr">
         <is>
-          <t>Українська мова та література</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E159" s="6" t="n">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="F159" s="6" t="n">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="8" t="inlineStr">
         <is>
           <t>B12</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Культурологія та музеєзнавство</t>
@@ -31209,54 +31301,54 @@
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="8" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F169" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="8" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
@@ -31275,54 +31367,54 @@
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F171" s="6" t="n">
-        <v>399</v>
+        <v>365</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>32</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="8" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -31341,87 +31433,87 @@
       <c r="H172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B173" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F173" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F174" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B175" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -31638,51 +31730,51 @@
       <c r="H181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I181" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B182" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F182" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -31704,3116 +31796,2350 @@
       <c r="H183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="F184" s="6" t="n">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="G184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I184" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F185" s="6" t="n">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="G185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I185" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="F186" s="6" t="n">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="G186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I186" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D187" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E187" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="F187" s="6" t="n">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="G187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I187" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B188" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D188" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E188" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F188" s="6" t="n">
-        <v>35</v>
+        <v>3</v>
       </c>
       <c r="G188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I188" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B189" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D189" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E189" s="6" t="n">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="F189" s="6" t="n">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="G189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I189" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B190" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D190" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E190" s="6" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F190" s="6" t="n">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="G190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I190" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B191" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D191" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E191" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F191" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I191" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D192" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E192" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F192" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I192" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="F193" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I193" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B194" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D194" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="E194" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F194" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I194" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D195" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E195" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F195" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I195" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B196" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D196" s="3" t="inlineStr">
         <is>
-          <t>Трудове навчання та технології</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F196" s="6" t="n">
-        <v>2</v>
+        <v>65</v>
       </c>
       <c r="G196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I196" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B197" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D197" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E197" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="F197" s="6" t="n">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G197" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H197" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I197" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B198" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D198" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Сурдопедагогіка</t>
         </is>
       </c>
       <c r="E198" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="F198" s="6" t="n">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="G198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I198" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D199" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Тифлопедагогіка</t>
         </is>
       </c>
       <c r="E199" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F199" s="6" t="n">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="G199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I199" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B200" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="F200" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I200" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B201" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D201" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології</t>
+          <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="E201" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F201" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I201" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B202" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Хореографія</t>
+        </is>
+      </c>
+      <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F202" s="6" t="n">
-        <v>95</v>
+        <v>2</v>
       </c>
       <c r="G202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I202" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B203" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F203" s="6" t="n">
-        <v>42</v>
+        <v>6</v>
       </c>
       <c r="G203" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H203" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I203" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B204" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>028</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент соціокультурної діяльності</t>
+        </is>
+      </c>
+      <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F204" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I204" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B205" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F205" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G205" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H205" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I205" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B206" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
-        <v>63</v>
+        <v>4</v>
       </c>
       <c r="F206" s="6" t="n">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I206" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B207" s="8" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Культурологія</t>
+        </is>
+      </c>
+      <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I207" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B208" s="8" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D208" s="3" t="inlineStr">
         <is>
-          <t>Дизайн одягу (взуття)</t>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E208" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F208" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I208" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B209" s="8" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="F209" s="6" t="n">
-        <v>0</v>
+        <v>127</v>
       </c>
       <c r="G209" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H209" s="6" t="n">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="I209" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B210" s="8" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="F210" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I210" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B211" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="F211" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I211" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B212" s="8" t="inlineStr">
         <is>
-          <t>028</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F212" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I212" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B213" s="8" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F213" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G213" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H213" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I213" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B214" s="8" t="inlineStr">
         <is>
-          <t>031</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="F214" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I214" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B215" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F215" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I215" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B216" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D216" s="3"/>
       <c r="E216" s="6" t="n">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="F216" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I216" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B217" s="8" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F217" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I217" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B218" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F218" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G218" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H218" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I218" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B219" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F219" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G219" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H219" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I219" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B220" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
-      <c r="D220" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="F220" s="6" t="n">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G220" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H220" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I220" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B221" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>B7</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Релігієзнавство</t>
+        </is>
+      </c>
+      <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F221" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G221" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H221" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I221" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B222" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F222" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G222" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H222" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I222" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B223" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F223" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G223" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H223" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I223" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B224" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
-        <v>60</v>
+        <v>2</v>
       </c>
       <c r="F224" s="6" t="n">
-        <v>295</v>
+        <v>2</v>
       </c>
       <c r="G224" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H224" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="I224" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B225" s="8" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F225" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G225" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H225" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I225" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B226" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F226" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G226" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H226" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I226" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B227" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="F227" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G227" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H227" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I227" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B228" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F228" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G228" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H228" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I228" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B229" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
-        <v>2</v>
+        <v>86</v>
       </c>
       <c r="F229" s="6" t="n">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="G229" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H229" s="6" t="n">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I229" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B230" s="8" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F230" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H230" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I230" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B231" s="8" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
-[...2 lines deleted...]
-      <c r="D231" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D231" s="3" t="inlineStr">
+        <is>
+          <t>Інформатика</t>
+        </is>
+      </c>
       <c r="E231" s="6" t="n">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="F231" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G231" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H231" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I231" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B232" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
-[...2 lines deleted...]
-      <c r="D232" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D232" s="3" t="inlineStr">
+        <is>
+          <t>Трудове навчання та технології</t>
+        </is>
+      </c>
       <c r="E232" s="6" t="n">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="F232" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G232" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H232" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I232" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B233" s="8" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
-[...2 lines deleted...]
-      <c r="D233" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D233" s="3" t="inlineStr">
+        <is>
+          <t>Фізична культура</t>
+        </is>
+      </c>
       <c r="E233" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F233" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="G233" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H233" s="6" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I233" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B234" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
-[...2 lines deleted...]
-      <c r="D234" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D234" s="3" t="inlineStr">
+        <is>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
       <c r="E234" s="6" t="n">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="F234" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G234" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H234" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I234" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B235" s="8" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D235" s="3"/>
       <c r="E235" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F235" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G235" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H235" s="6" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I235" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B236" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D236" s="3"/>
       <c r="E236" s="6" t="n">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="F236" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G236" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H236" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I236" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B237" s="8" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>031</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D237" s="3"/>
       <c r="E237" s="6" t="n">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="F237" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G237" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H237" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I237" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B238" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D238" s="3"/>
       <c r="E238" s="6" t="n">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="F238" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G238" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H238" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="I238" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B239" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D239" s="3"/>
       <c r="E239" s="6" t="n">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="F239" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G239" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H239" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I239" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B240" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D240" s="3"/>
       <c r="E240" s="6" t="n">
+        <v>13</v>
+      </c>
+      <c r="F240" s="6" t="n">
+        <v>3</v>
+      </c>
+      <c r="G240" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H240" s="6" t="n">
         <v>2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I240" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B241" s="8" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>041</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Богослов’я</t>
         </is>
       </c>
       <c r="D241" s="3"/>
       <c r="E241" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F241" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G241" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H241" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I241" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B242" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D242" s="3"/>
       <c r="E242" s="6" t="n">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="F242" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G242" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H242" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I242" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B243" s="8" t="inlineStr">
         <is>
-          <t>B7</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D243" s="3"/>
       <c r="E243" s="6" t="n">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="F243" s="6" t="n">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G243" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H243" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="I243" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B244" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D244" s="3"/>
       <c r="E244" s="6" t="n">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="F244" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G244" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H244" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I244" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B245" s="8" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="F245" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G245" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H245" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I245" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B246" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D246" s="3"/>
       <c r="E246" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F246" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G246" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H246" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I246" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B247" s="8" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D247" s="3"/>
       <c r="E247" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F247" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G247" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H247" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I247" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B248" s="8" t="inlineStr">
         <is>
-          <t>E5</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D248" s="3"/>
       <c r="E248" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F248" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G248" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H248" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I248" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B249" s="8" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D249" s="3"/>
       <c r="E249" s="6" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F249" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G249" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H249" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I249" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B250" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D250" s="3"/>
       <c r="E250" s="6" t="n">
+        <v>8</v>
+      </c>
+      <c r="F250" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G250" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H250" s="6" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I250" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B251" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D251" s="3"/>
       <c r="E251" s="6" t="n">
-        <v>87</v>
+        <v>15</v>
       </c>
       <c r="F251" s="6" t="n">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="G251" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H251" s="6" t="n">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I251" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
-[...740 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I273"/>
+  <autoFilter ref="A1:I251"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>