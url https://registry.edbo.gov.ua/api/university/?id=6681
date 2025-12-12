--- v0 (2025-10-16)
+++ v1 (2025-12-12)
@@ -507,51 +507,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 26.04.2024 № 276-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -821,51 +821,51 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>041</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Богослов’я</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>041</t>
         </is>
       </c>