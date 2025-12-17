--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -2656,55 +2656,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>55782</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Виробництво харчової продукції</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="8" t="inlineStr">
         <is>
-          <t>ДС 003006</t>
+          <t>ДС 006735</t>
         </is>
       </c>
       <c r="I20" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J20" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D21" s="3"/>
@@ -3444,51 +3444,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -3906,51 +3906,51 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>