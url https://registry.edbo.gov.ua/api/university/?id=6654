--- v1 (2025-12-17)
+++ v2 (2026-02-21)
@@ -3411,84 +3411,84 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -3510,249 +3510,249 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -3774,348 +3774,348 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>155</v>
+        <v>108</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>