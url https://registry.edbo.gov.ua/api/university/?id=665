--- v0 (2025-11-04)
+++ v1 (2026-01-09)
@@ -370,51 +370,51 @@
         <is>
           <t>с-ще Млинів</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Івана Франка, 1</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>036 596 55 66, 596 46 94</t>
+          <t>+38(036)-596-55-66</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>mdtek@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>college.mlyniv.rv.ua</t>
         </is>
@@ -3204,51 +3204,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3270,51 +3270,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -3435,51 +3435,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>