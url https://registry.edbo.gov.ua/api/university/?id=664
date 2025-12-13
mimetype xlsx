--- v0 (2025-10-22)
+++ v1 (2025-12-13)
@@ -3113,51 +3113,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
@@ -3216,51 +3216,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
@@ -3282,51 +3282,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
@@ -3414,51 +3414,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>