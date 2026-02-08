--- v1 (2025-12-13)
+++ v2 (2026-02-08)
@@ -3047,51 +3047,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -3113,51 +3113,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
@@ -3183,117 +3183,117 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -3381,84 +3381,84 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>