--- v2 (2026-02-08)
+++ v3 (2026-03-29)
@@ -2372,96 +2372,96 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
         <v>42977</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Декоративно-прикладне мистецтво</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
-          <t>ДС 002055</t>
+          <t>ДС 007067</t>
         </is>
       </c>
       <c r="I10" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
         <v>42979</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Діловодство</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
-          <t>ДС 002054</t>
+          <t>ДС 007068</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
@@ -2534,137 +2534,137 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
         <v>42987</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Монтаж і обслуговування теплотехнічного устаткування і систем теплопостачання</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
-          <t>ДС 002053</t>
+          <t>ДС 006958</t>
         </is>
       </c>
       <c r="I14" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
         <v>42980</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Виготовлення тугоплавких неметалевих і силікатних матеріалів і виробів</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t>ДС 002052</t>
+          <t>ДС 007069</t>
         </is>
       </c>
       <c r="I15" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
         <v>59098</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Виготовлення тугоплавких неметалевих і силікатних матеріалів і виробів</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t>ДС 002052</t>
+          <t>ДС 007069</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D17" s="3"/>