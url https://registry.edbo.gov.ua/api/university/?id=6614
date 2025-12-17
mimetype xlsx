--- v0 (2025-10-23)
+++ v1 (2025-12-17)
@@ -3541,51 +3541,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -3607,117 +3607,117 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -3739,51 +3739,51 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -3974,51 +3974,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>