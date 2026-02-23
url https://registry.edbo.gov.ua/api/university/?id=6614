--- v1 (2025-12-17)
+++ v2 (2026-02-23)
@@ -3842,51 +3842,51 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -3941,84 +3941,84 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>108</v>
+        <v>81</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>