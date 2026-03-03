--- v0 (2026-01-02)
+++ v1 (2026-03-03)
@@ -4945,51 +4945,51 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -5110,84 +5110,84 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
@@ -5341,51 +5341,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -5473,51 +5473,51 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -5572,84 +5572,84 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>111</v>
+        <v>74</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>