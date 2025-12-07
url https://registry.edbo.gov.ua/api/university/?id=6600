--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -536,51 +536,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>початковий рівень (короткий цикл)</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>52</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 23.05.2022 № 85-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -666,51 +666,51 @@
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -3266,54 +3266,56 @@
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
         <v>58080</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="G58" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H58" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I58" s="9"/>
+          <t>- 18965</t>
+        </is>
+      </c>
+      <c r="I58" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J58" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K58" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
@@ -3579,54 +3581,56 @@
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>55251</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G65" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H65" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I65" s="9"/>
+          <t>- 19330</t>
+        </is>
+      </c>
+      <c r="I65" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J65" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K65" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
@@ -4531,91 +4535,91 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
         <v>19</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
@@ -4638,84 +4642,84 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -4740,183 +4744,183 @@
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>82</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>211</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>32</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>26</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
@@ -4935,51 +4939,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -5004,51 +5008,51 @@
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>50</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -5137,51 +5141,51 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -5203,51 +5207,51 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -5305,117 +5309,117 @@
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>250</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>79</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>46</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
@@ -5437,114 +5441,114 @@
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>164</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
@@ -5632,51 +5636,51 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -5735,121 +5739,121 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -5871,150 +5875,150 @@
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -6102,51 +6106,51 @@
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -6337,216 +6341,216 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -6568,51 +6572,51 @@
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
@@ -6667,51 +6671,51 @@
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>