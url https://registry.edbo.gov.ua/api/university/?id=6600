--- v1 (2025-12-07)
+++ v2 (2026-01-29)
@@ -21,51 +21,51 @@
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$84</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$67</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$53</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -4446,51 +4446,51 @@
       </c>
       <c r="J84" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K84" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K84"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I67"/>
+  <dimension ref="A1:I53"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -4774,51 +4774,51 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>57</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -5038,51 +5038,51 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -5141,51 +5141,51 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -5306,51 +5306,51 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>105</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -5438,84 +5438,84 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -5537,120 +5537,120 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>90</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
@@ -6139,51 +6139,51 @@
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -6228,543 +6228,77 @@
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Публічне управління та адміністрування</t>
+        </is>
+      </c>
+      <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
-[...460 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I67"/>
+  <autoFilter ref="A1:I53"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>