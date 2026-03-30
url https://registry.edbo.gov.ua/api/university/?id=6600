--- v2 (2026-01-29)
+++ v3 (2026-03-30)
@@ -21,51 +21,51 @@
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$84</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$53</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$52</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -773,92 +773,94 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G4" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H4" s="9"/>
+          <t> 20272</t>
+        </is>
+      </c>
+      <c r="H4" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F5" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G5" s="8" t="inlineStr">
         <is>
           <t> 3462</t>
         </is>
       </c>
       <c r="H5" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 23.05.2022 № 85-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K84"/>
@@ -1688,92 +1690,92 @@
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>55229</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Інформаційні технології у бізнесі</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="8" t="inlineStr">
         <is>
           <t>- 3463</t>
         </is>
       </c>
       <c r="I20" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J20" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>55237</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="8" t="inlineStr">
         <is>
           <t>- 3464</t>
         </is>
       </c>
       <c r="I21" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D22" s="3"/>
@@ -1934,228 +1936,236 @@
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>55226</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="8" t="inlineStr">
         <is>
           <t>- 3465</t>
         </is>
       </c>
       <c r="I26" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J26" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K26" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>55231</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Міжнародний бізнес</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="8" t="inlineStr">
         <is>
           <t>- 3466</t>
         </is>
       </c>
       <c r="I27" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J27" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K27" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
         <v>84410</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K28" s="9"/>
+          <t>УД 11021442</t>
+        </is>
+      </c>
+      <c r="K28" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
         <v>85082</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K29" s="9"/>
+          <t>УД 11021443</t>
+        </is>
+      </c>
+      <c r="K29" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
         <v>85083</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I30" s="9"/>
+          <t>- 20269</t>
+        </is>
+      </c>
+      <c r="I30" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J30" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K30" s="9"/>
+          <t>УД 11021443</t>
+        </is>
+      </c>
+      <c r="K30" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>84738</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Економічна та соціальна психологія</t>
         </is>
@@ -2225,54 +2235,56 @@
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>84711</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I33" s="9"/>
       <c r="J33" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K33" s="9"/>
+          <t>УД 11021444</t>
+        </is>
+      </c>
+      <c r="K33" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>84713</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
@@ -2463,54 +2475,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>84719</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I39" s="9"/>
+          <t>- 20268</t>
+        </is>
+      </c>
+      <c r="I39" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K39" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
@@ -2662,54 +2676,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>84723</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Інформаційні технології у підприємництві</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I44" s="9"/>
+          <t>- 20266</t>
+        </is>
+      </c>
+      <c r="I44" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J44" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
@@ -2740,54 +2756,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>84724</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I46" s="9"/>
+          <t>- 20267</t>
+        </is>
+      </c>
+      <c r="I46" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J46" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K46" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
@@ -2826,180 +2844,184 @@
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>84729</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I48" s="9"/>
       <c r="J48" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K48" s="9"/>
+          <t>УД 11021445</t>
+        </is>
+      </c>
+      <c r="K48" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
         <v>84733</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I49" s="9"/>
       <c r="J49" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K49" s="9"/>
+          <t>УД 11021446</t>
+        </is>
+      </c>
+      <c r="K49" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
         <v>55246</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша-англійська</t>
         </is>
       </c>
       <c r="G50" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H50" s="8" t="inlineStr">
         <is>
           <t>- 3458</t>
         </is>
       </c>
       <c r="I50" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J50" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
         <v>56201</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G51" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H51" s="8" t="inlineStr">
         <is>
           <t>- 3458</t>
         </is>
       </c>
       <c r="I51" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J51" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D52" s="3"/>
@@ -3315,51 +3337,51 @@
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
         <v>55248</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G59" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H59" s="8" t="inlineStr">
         <is>
           <t>- 3462</t>
         </is>
       </c>
       <c r="I59" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J59" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K59" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D60" s="3"/>
@@ -3675,54 +3697,56 @@
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D67" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E67" s="6" t="n">
         <v>84709</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H67" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I67" s="9"/>
+          <t>- 20270</t>
+        </is>
+      </c>
+      <c r="I67" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J67" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K67" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D68" s="3" t="inlineStr">
         <is>
@@ -3816,177 +3840,185 @@
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>84712</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G70" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H70" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I70" s="9"/>
       <c r="J70" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K70" s="9"/>
+          <t>УД 11021447</t>
+        </is>
+      </c>
+      <c r="K70" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>84714</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G71" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H71" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I71" s="9"/>
       <c r="J71" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K71" s="9"/>
+          <t>УД 11021448</t>
+        </is>
+      </c>
+      <c r="K71" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>84739</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Менеджмент організацій</t>
         </is>
       </c>
       <c r="G72" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H72" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I72" s="9"/>
       <c r="J72" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K72" s="9"/>
+          <t>УД 11021449</t>
+        </is>
+      </c>
+      <c r="K72" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
         <v>84740</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G73" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H73" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I73" s="9"/>
+          <t>- 20273</t>
+        </is>
+      </c>
+      <c r="I73" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J73" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K73" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
@@ -4027,97 +4059,101 @@
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
         <v>84742</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="G75" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H75" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I75" s="9"/>
+          <t>- 20271</t>
+        </is>
+      </c>
+      <c r="I75" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J75" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K75" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>66341</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G76" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H76" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I76" s="9"/>
+          <t>- 20272</t>
+        </is>
+      </c>
+      <c r="I76" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J76" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K76" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
@@ -4379,51 +4415,51 @@
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>55217</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="8" t="inlineStr">
         <is>
           <t>- 3460</t>
         </is>
       </c>
       <c r="I83" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J83" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K83" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D84" s="3"/>
@@ -4446,51 +4482,51 @@
       </c>
       <c r="J84" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K84" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K84"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I53"/>
+  <dimension ref="A1:I52"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -4535,51 +4571,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -4609,84 +4645,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -4708,150 +4744,150 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>57</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -4939,51 +4975,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -5005,84 +5041,84 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -5108,51 +5144,51 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
@@ -5243,51 +5279,51 @@
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>35</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -5306,186 +5342,186 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>46</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>163</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
@@ -5504,153 +5540,153 @@
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
@@ -5669,51 +5705,51 @@
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
@@ -5776,51 +5812,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
@@ -5875,51 +5911,51 @@
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -6073,51 +6109,51 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
@@ -6139,51 +6175,51 @@
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -6220,85 +6256,52 @@
           <t>J3</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
-[...31 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I53"/>
+  <autoFilter ref="A1:I52"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>