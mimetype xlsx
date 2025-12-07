--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -24,51 +24,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$15</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$358</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$146</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$147</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -952,51 +952,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>початковий рівень (короткий цикл)</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>34</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 21.04.2022 № 65-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -1097,51 +1097,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -6752,93 +6752,97 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
         <v>77818</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
           <t>Менеджмент зовнішньоекономічної діяльності</t>
         </is>
       </c>
       <c r="G123" s="3"/>
       <c r="H123" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I123" s="9"/>
+          <t>- IP-0978-1/7</t>
+        </is>
+      </c>
+      <c r="I123" s="9" t="n">
+        <v>48121</v>
+      </c>
       <c r="J123" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K123" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
         <v>77823</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
           <t>Міжнародний менеджмент</t>
         </is>
       </c>
       <c r="G124" s="3"/>
       <c r="H124" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I124" s="9"/>
+          <t>- IP-0978-1/8</t>
+        </is>
+      </c>
+      <c r="I124" s="9" t="n">
+        <v>48121</v>
+      </c>
       <c r="J124" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K124" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
@@ -6869,171 +6873,179 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
         <v>77826</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
           <t>Торговельний менеджмент</t>
         </is>
       </c>
       <c r="G126" s="3"/>
       <c r="H126" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I126" s="9"/>
+          <t>- IP-0978-1/4</t>
+        </is>
+      </c>
+      <c r="I126" s="9" t="n">
+        <v>48121</v>
+      </c>
       <c r="J126" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K126" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
         <v>77827</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
           <t>Менеджмент персоналу</t>
         </is>
       </c>
       <c r="G127" s="3"/>
       <c r="H127" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I127" s="9"/>
+          <t>- IP-0978-1/2</t>
+        </is>
+      </c>
+      <c r="I127" s="9" t="n">
+        <v>48121</v>
+      </c>
       <c r="J127" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K127" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
         <v>77828</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
           <t>Управління бізнесом</t>
         </is>
       </c>
       <c r="G128" s="3"/>
       <c r="H128" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I128" s="9"/>
+          <t>- IP-0978-1/5</t>
+        </is>
+      </c>
+      <c r="I128" s="9" t="n">
+        <v>48121</v>
+      </c>
       <c r="J128" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K128" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
         <v>77829</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
           <t>Менеджмент антимонопольної діяльності</t>
         </is>
       </c>
       <c r="G129" s="3"/>
       <c r="H129" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I129" s="9"/>
+          <t>- IP-0978-1/1</t>
+        </is>
+      </c>
+      <c r="I129" s="9" t="n">
+        <v>48121</v>
+      </c>
       <c r="J129" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K129" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
@@ -7064,54 +7076,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
         <v>77831</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
           <t>Менеджмент туристичного та готельно-ресторанного бізнесу</t>
         </is>
       </c>
       <c r="G131" s="3"/>
       <c r="H131" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I131" s="9"/>
+          <t>- IP-0978-1/6</t>
+        </is>
+      </c>
+      <c r="I131" s="9" t="n">
+        <v>48121</v>
+      </c>
       <c r="J131" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K131" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
@@ -8653,54 +8667,56 @@
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
         <v>64366</v>
       </c>
       <c r="F170" s="3" t="inlineStr">
         <is>
           <t>Консалтинг у сфері зовнішньої та внутрішньої політики</t>
         </is>
       </c>
       <c r="G170" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H170" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I170" s="9"/>
+          <t>- 19260</t>
+        </is>
+      </c>
+      <c r="I170" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J170" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K170" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
@@ -11402,54 +11418,56 @@
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
         <v>64810</v>
       </c>
       <c r="F231" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="G231" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H231" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I231" s="9"/>
+          <t>- 19301</t>
+        </is>
+      </c>
+      <c r="I231" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J231" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K231" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B232" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
@@ -11535,55 +11553,55 @@
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
         <v>61722</v>
       </c>
       <c r="F234" s="3" t="inlineStr">
         <is>
           <t>Землеустрій та кадастр</t>
         </is>
       </c>
       <c r="G234" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H234" s="7" t="inlineStr">
         <is>
-          <t>- 9660</t>
+          <t>- 19320</t>
         </is>
       </c>
       <c r="I234" s="9" t="n">
-        <v>46001</v>
+        <v>48030</v>
       </c>
       <c r="J234" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K234" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B235" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D235" s="3" t="inlineStr">
@@ -17059,51 +17077,51 @@
       </c>
       <c r="J358" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K358" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K358"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I146"/>
+  <dimension ref="A1:I147"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -17181,54 +17199,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -17254,88 +17272,88 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>44</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
@@ -17358,54 +17376,54 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
@@ -17424,54 +17442,54 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -17490,51 +17508,51 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>37</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -17559,216 +17577,216 @@
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>203</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
         <v>59</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
@@ -17823,84 +17841,84 @@
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>156</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
@@ -17919,120 +17937,120 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>73</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -18054,3949 +18072,3982 @@
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>155</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>33</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
-      <c r="D34" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>208</v>
+        <v>0</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>54</v>
+        <v>1</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
-[...2 lines deleted...]
-      <c r="D35" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D35" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E35" s="6" t="n">
-        <v>343</v>
+        <v>208</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>151</v>
+        <v>54</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>41</v>
+        <v>339</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>31</v>
+        <v>155</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>290</v>
+        <v>41</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>212</v>
+        <v>30</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>11</v>
+        <v>288</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>10</v>
+        <v>213</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>179</v>
+        <v>11</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>144</v>
+        <v>10</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>129</v>
+        <v>177</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>70</v>
+        <v>148</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>58</v>
+        <v>129</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>209</v>
+        <v>58</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>105</v>
+        <v>46</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>940</v>
+        <v>205</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>466</v>
+        <v>107</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>861</v>
+        <v>931</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>434</v>
+        <v>470</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>486</v>
+        <v>847</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>169</v>
+        <v>439</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>159</v>
+        <v>484</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>93</v>
+        <v>172</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>283</v>
+        <v>159</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>112</v>
+        <v>94</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>9</v>
+        <v>282</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>440</v>
+        <v>9</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>270</v>
+        <v>433</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>70</v>
+        <v>267</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>161</v>
+        <v>101</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>50</v>
+        <v>158</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>193</v>
+        <v>49</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>24</v>
+        <v>193</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>193</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>232</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>277</v>
+        <v>16</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>237</v>
+        <v>8</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>58</v>
+        <v>272</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>85</v>
+        <v>239</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>90</v>
+        <v>58</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>47</v>
+        <v>84</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>131</v>
+        <v>51</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>160</v>
+        <v>131</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>145</v>
+        <v>160</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>293</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міжнародне право</t>
+        </is>
+      </c>
+      <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>12</v>
+        <v>142</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E66" s="6" t="n">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D67" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E67" s="6" t="n">
-        <v>31</v>
+        <v>2</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D68" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="E68" s="6" t="n">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
-[...2 lines deleted...]
-      <c r="D69" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D69" s="3" t="inlineStr">
+        <is>
+          <t>Міжнародні економічні відносини</t>
+        </is>
+      </c>
       <c r="E69" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>82</v>
+        <v>6</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>2</v>
+        <v>93</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>57</v>
+        <v>11</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>128</v>
+        <v>9</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>144</v>
+        <v>55</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>17</v>
+        <v>128</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>35</v>
+        <v>146</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>80</v>
+        <v>17</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>97</v>
+        <v>37</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>32</v>
+        <v>97</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
-          <t>D9</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>D9</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та наука про дані</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>F4</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
-          <t>G13</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
-          <t>G18</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>6</v>
+        <v>29</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>G18</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Туризм та рекреація</t>
+        </is>
+      </c>
+      <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
-[...2 lines deleted...]
-      <c r="D91" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D91" s="3" t="inlineStr">
+        <is>
+          <t>прикладна лінгвістика</t>
+        </is>
+      </c>
       <c r="E91" s="6" t="n">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>7</v>
+        <v>53</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>0</v>
+        <v>82</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>29</v>
+        <v>3</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>161</v>
+        <v>40</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>110</v>
+        <v>27</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>124</v>
+        <v>147</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>0</v>
+        <v>101</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>1</v>
+        <v>73</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>71</v>
+        <v>1</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>5</v>
+        <v>70</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>193</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>293</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
+        <v>4</v>
+      </c>
+      <c r="F122" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та наука про дані</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>G13</t>
+          <t>F4</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F130" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="F133" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="F138" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G138" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H138" s="6" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F139" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
+        <v>15</v>
+      </c>
+      <c r="F146" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="G146" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H146" s="6" t="n">
+        <v>3</v>
+      </c>
+      <c r="I146" s="6" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B147" s="7" t="inlineStr">
+        <is>
+          <t>293</t>
+        </is>
+      </c>
+      <c r="C147" s="3" t="inlineStr">
+        <is>
+          <t>Міжнародне право</t>
+        </is>
+      </c>
+      <c r="D147" s="3"/>
+      <c r="E147" s="6" t="n">
         <v>9</v>
       </c>
-      <c r="F146" s="6" t="n">
-[...8 lines deleted...]
-      <c r="I146" s="6" t="n">
+      <c r="F147" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G147" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H147" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I146"/>
+  <autoFilter ref="A1:I147"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>