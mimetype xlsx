--- v1 (2025-12-07)
+++ v2 (2026-02-06)
@@ -24,51 +24,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$15</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$358</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$147</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$130</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -11240,56 +11240,54 @@
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
         <v>55056</v>
       </c>
       <c r="F227" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки</t>
         </is>
       </c>
       <c r="G227" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H227" s="7" t="inlineStr">
         <is>
-          <t>- 10225</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I227" s="9"/>
       <c r="J227" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K227" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B228" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
@@ -16288,54 +16286,56 @@
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C341" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D341" s="3"/>
       <c r="E341" s="6" t="n">
         <v>55097</v>
       </c>
       <c r="F341" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G341" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H341" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I341" s="9"/>
+          <t>- 19779</t>
+        </is>
+      </c>
+      <c r="I341" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J341" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K341" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B342" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C342" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D342" s="3"/>
       <c r="E342" s="6" t="n">
@@ -17077,51 +17077,51 @@
       </c>
       <c r="J358" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K358" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K358"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I147"/>
+  <dimension ref="A1:I130"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -17162,51 +17162,51 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -17343,51 +17343,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
@@ -17409,153 +17409,153 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -17607,54 +17607,54 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -17673,51 +17673,51 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>196</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -17742,51 +17742,51 @@
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
         <v>59</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
@@ -17871,54 +17871,54 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
@@ -17937,120 +17937,120 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>73</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -18069,51 +18069,51 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>56</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -18271,84 +18271,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E35" s="6" t="n">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>3</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>155</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
@@ -18370,51 +18370,51 @@
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>213</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
@@ -18436,51 +18436,51 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>148</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -18502,183 +18502,183 @@
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>107</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>470</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>847</v>
+        <v>838</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>172</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -18700,120 +18700,120 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
@@ -18898,120 +18898,120 @@
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
         <v>49</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -19030,87 +19030,87 @@
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -19132,51 +19132,51 @@
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
         <v>90</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -19301,51 +19301,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E66" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -19478,51 +19478,51 @@
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -19643,51 +19643,51 @@
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>128</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>30</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -19706,51 +19706,51 @@
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>97</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -19937,51 +19937,51 @@
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
@@ -20125,1929 +20125,1364 @@
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>53</v>
+        <v>6</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>32</v>
+        <v>7</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>82</v>
+        <v>1</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>42</v>
+        <v>1</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>147</v>
+        <v>2</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>109</v>
+        <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>124</v>
+        <v>8</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>86</v>
+        <v>2</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>101</v>
+        <v>1</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>48</v>
+        <v>2</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>48</v>
+        <v>3</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>41</v>
+        <v>1</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>F4</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F116" s="6" t="n">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="F117" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
+        <v>20</v>
+      </c>
+      <c r="F120" s="6" t="n">
         <v>2</v>
       </c>
-      <c r="F120" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="F121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F122" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F124" s="6" t="n">
         <v>4</v>
       </c>
-      <c r="F124" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
+        <v>21</v>
+      </c>
+      <c r="F125" s="6" t="n">
         <v>2</v>
       </c>
-      <c r="F125" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та наука про дані</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>G13</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
+        <v>14</v>
+      </c>
+      <c r="F129" s="6" t="n">
         <v>1</v>
       </c>
-      <c r="F129" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>293</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
-[...559 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I147"/>
+  <autoFilter ref="A1:I130"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>