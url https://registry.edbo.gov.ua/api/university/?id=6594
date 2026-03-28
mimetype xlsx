--- v2 (2026-02-06)
+++ v3 (2026-03-28)
@@ -269,51 +269,51 @@
         <is>
           <t>STATE UNIVERSITY OF TRADE AND ECONOMICS</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>1946</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Категорія закладу освіти</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
@@ -1128,54 +1128,56 @@
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F2" s="6" t="n">
         <v>300</v>
       </c>
       <c r="G2" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H2" s="9"/>
+          <t>УД 11017036</t>
+        </is>
+      </c>
+      <c r="H2" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
@@ -1208,51 +1210,51 @@
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Комерційне право</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
         <v>94</v>
       </c>
       <c r="G4" s="7" t="inlineStr">
         <is>
           <t>УД 11017036</t>
         </is>
       </c>
       <c r="H4" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 21.04.2022 № 65-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
@@ -1282,54 +1284,56 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>Комерційне право</t>
         </is>
       </c>
       <c r="F6" s="6" t="n">
         <v>62</v>
       </c>
       <c r="G6" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H6" s="9"/>
+          <t>УД 11017025</t>
+        </is>
+      </c>
+      <c r="H6" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="I6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
         <is>
@@ -1522,168 +1526,168 @@
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F12" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G12" s="7" t="inlineStr">
         <is>
           <t> 18137</t>
         </is>
       </c>
       <c r="H12" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I12" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="F13" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G13" s="7" t="inlineStr">
         <is>
           <t> 18139</t>
         </is>
       </c>
       <c r="H13" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I13" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F14" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G14" s="7" t="inlineStr">
         <is>
           <t> 3569</t>
         </is>
       </c>
       <c r="H14" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I14" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 21.04.2022 № 65-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="F15" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G15" s="7" t="inlineStr">
         <is>
           <t> 3587</t>
         </is>
       </c>
       <c r="H15" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I15" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 21.04.2022 № 65-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K358"/>
@@ -1986,256 +1990,256 @@
           <t>Економіка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>54770</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Економіка бізнесу</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t>УД 11015983</t>
         </is>
       </c>
       <c r="K7" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>54908</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="7" t="inlineStr">
         <is>
           <t>УД 11015983</t>
         </is>
       </c>
       <c r="K8" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>54910</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Економіка галузевих ринків</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="7" t="inlineStr">
         <is>
           <t>УД 11015983</t>
         </is>
       </c>
       <c r="K9" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>54911</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Економіка торгівлі</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t>УД 11015983</t>
         </is>
       </c>
       <c r="K10" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>54912</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Цифрова економіка</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t>УД 11015983</t>
         </is>
       </c>
       <c r="K11" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>54913</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Агробізнес</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t>УД 11015983</t>
         </is>
       </c>
       <c r="K12" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>54919</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Політологія міжнародних відносин</t>
@@ -2308,51 +2312,51 @@
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>54921</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
           <t>- 3584</t>
         </is>
       </c>
       <c r="I15" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
@@ -2390,221 +2394,221 @@
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>54923</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Реклама і зв’язки з громадськістю</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
           <t>- 3583</t>
         </is>
       </c>
       <c r="I17" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>54924</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I18" s="9"/>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t>УД 11015984</t>
         </is>
       </c>
       <c r="K18" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
         <v>54925</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Фінансовий контроль та аудит</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I19" s="9"/>
       <c r="J19" s="7" t="inlineStr">
         <is>
           <t>УД 11015984</t>
         </is>
       </c>
       <c r="K19" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>54926</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Діджитал аудит та аналіз</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I20" s="9"/>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t>УД 11015984</t>
         </is>
       </c>
       <c r="K20" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>56557</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Облік, оподаткування та аудит</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t>УД 11015984</t>
         </is>
       </c>
       <c r="K21" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>54928</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Страхування</t>
@@ -3587,1459 +3591,1459 @@
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>54941</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>Торговельний менеджмент</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="7" t="inlineStr">
         <is>
           <t>- IP-0978-1/4</t>
         </is>
       </c>
       <c r="I46" s="9" t="n">
         <v>48121</v>
       </c>
       <c r="J46" s="7" t="inlineStr">
         <is>
           <t>УД 11015986</t>
         </is>
       </c>
       <c r="K46" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>54942</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>Менеджмент персоналу</t>
         </is>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="7" t="inlineStr">
         <is>
           <t>- IP-0978-1/2</t>
         </is>
       </c>
       <c r="I47" s="9" t="n">
         <v>48121</v>
       </c>
       <c r="J47" s="7" t="inlineStr">
         <is>
           <t>УД 11015986</t>
         </is>
       </c>
       <c r="K47" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>54943</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
           <t>Готельний і ресторанний менеджмент</t>
         </is>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I48" s="9"/>
       <c r="J48" s="7" t="inlineStr">
         <is>
           <t>УД 11015986</t>
         </is>
       </c>
       <c r="K48" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
         <v>54944</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
           <t>Туристичний менеджмент</t>
         </is>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I49" s="9"/>
       <c r="J49" s="7" t="inlineStr">
         <is>
           <t>УД 11015986</t>
         </is>
       </c>
       <c r="K49" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
         <v>54945</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
           <t>Менеджмент зовнішньоекономічної діяльності</t>
         </is>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="7" t="inlineStr">
         <is>
           <t>- IP-0978-1/7</t>
         </is>
       </c>
       <c r="I50" s="9" t="n">
         <v>48121</v>
       </c>
       <c r="J50" s="7" t="inlineStr">
         <is>
           <t>УД 11015986</t>
         </is>
       </c>
       <c r="K50" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
         <v>54946</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
           <t>Управління в сфері економічної конкуренції</t>
         </is>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I51" s="9"/>
       <c r="J51" s="7" t="inlineStr">
         <is>
           <t>УД 11015986</t>
         </is>
       </c>
       <c r="K51" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
         <v>54947</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
           <t>Управління бізнесом</t>
         </is>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="7" t="inlineStr">
         <is>
           <t>- IP-0978-1/5</t>
         </is>
       </c>
       <c r="I52" s="9" t="n">
         <v>48121</v>
       </c>
       <c r="J52" s="7" t="inlineStr">
         <is>
           <t>УД 11015986</t>
         </is>
       </c>
       <c r="K52" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
         <v>54948</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Промисловий менеджмент</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="7" t="inlineStr">
         <is>
           <t>- IP-0978-1/3</t>
         </is>
       </c>
       <c r="I53" s="9" t="n">
         <v>48121</v>
       </c>
       <c r="J53" s="7" t="inlineStr">
         <is>
           <t>УД 11015986</t>
         </is>
       </c>
       <c r="K53" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>54949</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>Менеджмент антимонопольної діяльності</t>
         </is>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" s="7" t="inlineStr">
         <is>
           <t>- IP-0978-1/1</t>
         </is>
       </c>
       <c r="I54" s="9" t="n">
         <v>48121</v>
       </c>
       <c r="J54" s="7" t="inlineStr">
         <is>
           <t>УД 11015986</t>
         </is>
       </c>
       <c r="K54" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
         <v>54950</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
           <t>Міжнародний менеджмент</t>
         </is>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="7" t="inlineStr">
         <is>
           <t>- IP-0978-1/8</t>
         </is>
       </c>
       <c r="I55" s="9" t="n">
         <v>48121</v>
       </c>
       <c r="J55" s="7" t="inlineStr">
         <is>
           <t>УД 11015986</t>
         </is>
       </c>
       <c r="K55" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
         <v>54951</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
           <t>Менеджмент туристичного та готельно-ресторанного бізнесу</t>
         </is>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="7" t="inlineStr">
         <is>
           <t>- IP-0978-1/6</t>
         </is>
       </c>
       <c r="I56" s="9" t="n">
         <v>48121</v>
       </c>
       <c r="J56" s="7" t="inlineStr">
         <is>
           <t>УД 11015986</t>
         </is>
       </c>
       <c r="K56" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
         <v>54952</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
           <t>Фармацевтичний менеджмент</t>
         </is>
       </c>
       <c r="G57" s="3"/>
       <c r="H57" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I57" s="9"/>
       <c r="J57" s="7" t="inlineStr">
         <is>
           <t>УД 11015986</t>
         </is>
       </c>
       <c r="K57" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
         <v>55828</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
           <t>Муніципальний менеджмент</t>
         </is>
       </c>
       <c r="G58" s="3"/>
       <c r="H58" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I58" s="9"/>
       <c r="J58" s="7" t="inlineStr">
         <is>
           <t>УД 11015986</t>
         </is>
       </c>
       <c r="K58" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
         <v>64365</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
           <t>Міжнародний комплаєнс-менеджмент</t>
         </is>
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I59" s="9"/>
       <c r="J59" s="7" t="inlineStr">
         <is>
           <t>УД 11015986</t>
         </is>
       </c>
       <c r="K59" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
         <v>54953</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I60" s="9"/>
       <c r="J60" s="7" t="inlineStr">
         <is>
           <t>УД 11015987</t>
         </is>
       </c>
       <c r="K60" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
         <v>54954</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
           <t>Рекламний бізнес</t>
         </is>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I61" s="9"/>
       <c r="J61" s="7" t="inlineStr">
         <is>
           <t>УД 11015987</t>
         </is>
       </c>
       <c r="K61" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
         <v>54955</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
           <t>Товарознавство та організація зовнішньої торгівлі</t>
         </is>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I62" s="9"/>
       <c r="J62" s="7" t="inlineStr">
         <is>
           <t>УД 11015988</t>
         </is>
       </c>
       <c r="K62" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
         <v>54956</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
           <t>Оптова і роздрібна торгівля</t>
         </is>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I63" s="9"/>
       <c r="J63" s="7" t="inlineStr">
         <is>
           <t>УД 11015988</t>
         </is>
       </c>
       <c r="K63" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
         <v>54957</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
           <t>Товарознавство і комерційна логістика</t>
         </is>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I64" s="9"/>
       <c r="J64" s="7" t="inlineStr">
         <is>
           <t>УД 11015988</t>
         </is>
       </c>
       <c r="K64" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>54958</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>Митна справа</t>
         </is>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I65" s="9"/>
       <c r="J65" s="7" t="inlineStr">
         <is>
           <t>УД 11015988</t>
         </is>
       </c>
       <c r="K65" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
         <v>54960</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
           <t>Логістична діяльність</t>
         </is>
       </c>
       <c r="G66" s="3"/>
       <c r="H66" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I66" s="9"/>
       <c r="J66" s="7" t="inlineStr">
         <is>
           <t>УД 11015988</t>
         </is>
       </c>
       <c r="K66" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
         <v>54961</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
           <t>Категорійний менеджмент у ритейлі</t>
         </is>
       </c>
       <c r="G67" s="3"/>
       <c r="H67" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I67" s="9"/>
       <c r="J67" s="7" t="inlineStr">
         <is>
           <t>УД 11015988</t>
         </is>
       </c>
       <c r="K67" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
         <v>54962</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
           <t>Торговельний бізнес</t>
         </is>
       </c>
       <c r="G68" s="3"/>
       <c r="H68" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I68" s="9"/>
       <c r="J68" s="7" t="inlineStr">
         <is>
           <t>УД 11015988</t>
         </is>
       </c>
       <c r="K68" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>60250</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Торговельний бізнес</t>
         </is>
       </c>
       <c r="G69" s="3"/>
       <c r="H69" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I69" s="9"/>
       <c r="J69" s="7" t="inlineStr">
         <is>
           <t>УД 11017642</t>
         </is>
       </c>
       <c r="K69" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>60251</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
           <t>Товарознавство і комерційна логістика</t>
         </is>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I70" s="9"/>
       <c r="J70" s="7" t="inlineStr">
         <is>
           <t>УД 11017642</t>
         </is>
       </c>
       <c r="K70" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>60252</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
           <t>Товарознавство та організація зовнішньої торгівлі</t>
         </is>
       </c>
       <c r="G71" s="3"/>
       <c r="H71" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I71" s="9"/>
       <c r="J71" s="7" t="inlineStr">
         <is>
           <t>УД 11017642</t>
         </is>
       </c>
       <c r="K71" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>60253</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Митна справа</t>
         </is>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I72" s="9"/>
       <c r="J72" s="7" t="inlineStr">
         <is>
           <t>УД 11017642</t>
         </is>
       </c>
       <c r="K72" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
         <v>60254</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
           <t>Логістична діяльність</t>
         </is>
       </c>
       <c r="G73" s="3"/>
       <c r="H73" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I73" s="9"/>
       <c r="J73" s="7" t="inlineStr">
         <is>
           <t>УД 11017642</t>
         </is>
       </c>
       <c r="K73" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
         <v>60255</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
           <t>Категорійний менеджмент у ритейлі</t>
         </is>
       </c>
       <c r="G74" s="3"/>
       <c r="H74" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I74" s="9"/>
       <c r="J74" s="7" t="inlineStr">
         <is>
           <t>УД 11017642</t>
         </is>
       </c>
       <c r="K74" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
         <v>61879</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
           <t>Оптова і роздрібна торгівля</t>
         </is>
       </c>
       <c r="G75" s="3"/>
       <c r="H75" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I75" s="9"/>
       <c r="J75" s="7" t="inlineStr">
         <is>
           <t>УД 11017642</t>
         </is>
       </c>
       <c r="K75" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>54963</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
           <t>Комерційне право</t>
         </is>
       </c>
       <c r="G76" s="3"/>
       <c r="H76" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I76" s="9"/>
       <c r="J76" s="7" t="inlineStr">
         <is>
           <t>УД 11017036</t>
         </is>
       </c>
       <c r="K76" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
         <v>54964</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
           <t>Цивільне право і процес</t>
         </is>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I77" s="9"/>
       <c r="J77" s="7" t="inlineStr">
         <is>
           <t>УД 11017036</t>
         </is>
       </c>
       <c r="K77" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>54965</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Правове забезпечення безпеки підприємницької діяльності</t>
         </is>
       </c>
       <c r="G78" s="3"/>
       <c r="H78" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I78" s="9"/>
       <c r="J78" s="7" t="inlineStr">
         <is>
           <t>УД 11017036</t>
         </is>
       </c>
       <c r="K78" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
         <v>54966</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
           <t>Фінансове право</t>
         </is>
       </c>
       <c r="G79" s="3"/>
       <c r="H79" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I79" s="9"/>
       <c r="J79" s="7" t="inlineStr">
         <is>
           <t>УД 11017036</t>
         </is>
       </c>
       <c r="K79" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
         <v>63296</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I80" s="9"/>
       <c r="J80" s="7" t="inlineStr">
         <is>
           <t>УД 11017036</t>
         </is>
       </c>
       <c r="K80" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
         <v>56560</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерне та математичне моделювання</t>
@@ -5110,51 +5114,51 @@
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>54968</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки</t>
         </is>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="7" t="inlineStr">
         <is>
           <t>- 3579</t>
         </is>
       </c>
       <c r="I83" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J83" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K83" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D84" s="3"/>
@@ -5321,92 +5325,92 @@
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
         <v>54974</v>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
           <t>Технологія та організація ресторанного бізнесу</t>
         </is>
       </c>
       <c r="G88" s="3"/>
       <c r="H88" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I88" s="9"/>
       <c r="J88" s="7" t="inlineStr">
         <is>
           <t>УД 11015990</t>
         </is>
       </c>
       <c r="K88" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
         <v>54975</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
           <t>Ресторанні технології та фуд-дизайн</t>
         </is>
       </c>
       <c r="G89" s="3"/>
       <c r="H89" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I89" s="9"/>
       <c r="J89" s="7" t="inlineStr">
         <is>
           <t>УД 11015990</t>
         </is>
       </c>
       <c r="K89" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
         <v>55660</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>Землеустрій та кадастр</t>
@@ -5514,180 +5518,180 @@
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>54977</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G93" s="3"/>
       <c r="H93" s="7" t="inlineStr">
         <is>
           <t>- 3582</t>
         </is>
       </c>
       <c r="I93" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J93" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K93" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
         <v>54979</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
           <t>Міжнародний туризм</t>
         </is>
       </c>
       <c r="G94" s="3"/>
       <c r="H94" s="7" t="inlineStr">
         <is>
           <t>- 4669</t>
         </is>
       </c>
       <c r="I94" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J94" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K94" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
         <v>60257</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
           <t>Міжнародний туризм</t>
         </is>
       </c>
       <c r="G95" s="3"/>
       <c r="H95" s="7" t="inlineStr">
         <is>
           <t>- 4669</t>
         </is>
       </c>
       <c r="I95" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J95" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K95" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
         <v>54982</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I96" s="9"/>
       <c r="J96" s="7" t="inlineStr">
         <is>
           <t>УД 11015991</t>
         </is>
       </c>
       <c r="K96" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
         <v>54988</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини та економічна дипломатія</t>
@@ -6057,188 +6061,188 @@
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E106" s="6" t="n">
         <v>87557</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
           <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G106" s="3"/>
       <c r="H106" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I106" s="9"/>
       <c r="J106" s="7" t="inlineStr">
         <is>
           <t>УД 11020591</t>
         </is>
       </c>
       <c r="K106" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D107" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E107" s="6" t="n">
         <v>87559</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G107" s="3"/>
       <c r="H107" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I107" s="9"/>
       <c r="J107" s="7" t="inlineStr">
         <is>
           <t>УД 11020591</t>
         </is>
       </c>
       <c r="K107" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
         <v>87560</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
           <t>Цифрова економіка</t>
         </is>
       </c>
       <c r="G108" s="3"/>
       <c r="H108" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I108" s="9"/>
       <c r="J108" s="7" t="inlineStr">
         <is>
           <t>УД 11020591</t>
         </is>
       </c>
       <c r="K108" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D109" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E109" s="6" t="n">
         <v>87558</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G109" s="3"/>
       <c r="H109" s="7" t="inlineStr">
         <is>
           <t>- 18672</t>
         </is>
       </c>
       <c r="I109" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J109" s="7" t="inlineStr">
         <is>
           <t>УД 11020591</t>
         </is>
       </c>
       <c r="K109" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
         <v>77729</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
@@ -6430,97 +6434,99 @@
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
         <v>77736</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
           <t>Реклама і зв'язки з громадськістю</t>
         </is>
       </c>
       <c r="G115" s="3"/>
       <c r="H115" s="7" t="inlineStr">
         <is>
           <t>- 18119</t>
         </is>
       </c>
       <c r="I115" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J115" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K115" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
         <v>77764</v>
       </c>
       <c r="F116" s="3" t="inlineStr">
         <is>
           <t>Облік, оподаткування та аудит</t>
         </is>
       </c>
       <c r="G116" s="3"/>
       <c r="H116" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I116" s="9"/>
       <c r="J116" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K116" s="9"/>
+          <t>УД 11015984</t>
+        </is>
+      </c>
+      <c r="K116" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
         <v>77767</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
           <t>Управління публічними фінансами</t>
         </is>
@@ -6760,1158 +6766,1216 @@
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
         <v>77818</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
           <t>Менеджмент зовнішньоекономічної діяльності</t>
         </is>
       </c>
       <c r="G123" s="3"/>
       <c r="H123" s="7" t="inlineStr">
         <is>
           <t>- IP-0978-1/7</t>
         </is>
       </c>
       <c r="I123" s="9" t="n">
         <v>48121</v>
       </c>
       <c r="J123" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K123" s="9"/>
+          <t>УД 11015986</t>
+        </is>
+      </c>
+      <c r="K123" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
         <v>77823</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
           <t>Міжнародний менеджмент</t>
         </is>
       </c>
       <c r="G124" s="3"/>
       <c r="H124" s="7" t="inlineStr">
         <is>
           <t>- IP-0978-1/8</t>
         </is>
       </c>
       <c r="I124" s="9" t="n">
         <v>48121</v>
       </c>
       <c r="J124" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K124" s="9"/>
+          <t>УД 11015986</t>
+        </is>
+      </c>
+      <c r="K124" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
         <v>77825</v>
       </c>
       <c r="F125" s="3" t="inlineStr">
         <is>
           <t>Міжнародний комплаєнс-менеджмент</t>
         </is>
       </c>
       <c r="G125" s="3"/>
       <c r="H125" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I125" s="9"/>
       <c r="J125" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K125" s="9"/>
+          <t>УД 11015986</t>
+        </is>
+      </c>
+      <c r="K125" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
         <v>77826</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
           <t>Торговельний менеджмент</t>
         </is>
       </c>
       <c r="G126" s="3"/>
       <c r="H126" s="7" t="inlineStr">
         <is>
           <t>- IP-0978-1/4</t>
         </is>
       </c>
       <c r="I126" s="9" t="n">
         <v>48121</v>
       </c>
       <c r="J126" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K126" s="9"/>
+          <t>УД 11015986</t>
+        </is>
+      </c>
+      <c r="K126" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
         <v>77827</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
           <t>Менеджмент персоналу</t>
         </is>
       </c>
       <c r="G127" s="3"/>
       <c r="H127" s="7" t="inlineStr">
         <is>
           <t>- IP-0978-1/2</t>
         </is>
       </c>
       <c r="I127" s="9" t="n">
         <v>48121</v>
       </c>
       <c r="J127" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K127" s="9"/>
+          <t>УД 11015986</t>
+        </is>
+      </c>
+      <c r="K127" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
         <v>77828</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
           <t>Управління бізнесом</t>
         </is>
       </c>
       <c r="G128" s="3"/>
       <c r="H128" s="7" t="inlineStr">
         <is>
           <t>- IP-0978-1/5</t>
         </is>
       </c>
       <c r="I128" s="9" t="n">
         <v>48121</v>
       </c>
       <c r="J128" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K128" s="9"/>
+          <t>УД 11015986</t>
+        </is>
+      </c>
+      <c r="K128" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
         <v>77829</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
           <t>Менеджмент антимонопольної діяльності</t>
         </is>
       </c>
       <c r="G129" s="3"/>
       <c r="H129" s="7" t="inlineStr">
         <is>
           <t>- IP-0978-1/1</t>
         </is>
       </c>
       <c r="I129" s="9" t="n">
         <v>48121</v>
       </c>
       <c r="J129" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K129" s="9"/>
+          <t>УД 11015986</t>
+        </is>
+      </c>
+      <c r="K129" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
         <v>77830</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
           <t>Муніципальний менеджмент</t>
         </is>
       </c>
       <c r="G130" s="3"/>
       <c r="H130" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I130" s="9"/>
       <c r="J130" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K130" s="9"/>
+          <t>УД 11015986</t>
+        </is>
+      </c>
+      <c r="K130" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
         <v>77831</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
           <t>Менеджмент туристичного та готельно-ресторанного бізнесу</t>
         </is>
       </c>
       <c r="G131" s="3"/>
       <c r="H131" s="7" t="inlineStr">
         <is>
           <t>- IP-0978-1/6</t>
         </is>
       </c>
       <c r="I131" s="9" t="n">
         <v>48121</v>
       </c>
       <c r="J131" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K131" s="9"/>
+          <t>УД 11015986</t>
+        </is>
+      </c>
+      <c r="K131" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
         <v>77832</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
           <t>Креативні індустрії та управління бізнесом</t>
         </is>
       </c>
       <c r="G132" s="3"/>
       <c r="H132" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I132" s="9"/>
       <c r="J132" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K132" s="9"/>
+          <t>УД 11015986</t>
+        </is>
+      </c>
+      <c r="K132" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
         <v>77834</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
           <t>Логістика та управління ланцюгами постачання</t>
         </is>
       </c>
       <c r="G133" s="3"/>
       <c r="H133" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I133" s="9"/>
       <c r="J133" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K133" s="9"/>
+          <t>УД 11015986</t>
+        </is>
+      </c>
+      <c r="K133" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
         <v>77835</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
           <t>Категорійний менеджмент</t>
         </is>
       </c>
       <c r="G134" s="3"/>
       <c r="H134" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I134" s="9"/>
       <c r="J134" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K134" s="9"/>
+          <t>УД 11015986</t>
+        </is>
+      </c>
+      <c r="K134" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
         <v>78118</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
           <t>Адміністрування міжнародного бізнесу</t>
         </is>
       </c>
       <c r="G135" s="3"/>
       <c r="H135" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I135" s="9"/>
       <c r="J135" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K135" s="9"/>
+          <t>УД 11015986</t>
+        </is>
+      </c>
+      <c r="K135" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
         <v>78119</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
           <t>Менеджмент аптечного бізнесу</t>
         </is>
       </c>
       <c r="G136" s="3"/>
       <c r="H136" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I136" s="9"/>
       <c r="J136" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K136" s="9"/>
+          <t>УД 11015986</t>
+        </is>
+      </c>
+      <c r="K136" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
         <v>87717</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
           <t>Спортивний менеджмент</t>
         </is>
       </c>
       <c r="G137" s="3"/>
       <c r="H137" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I137" s="9"/>
       <c r="J137" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K137" s="9"/>
+          <t>УД 11015986</t>
+        </is>
+      </c>
+      <c r="K137" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
         <v>77837</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G138" s="3"/>
       <c r="H138" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I138" s="9"/>
       <c r="J138" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K138" s="9"/>
+          <t>УД 11015991</t>
+        </is>
+      </c>
+      <c r="K138" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
         <v>77775</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G139" s="3"/>
       <c r="H139" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I139" s="9"/>
       <c r="J139" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K139" s="9"/>
+          <t>УД 11015987</t>
+        </is>
+      </c>
+      <c r="K139" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
         <v>77776</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
           <t>Міжнародний маркетинг</t>
         </is>
       </c>
       <c r="G140" s="3"/>
       <c r="H140" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I140" s="9"/>
       <c r="J140" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K140" s="9"/>
+          <t>УД 11015987</t>
+        </is>
+      </c>
+      <c r="K140" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
         <v>77777</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
           <t>Рекламний бізнес</t>
         </is>
       </c>
       <c r="G141" s="3"/>
       <c r="H141" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I141" s="9"/>
       <c r="J141" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K141" s="9"/>
+          <t>УД 11015987</t>
+        </is>
+      </c>
+      <c r="K141" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
         <v>77778</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
           <t>Торговельний бізнес</t>
         </is>
       </c>
       <c r="G142" s="3"/>
       <c r="H142" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I142" s="9"/>
       <c r="J142" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K142" s="9"/>
+          <t>УД 11017642</t>
+        </is>
+      </c>
+      <c r="K142" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
         <v>77779</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
           <t>Товарознавство та організація зовнішньої торгівлі</t>
         </is>
       </c>
       <c r="G143" s="3"/>
       <c r="H143" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I143" s="9"/>
       <c r="J143" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K143" s="9"/>
+          <t>УД 11017642</t>
+        </is>
+      </c>
+      <c r="K143" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
         <v>77839</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
           <t>Митна справа</t>
         </is>
       </c>
       <c r="G144" s="3"/>
       <c r="H144" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I144" s="9"/>
       <c r="J144" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K144" s="9"/>
+          <t>УД 11017642</t>
+        </is>
+      </c>
+      <c r="K144" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
         <v>77841</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
           <t>Міжнародна торгівля</t>
         </is>
       </c>
       <c r="G145" s="3"/>
       <c r="H145" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I145" s="9"/>
       <c r="J145" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K145" s="9"/>
+          <t>УД 11017642</t>
+        </is>
+      </c>
+      <c r="K145" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
         <v>78120</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
           <t>Товарознавство і комерційна діяльність</t>
         </is>
       </c>
       <c r="G146" s="3"/>
       <c r="H146" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I146" s="9"/>
       <c r="J146" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K146" s="9"/>
+          <t>УД 11017642</t>
+        </is>
+      </c>
+      <c r="K146" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
         <v>74759</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G147" s="3"/>
       <c r="H147" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I147" s="9"/>
       <c r="J147" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K147" s="9"/>
+          <t>УД 11017036</t>
+        </is>
+      </c>
+      <c r="K147" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
         <v>77215</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
           <t>Комерційне право</t>
         </is>
       </c>
       <c r="G148" s="3"/>
       <c r="H148" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I148" s="9"/>
       <c r="J148" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K148" s="9"/>
+          <t>УД 11017036</t>
+        </is>
+      </c>
+      <c r="K148" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
         <v>77216</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
           <t>Правове забезпечення безпеки підприємницької діяльності</t>
         </is>
       </c>
       <c r="G149" s="3"/>
       <c r="H149" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I149" s="9"/>
       <c r="J149" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K149" s="9"/>
+          <t>УД 11017036</t>
+        </is>
+      </c>
+      <c r="K149" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
         <v>77217</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
           <t>Цивільне право і процес</t>
         </is>
       </c>
       <c r="G150" s="3"/>
       <c r="H150" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I150" s="9"/>
       <c r="J150" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K150" s="9"/>
+          <t>УД 11017036</t>
+        </is>
+      </c>
+      <c r="K150" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
         <v>77221</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
           <t>Фінансове право</t>
         </is>
       </c>
       <c r="G151" s="3"/>
       <c r="H151" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I151" s="9"/>
       <c r="J151" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K151" s="9"/>
+          <t>УД 11017036</t>
+        </is>
+      </c>
+      <c r="K151" s="9" t="n">
+        <v>46387</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
         <v>74762</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
@@ -8022,51 +8086,51 @@
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
         <v>77850</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G155" s="3"/>
       <c r="H155" s="7" t="inlineStr">
         <is>
           <t>- 18121</t>
         </is>
       </c>
       <c r="I155" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J155" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D156" s="3"/>
@@ -8188,54 +8252,56 @@
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
         <v>78124</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
           <t>Технологія та організація ресторанного господарства</t>
         </is>
       </c>
       <c r="G159" s="3"/>
       <c r="H159" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I159" s="9"/>
       <c r="J159" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K159" s="9"/>
+          <t>УД 11015990</t>
+        </is>
+      </c>
+      <c r="K159" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
         <v>77852</v>
       </c>
       <c r="F160" s="3" t="inlineStr">
         <is>
           <t>Землеустрій та кадастр</t>
         </is>
@@ -8264,92 +8330,92 @@
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
         <v>77853</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="G161" s="3"/>
       <c r="H161" s="7" t="inlineStr">
         <is>
           <t>- 18671</t>
         </is>
       </c>
       <c r="I161" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J161" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K161" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
         <v>77854</v>
       </c>
       <c r="F162" s="3" t="inlineStr">
         <is>
           <t>Міжнародний туризм</t>
         </is>
       </c>
       <c r="G162" s="3"/>
       <c r="H162" s="7" t="inlineStr">
         <is>
           <t>- 18122</t>
         </is>
       </c>
       <c r="I162" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J162" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K162" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D163" s="3" t="inlineStr">
@@ -8452,231 +8518,231 @@
       <c r="E165" s="6" t="n">
         <v>54991</v>
       </c>
       <c r="F165" s="3" t="inlineStr">
         <is>
           <t>Агробізнес</t>
         </is>
       </c>
       <c r="G165" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H165" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I165" s="9"/>
       <c r="J165" s="7" t="inlineStr">
         <is>
           <t>УД 11015993</t>
         </is>
       </c>
       <c r="K165" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
         <v>54992</v>
       </c>
       <c r="F166" s="3" t="inlineStr">
         <is>
           <t>Економіка галузевих ринків</t>
         </is>
       </c>
       <c r="G166" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H166" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I166" s="9"/>
       <c r="J166" s="7" t="inlineStr">
         <is>
           <t>УД 11015993</t>
         </is>
       </c>
       <c r="K166" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
         <v>54993</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
           <t>Економіка та безпека бізнесу</t>
         </is>
       </c>
       <c r="G167" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H167" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I167" s="9"/>
       <c r="J167" s="7" t="inlineStr">
         <is>
           <t>УД 11015993</t>
         </is>
       </c>
       <c r="K167" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
         <v>54995</v>
       </c>
       <c r="F168" s="3" t="inlineStr">
         <is>
           <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G168" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H168" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I168" s="9"/>
       <c r="J168" s="7" t="inlineStr">
         <is>
           <t>УД 11015993</t>
         </is>
       </c>
       <c r="K168" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
         <v>54997</v>
       </c>
       <c r="F169" s="3" t="inlineStr">
         <is>
           <t>Цифрова економіка</t>
         </is>
       </c>
       <c r="G169" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H169" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I169" s="9"/>
       <c r="J169" s="7" t="inlineStr">
         <is>
           <t>УД 11015993</t>
         </is>
       </c>
       <c r="K169" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
         <v>64366</v>
       </c>
       <c r="F170" s="3" t="inlineStr">
         <is>
           <t>Консалтинг у сфері зовнішньої та внутрішньої політики</t>
@@ -8716,51 +8782,51 @@
       <c r="C171" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
         <v>54998</v>
       </c>
       <c r="F171" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G171" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H171" s="7" t="inlineStr">
         <is>
           <t>УД 11017008</t>
         </is>
       </c>
       <c r="I171" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J171" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K171" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D172" s="3"/>
@@ -8806,687 +8872,687 @@
       <c r="C173" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
         <v>54999</v>
       </c>
       <c r="F173" s="3" t="inlineStr">
         <is>
           <t>Реклама</t>
         </is>
       </c>
       <c r="G173" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H173" s="7" t="inlineStr">
         <is>
           <t>УД 11017009</t>
         </is>
       </c>
       <c r="I173" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J173" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K173" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
         <v>55000</v>
       </c>
       <c r="F174" s="3" t="inlineStr">
         <is>
           <t>Діджитал аудит та аналіз</t>
         </is>
       </c>
       <c r="G174" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H174" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I174" s="9"/>
       <c r="J174" s="7" t="inlineStr">
         <is>
           <t>УД 11015996</t>
         </is>
       </c>
       <c r="K174" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
         <v>55001</v>
       </c>
       <c r="F175" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування в міжнародному бізнесі</t>
         </is>
       </c>
       <c r="G175" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H175" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I175" s="9"/>
       <c r="J175" s="7" t="inlineStr">
         <is>
           <t>УД 11015996</t>
         </is>
       </c>
       <c r="K175" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
         <v>55002</v>
       </c>
       <c r="F176" s="3" t="inlineStr">
         <is>
           <t>Облік і податковий консалтинг</t>
         </is>
       </c>
       <c r="G176" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H176" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I176" s="9"/>
       <c r="J176" s="7" t="inlineStr">
         <is>
           <t>УД 11015996</t>
         </is>
       </c>
       <c r="K176" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
         <v>55003</v>
       </c>
       <c r="F177" s="3" t="inlineStr">
         <is>
           <t>Фінансова аналітика</t>
         </is>
       </c>
       <c r="G177" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H177" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I177" s="9"/>
       <c r="J177" s="7" t="inlineStr">
         <is>
           <t>УД 11015996</t>
         </is>
       </c>
       <c r="K177" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
         <v>55004</v>
       </c>
       <c r="F178" s="3" t="inlineStr">
         <is>
           <t>Фінансовий контроль та аудит</t>
         </is>
       </c>
       <c r="G178" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H178" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I178" s="9"/>
       <c r="J178" s="7" t="inlineStr">
         <is>
           <t>УД 11015996</t>
         </is>
       </c>
       <c r="K178" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
         <v>60228</v>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
           <t>Публічні фінанси</t>
         </is>
       </c>
       <c r="G179" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H179" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I179" s="9"/>
       <c r="J179" s="7" t="inlineStr">
         <is>
           <t>УД 11017641</t>
         </is>
       </c>
       <c r="K179" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
         <v>60229</v>
       </c>
       <c r="F180" s="3" t="inlineStr">
         <is>
           <t>Міжнародні фінанси</t>
         </is>
       </c>
       <c r="G180" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H180" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I180" s="9"/>
       <c r="J180" s="7" t="inlineStr">
         <is>
           <t>УД 11017641</t>
         </is>
       </c>
       <c r="K180" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B181" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
         <v>60230</v>
       </c>
       <c r="F181" s="3" t="inlineStr">
         <is>
           <t>Державний аудит</t>
         </is>
       </c>
       <c r="G181" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H181" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I181" s="9"/>
       <c r="J181" s="7" t="inlineStr">
         <is>
           <t>УД 11017641</t>
         </is>
       </c>
       <c r="K181" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
         <v>60231</v>
       </c>
       <c r="F182" s="3" t="inlineStr">
         <is>
           <t>Фінансові технології в бізнесі</t>
         </is>
       </c>
       <c r="G182" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H182" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I182" s="9"/>
       <c r="J182" s="7" t="inlineStr">
         <is>
           <t>УД 11017641</t>
         </is>
       </c>
       <c r="K182" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
         <v>60232</v>
       </c>
       <c r="F183" s="3" t="inlineStr">
         <is>
           <t>Управління банківським бізнесом</t>
         </is>
       </c>
       <c r="G183" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H183" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I183" s="9"/>
       <c r="J183" s="7" t="inlineStr">
         <is>
           <t>УД 11017641</t>
         </is>
       </c>
       <c r="K183" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
         <v>60233</v>
       </c>
       <c r="F184" s="3" t="inlineStr">
         <is>
           <t>Фінансове посередництво</t>
         </is>
       </c>
       <c r="G184" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H184" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I184" s="9"/>
       <c r="J184" s="7" t="inlineStr">
         <is>
           <t>УД 11017641</t>
         </is>
       </c>
       <c r="K184" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
         <v>60234</v>
       </c>
       <c r="F185" s="3" t="inlineStr">
         <is>
           <t>Корпоративні фінанси</t>
         </is>
       </c>
       <c r="G185" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H185" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I185" s="9"/>
       <c r="J185" s="7" t="inlineStr">
         <is>
           <t>УД 11017641</t>
         </is>
       </c>
       <c r="K185" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
         <v>64811</v>
       </c>
       <c r="F186" s="3" t="inlineStr">
         <is>
           <t>Управління фінансами державного сектору</t>
         </is>
       </c>
       <c r="G186" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H186" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I186" s="9"/>
       <c r="J186" s="7" t="inlineStr">
         <is>
           <t>УД 11017641</t>
         </is>
       </c>
       <c r="K186" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
         <v>64812</v>
       </c>
       <c r="F187" s="3" t="inlineStr">
         <is>
           <t>Управління фінансовим бізнесом</t>
         </is>
       </c>
       <c r="G187" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H187" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I187" s="9"/>
       <c r="J187" s="7" t="inlineStr">
         <is>
           <t>УД 11017641</t>
         </is>
       </c>
       <c r="K187" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B188" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
         <v>55017</v>
       </c>
       <c r="F188" s="3" t="inlineStr">
         <is>
           <t>Бізнес-адміністрування</t>
@@ -10207,276 +10273,276 @@
       <c r="E204" s="6" t="n">
         <v>55035</v>
       </c>
       <c r="F204" s="3" t="inlineStr">
         <is>
           <t>Бренд-менеджмент</t>
         </is>
       </c>
       <c r="G204" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H204" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I204" s="9"/>
       <c r="J204" s="7" t="inlineStr">
         <is>
           <t>УД 11015999</t>
         </is>
       </c>
       <c r="K204" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B205" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
         <v>55036</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
           <t>Глобальний маркетинг</t>
         </is>
       </c>
       <c r="G205" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H205" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I205" s="9"/>
       <c r="J205" s="7" t="inlineStr">
         <is>
           <t>УД 11015999</t>
         </is>
       </c>
       <c r="K205" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
         <v>55038</v>
       </c>
       <c r="F206" s="3" t="inlineStr">
         <is>
           <t>Маркетинг менеджмент</t>
         </is>
       </c>
       <c r="G206" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H206" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I206" s="9"/>
       <c r="J206" s="7" t="inlineStr">
         <is>
           <t>УД 11015999</t>
         </is>
       </c>
       <c r="K206" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B207" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
         <v>55039</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
           <t>Рекламний бізнес</t>
         </is>
       </c>
       <c r="G207" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H207" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I207" s="9"/>
       <c r="J207" s="7" t="inlineStr">
         <is>
           <t>УД 11015999</t>
         </is>
       </c>
       <c r="K207" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
         <v>55040</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
           <t>Трейд-маркетинг</t>
         </is>
       </c>
       <c r="G208" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H208" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I208" s="9"/>
       <c r="J208" s="7" t="inlineStr">
         <is>
           <t>УД 11015999</t>
         </is>
       </c>
       <c r="K208" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
         <v>55041</v>
       </c>
       <c r="F209" s="3" t="inlineStr">
         <is>
           <t>Цифровий маркетинг</t>
         </is>
       </c>
       <c r="G209" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H209" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I209" s="9"/>
       <c r="J209" s="7" t="inlineStr">
         <is>
           <t>УД 11015999</t>
         </is>
       </c>
       <c r="K209" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
         <v>55043</v>
       </c>
       <c r="F210" s="3" t="inlineStr">
         <is>
           <t>Логістика та управління ланцюгами постачання</t>
@@ -10657,548 +10723,548 @@
       <c r="E214" s="6" t="n">
         <v>60235</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
           <t>Товарознавство і комерційна логістика</t>
         </is>
       </c>
       <c r="G214" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H214" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I214" s="9"/>
       <c r="J214" s="7" t="inlineStr">
         <is>
           <t>УД 11017643</t>
         </is>
       </c>
       <c r="K214" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
         <v>60236</v>
       </c>
       <c r="F215" s="3" t="inlineStr">
         <is>
           <t>Товарознавство та організація зовнішньої торгівлі</t>
         </is>
       </c>
       <c r="G215" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H215" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I215" s="9"/>
       <c r="J215" s="7" t="inlineStr">
         <is>
           <t>УД 11017643</t>
         </is>
       </c>
       <c r="K215" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B216" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D216" s="3"/>
       <c r="E216" s="6" t="n">
         <v>60237</v>
       </c>
       <c r="F216" s="3" t="inlineStr">
         <is>
           <t>Митна справа</t>
         </is>
       </c>
       <c r="G216" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H216" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I216" s="9"/>
       <c r="J216" s="7" t="inlineStr">
         <is>
           <t>УД 11017643</t>
         </is>
       </c>
       <c r="K216" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B217" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
         <v>60238</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
           <t>Логістика та управління ланцюгами постачання</t>
         </is>
       </c>
       <c r="G217" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H217" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I217" s="9"/>
       <c r="J217" s="7" t="inlineStr">
         <is>
           <t>УД 11017643</t>
         </is>
       </c>
       <c r="K217" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
         <v>60239</v>
       </c>
       <c r="F218" s="3" t="inlineStr">
         <is>
           <t>Категорійний менеджмент у ритейлі</t>
         </is>
       </c>
       <c r="G218" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H218" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I218" s="9"/>
       <c r="J218" s="7" t="inlineStr">
         <is>
           <t>УД 11017643</t>
         </is>
       </c>
       <c r="K218" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B219" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
         <v>60241</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
           <t>Ритейлінг та дистрибуція</t>
         </is>
       </c>
       <c r="G219" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H219" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I219" s="9"/>
       <c r="J219" s="7" t="inlineStr">
         <is>
           <t>УД 11017643</t>
         </is>
       </c>
       <c r="K219" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B220" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
         <v>62198</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
           <t>Організація оптової та роздрібної торгівлі</t>
         </is>
       </c>
       <c r="G220" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H220" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I220" s="9"/>
       <c r="J220" s="7" t="inlineStr">
         <is>
           <t>УД 11017643</t>
         </is>
       </c>
       <c r="K220" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B221" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
         <v>55050</v>
       </c>
       <c r="F221" s="3" t="inlineStr">
         <is>
           <t>Комерційне право</t>
         </is>
       </c>
       <c r="G221" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H221" s="7" t="inlineStr">
         <is>
           <t>УД 11017025</t>
         </is>
       </c>
       <c r="I221" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J221" s="7" t="inlineStr">
         <is>
           <t>УД 11017037</t>
         </is>
       </c>
       <c r="K221" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B222" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
         <v>55051</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
           <t>Правове забезпечення безпеки підприємницької діяльності</t>
         </is>
       </c>
       <c r="G222" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H222" s="7" t="inlineStr">
         <is>
           <t>УД 11017026</t>
         </is>
       </c>
       <c r="I222" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J222" s="7" t="inlineStr">
         <is>
           <t>УД 11017037</t>
         </is>
       </c>
       <c r="K222" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
         <v>55053</v>
       </c>
       <c r="F223" s="3" t="inlineStr">
         <is>
           <t>Фінансове право</t>
         </is>
       </c>
       <c r="G223" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H223" s="7" t="inlineStr">
         <is>
           <t>УД 11017027</t>
         </is>
       </c>
       <c r="I223" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J223" s="7" t="inlineStr">
         <is>
           <t>УД 11017037</t>
         </is>
       </c>
       <c r="K223" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B224" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
         <v>55054</v>
       </c>
       <c r="F224" s="3" t="inlineStr">
         <is>
           <t>Цивільне право і процес</t>
         </is>
       </c>
       <c r="G224" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H224" s="7" t="inlineStr">
         <is>
           <t>УД 11017028</t>
         </is>
       </c>
       <c r="I224" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J224" s="7" t="inlineStr">
         <is>
           <t>УД 11017037</t>
         </is>
       </c>
       <c r="K224" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B225" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
         <v>55055</v>
       </c>
       <c r="F225" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G225" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H225" s="7" t="inlineStr">
         <is>
           <t>- 3590</t>
         </is>
       </c>
       <c r="I225" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J225" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K225" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B226" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D226" s="3"/>
@@ -11471,96 +11537,96 @@
       <c r="E232" s="6" t="n">
         <v>55060</v>
       </c>
       <c r="F232" s="3" t="inlineStr">
         <is>
           <t>Крафтові технології</t>
         </is>
       </c>
       <c r="G232" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H232" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I232" s="9"/>
       <c r="J232" s="7" t="inlineStr">
         <is>
           <t>УД 11017001</t>
         </is>
       </c>
       <c r="K232" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B233" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D233" s="3"/>
       <c r="E233" s="6" t="n">
         <v>55062</v>
       </c>
       <c r="F233" s="3" t="inlineStr">
         <is>
           <t>Ресторанні технології та бізнес</t>
         </is>
       </c>
       <c r="G233" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H233" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I233" s="9"/>
       <c r="J233" s="7" t="inlineStr">
         <is>
           <t>УД 11017001</t>
         </is>
       </c>
       <c r="K233" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B234" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
         <v>61722</v>
       </c>
       <c r="F234" s="3" t="inlineStr">
         <is>
           <t>Землеустрій та кадастр</t>
@@ -11823,51 +11889,51 @@
       <c r="C240" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D240" s="3"/>
       <c r="E240" s="6" t="n">
         <v>60243</v>
       </c>
       <c r="F240" s="3" t="inlineStr">
         <is>
           <t>Міжнародний туристичний бізнес</t>
         </is>
       </c>
       <c r="G240" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H240" s="7" t="inlineStr">
         <is>
           <t>УД 11017651</t>
         </is>
       </c>
       <c r="I240" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J240" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K240" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B241" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D241" s="3"/>
@@ -11913,96 +11979,96 @@
       <c r="C242" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D242" s="3"/>
       <c r="E242" s="6" t="n">
         <v>55071</v>
       </c>
       <c r="F242" s="3" t="inlineStr">
         <is>
           <t>Міжнародний бізнес</t>
         </is>
       </c>
       <c r="G242" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H242" s="7" t="inlineStr">
         <is>
           <t>- 3580</t>
         </is>
       </c>
       <c r="I242" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J242" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K242" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B243" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D243" s="3"/>
       <c r="E243" s="6" t="n">
         <v>55072</v>
       </c>
       <c r="F243" s="3" t="inlineStr">
         <is>
           <t>Світова торгівля</t>
         </is>
       </c>
       <c r="G243" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H243" s="7" t="inlineStr">
         <is>
           <t>- 3578</t>
         </is>
       </c>
       <c r="I243" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J243" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K243" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B244" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D244" s="3"/>
@@ -12154,298 +12220,298 @@
       <c r="E247" s="6" t="n">
         <v>87561</v>
       </c>
       <c r="F247" s="3" t="inlineStr">
         <is>
           <t>Економіка галузевих ринків</t>
         </is>
       </c>
       <c r="G247" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H247" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I247" s="9"/>
       <c r="J247" s="7" t="inlineStr">
         <is>
           <t>УД 11020593</t>
         </is>
       </c>
       <c r="K247" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B248" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D248" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E248" s="6" t="n">
         <v>87562</v>
       </c>
       <c r="F248" s="3" t="inlineStr">
         <is>
           <t>Агроекономіка</t>
         </is>
       </c>
       <c r="G248" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H248" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I248" s="9"/>
       <c r="J248" s="7" t="inlineStr">
         <is>
           <t>УД 11020593</t>
         </is>
       </c>
       <c r="K248" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B249" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D249" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E249" s="6" t="n">
         <v>87563</v>
       </c>
       <c r="F249" s="3" t="inlineStr">
         <is>
           <t>Аналітична економіка</t>
         </is>
       </c>
       <c r="G249" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H249" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I249" s="9"/>
       <c r="J249" s="7" t="inlineStr">
         <is>
           <t>УД 11020593</t>
         </is>
       </c>
       <c r="K249" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B250" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D250" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E250" s="6" t="n">
         <v>87564</v>
       </c>
       <c r="F250" s="3" t="inlineStr">
         <is>
           <t>Цифрова економіка</t>
         </is>
       </c>
       <c r="G250" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H250" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I250" s="9"/>
       <c r="J250" s="7" t="inlineStr">
         <is>
           <t>УД 11020593</t>
         </is>
       </c>
       <c r="K250" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B251" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D251" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E251" s="6" t="n">
         <v>87565</v>
       </c>
       <c r="F251" s="3" t="inlineStr">
         <is>
           <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G251" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H251" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I251" s="9"/>
       <c r="J251" s="7" t="inlineStr">
         <is>
           <t>УД 11020593</t>
         </is>
       </c>
       <c r="K251" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B252" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D252" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E252" s="6" t="n">
         <v>87566</v>
       </c>
       <c r="F252" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G252" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H252" s="7" t="inlineStr">
         <is>
           <t>- 18675</t>
         </is>
       </c>
       <c r="I252" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J252" s="7" t="inlineStr">
         <is>
           <t>УД 11020593</t>
         </is>
       </c>
       <c r="K252" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B253" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D253" s="3"/>
       <c r="E253" s="6" t="n">
         <v>77653</v>
       </c>
       <c r="F253" s="3" t="inlineStr">
         <is>
           <t>Консалтинг у сфері зовнішньої та внутрішньої політики</t>
@@ -12479,54 +12545,56 @@
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D254" s="3"/>
       <c r="E254" s="6" t="n">
         <v>77656</v>
       </c>
       <c r="F254" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G254" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H254" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I254" s="9"/>
+          <t>УД 11017008</t>
+        </is>
+      </c>
+      <c r="I254" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="J254" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K254" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B255" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C255" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D255" s="3"/>
       <c r="E255" s="6" t="n">
@@ -12567,533 +12635,557 @@
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C256" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D256" s="3"/>
       <c r="E256" s="6" t="n">
         <v>77481</v>
       </c>
       <c r="F256" s="3" t="inlineStr">
         <is>
           <t>Реклама</t>
         </is>
       </c>
       <c r="G256" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H256" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I256" s="9"/>
+          <t>УД 11017009</t>
+        </is>
+      </c>
+      <c r="I256" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J256" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K256" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B257" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C257" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D257" s="3"/>
       <c r="E257" s="6" t="n">
         <v>77659</v>
       </c>
       <c r="F257" s="3" t="inlineStr">
         <is>
           <t>Облік і податковий консалтинг</t>
         </is>
       </c>
       <c r="G257" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H257" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I257" s="9"/>
       <c r="J257" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K257" s="9"/>
+          <t>УД 11015996</t>
+        </is>
+      </c>
+      <c r="K257" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B258" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C258" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D258" s="3"/>
       <c r="E258" s="6" t="n">
         <v>77660</v>
       </c>
       <c r="F258" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування в міжнародному бізнесі</t>
         </is>
       </c>
       <c r="G258" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H258" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I258" s="9"/>
       <c r="J258" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K258" s="9"/>
+          <t>УД 11015996</t>
+        </is>
+      </c>
+      <c r="K258" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B259" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C259" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D259" s="3"/>
       <c r="E259" s="6" t="n">
         <v>77662</v>
       </c>
       <c r="F259" s="3" t="inlineStr">
         <is>
           <t>Фінансовий контроль та аудит</t>
         </is>
       </c>
       <c r="G259" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H259" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I259" s="9"/>
       <c r="J259" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K259" s="9"/>
+          <t>УД 11015996</t>
+        </is>
+      </c>
+      <c r="K259" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B260" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D260" s="3"/>
       <c r="E260" s="6" t="n">
         <v>77663</v>
       </c>
       <c r="F260" s="3" t="inlineStr">
         <is>
           <t>Фінансова аналітика</t>
         </is>
       </c>
       <c r="G260" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H260" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I260" s="9"/>
       <c r="J260" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K260" s="9"/>
+          <t>УД 11015996</t>
+        </is>
+      </c>
+      <c r="K260" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B261" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C261" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D261" s="3"/>
       <c r="E261" s="6" t="n">
         <v>77665</v>
       </c>
       <c r="F261" s="3" t="inlineStr">
         <is>
           <t>Діджитал аудит та аналіз</t>
         </is>
       </c>
       <c r="G261" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H261" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I261" s="9"/>
       <c r="J261" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K261" s="9"/>
+          <t>УД 11015996</t>
+        </is>
+      </c>
+      <c r="K261" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B262" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D262" s="3"/>
       <c r="E262" s="6" t="n">
         <v>77666</v>
       </c>
       <c r="F262" s="3" t="inlineStr">
         <is>
           <t>Управління фінансами державного сектору</t>
         </is>
       </c>
       <c r="G262" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H262" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I262" s="9"/>
       <c r="J262" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K262" s="9"/>
+          <t>УД 11017641</t>
+        </is>
+      </c>
+      <c r="K262" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B263" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C263" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D263" s="3"/>
       <c r="E263" s="6" t="n">
         <v>77668</v>
       </c>
       <c r="F263" s="3" t="inlineStr">
         <is>
           <t>Міжнародні фінанси</t>
         </is>
       </c>
       <c r="G263" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H263" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I263" s="9"/>
       <c r="J263" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K263" s="9"/>
+          <t>УД 11017641</t>
+        </is>
+      </c>
+      <c r="K263" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B264" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D264" s="3"/>
       <c r="E264" s="6" t="n">
         <v>77669</v>
       </c>
       <c r="F264" s="3" t="inlineStr">
         <is>
           <t>Управління банківським бізнесом</t>
         </is>
       </c>
       <c r="G264" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H264" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I264" s="9"/>
       <c r="J264" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K264" s="9"/>
+          <t>УД 11017641</t>
+        </is>
+      </c>
+      <c r="K264" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B265" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C265" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D265" s="3"/>
       <c r="E265" s="6" t="n">
         <v>77672</v>
       </c>
       <c r="F265" s="3" t="inlineStr">
         <is>
           <t>Управління фінансовим бізнесом</t>
         </is>
       </c>
       <c r="G265" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H265" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I265" s="9"/>
       <c r="J265" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K265" s="9"/>
+          <t>УД 11017641</t>
+        </is>
+      </c>
+      <c r="K265" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B266" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C266" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D266" s="3"/>
       <c r="E266" s="6" t="n">
         <v>77673</v>
       </c>
       <c r="F266" s="3" t="inlineStr">
         <is>
           <t>Корпоративні фінанси</t>
         </is>
       </c>
       <c r="G266" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H266" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I266" s="9"/>
       <c r="J266" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K266" s="9"/>
+          <t>УД 11017641</t>
+        </is>
+      </c>
+      <c r="K266" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B267" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C267" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D267" s="3"/>
       <c r="E267" s="6" t="n">
         <v>78113</v>
       </c>
       <c r="F267" s="3" t="inlineStr">
         <is>
           <t>Інноваційне управління фінансами</t>
         </is>
       </c>
       <c r="G267" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H267" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I267" s="9"/>
       <c r="J267" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K267" s="9"/>
+          <t>УД 11017641</t>
+        </is>
+      </c>
+      <c r="K267" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B268" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C268" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D268" s="3"/>
       <c r="E268" s="6" t="n">
         <v>77674</v>
       </c>
       <c r="F268" s="3" t="inlineStr">
         <is>
           <t>Менеджмент зовнішньоекономічної діяльності</t>
         </is>
@@ -13948,648 +14040,676 @@
       <c r="E287" s="6" t="n">
         <v>77698</v>
       </c>
       <c r="F287" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G287" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H287" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I287" s="9"/>
       <c r="J287" s="7" t="inlineStr">
         <is>
           <t>УД 11020595</t>
         </is>
       </c>
       <c r="K287" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B288" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C288" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D288" s="3"/>
       <c r="E288" s="6" t="n">
         <v>77699</v>
       </c>
       <c r="F288" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G288" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H288" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I288" s="9"/>
       <c r="J288" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K288" s="9"/>
+          <t>УД 11015999</t>
+        </is>
+      </c>
+      <c r="K288" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B289" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C289" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D289" s="3"/>
       <c r="E289" s="6" t="n">
         <v>77700</v>
       </c>
       <c r="F289" s="3" t="inlineStr">
         <is>
           <t>Бренд-маркетинг</t>
         </is>
       </c>
       <c r="G289" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H289" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I289" s="9"/>
       <c r="J289" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K289" s="9"/>
+          <t>УД 11015999</t>
+        </is>
+      </c>
+      <c r="K289" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B290" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C290" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D290" s="3"/>
       <c r="E290" s="6" t="n">
         <v>77701</v>
       </c>
       <c r="F290" s="3" t="inlineStr">
         <is>
           <t>Рекламний бізнес</t>
         </is>
       </c>
       <c r="G290" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H290" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I290" s="9"/>
       <c r="J290" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K290" s="9"/>
+          <t>УД 11015999</t>
+        </is>
+      </c>
+      <c r="K290" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B291" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C291" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D291" s="3"/>
       <c r="E291" s="6" t="n">
         <v>77703</v>
       </c>
       <c r="F291" s="3" t="inlineStr">
         <is>
           <t>Цифровий маркетинг</t>
         </is>
       </c>
       <c r="G291" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H291" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I291" s="9"/>
       <c r="J291" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K291" s="9"/>
+          <t>УД 11015999</t>
+        </is>
+      </c>
+      <c r="K291" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B292" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C292" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D292" s="3"/>
       <c r="E292" s="6" t="n">
         <v>77704</v>
       </c>
       <c r="F292" s="3" t="inlineStr">
         <is>
           <t>Глобальний маркетинг</t>
         </is>
       </c>
       <c r="G292" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H292" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I292" s="9"/>
       <c r="J292" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K292" s="9"/>
+          <t>УД 11015999</t>
+        </is>
+      </c>
+      <c r="K292" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B293" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C293" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D293" s="3"/>
       <c r="E293" s="6" t="n">
         <v>77705</v>
       </c>
       <c r="F293" s="3" t="inlineStr">
         <is>
           <t>Товарознавство та організація зовнішньої торгівлі</t>
         </is>
       </c>
       <c r="G293" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H293" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I293" s="9"/>
       <c r="J293" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K293" s="9"/>
+          <t>УД 11017643</t>
+        </is>
+      </c>
+      <c r="K293" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B294" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C294" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D294" s="3"/>
       <c r="E294" s="6" t="n">
         <v>77706</v>
       </c>
       <c r="F294" s="3" t="inlineStr">
         <is>
           <t>Митна справа</t>
         </is>
       </c>
       <c r="G294" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H294" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I294" s="9"/>
       <c r="J294" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K294" s="9"/>
+          <t>УД 11017643</t>
+        </is>
+      </c>
+      <c r="K294" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B295" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C295" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D295" s="3"/>
       <c r="E295" s="6" t="n">
         <v>77707</v>
       </c>
       <c r="F295" s="3" t="inlineStr">
         <is>
           <t>Торговельний бізнес</t>
         </is>
       </c>
       <c r="G295" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H295" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I295" s="9"/>
       <c r="J295" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K295" s="9"/>
+          <t>УД 11017643</t>
+        </is>
+      </c>
+      <c r="K295" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B296" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C296" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D296" s="3"/>
       <c r="E296" s="6" t="n">
         <v>77708</v>
       </c>
       <c r="F296" s="3" t="inlineStr">
         <is>
           <t>Світова торгівля</t>
         </is>
       </c>
       <c r="G296" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H296" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I296" s="9"/>
       <c r="J296" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K296" s="9"/>
+          <t>УД 11017643</t>
+        </is>
+      </c>
+      <c r="K296" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B297" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C297" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D297" s="3"/>
       <c r="E297" s="6" t="n">
         <v>78115</v>
       </c>
       <c r="F297" s="3" t="inlineStr">
         <is>
           <t>Товарознавство і комерційна діяльність</t>
         </is>
       </c>
       <c r="G297" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H297" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I297" s="9"/>
       <c r="J297" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K297" s="9"/>
+          <t>УД 11017643</t>
+        </is>
+      </c>
+      <c r="K297" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B298" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C298" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D298" s="3"/>
       <c r="E298" s="6" t="n">
         <v>74764</v>
       </c>
       <c r="F298" s="3" t="inlineStr">
         <is>
           <t>Комерційне право</t>
         </is>
       </c>
       <c r="G298" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H298" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I298" s="9"/>
+          <t>УД 11017025</t>
+        </is>
+      </c>
+      <c r="I298" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="J298" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K298" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B299" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C299" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D299" s="3"/>
       <c r="E299" s="6" t="n">
         <v>74769</v>
       </c>
       <c r="F299" s="3" t="inlineStr">
         <is>
           <t>Фінансове право</t>
         </is>
       </c>
       <c r="G299" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H299" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I299" s="9"/>
+          <t>УД 11017027</t>
+        </is>
+      </c>
+      <c r="I299" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="J299" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K299" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B300" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C300" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D300" s="3"/>
       <c r="E300" s="6" t="n">
         <v>74771</v>
       </c>
       <c r="F300" s="3" t="inlineStr">
         <is>
           <t>Цивільне право і процес</t>
         </is>
       </c>
       <c r="G300" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H300" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I300" s="9"/>
+          <t>УД 11017028</t>
+        </is>
+      </c>
+      <c r="I300" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="J300" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K300" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B301" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C301" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D301" s="3"/>
       <c r="E301" s="6" t="n">
         <v>84322</v>
       </c>
       <c r="F301" s="3" t="inlineStr">
         <is>
           <t>Правове забезпечення безпеки підприємницької діяльності</t>
         </is>
       </c>
       <c r="G301" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H301" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I301" s="9"/>
+          <t>УД 11017026</t>
+        </is>
+      </c>
+      <c r="I301" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="J301" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K301" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B302" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C302" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D302" s="3"/>
       <c r="E302" s="6" t="n">
@@ -14634,51 +14754,51 @@
       <c r="C303" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D303" s="3"/>
       <c r="E303" s="6" t="n">
         <v>77710</v>
       </c>
       <c r="F303" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G303" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H303" s="7" t="inlineStr">
         <is>
           <t>- 18126</t>
         </is>
       </c>
       <c r="I303" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J303" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K303" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B304" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C304" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D304" s="3"/>
@@ -14902,97 +15022,101 @@
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D309" s="3"/>
       <c r="E309" s="6" t="n">
         <v>77716</v>
       </c>
       <c r="F309" s="3" t="inlineStr">
         <is>
           <t>Крафтові технології</t>
         </is>
       </c>
       <c r="G309" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H309" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I309" s="9"/>
       <c r="J309" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K309" s="9"/>
+          <t>УД 11017001</t>
+        </is>
+      </c>
+      <c r="K309" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B310" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C310" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D310" s="3"/>
       <c r="E310" s="6" t="n">
         <v>77717</v>
       </c>
       <c r="F310" s="3" t="inlineStr">
         <is>
           <t>Ресторанні технології</t>
         </is>
       </c>
       <c r="G310" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H310" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I310" s="9"/>
       <c r="J310" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K310" s="9"/>
+          <t>УД 11017001</t>
+        </is>
+      </c>
+      <c r="K310" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B311" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C311" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D311" s="3"/>
       <c r="E311" s="6" t="n">
         <v>77718</v>
       </c>
       <c r="F311" s="3" t="inlineStr">
         <is>
           <t>Землеустрій та кадастр</t>
         </is>
@@ -15162,340 +15286,342 @@
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C315" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D315" s="3"/>
       <c r="E315" s="6" t="n">
         <v>77721</v>
       </c>
       <c r="F315" s="3" t="inlineStr">
         <is>
           <t>Міжнародний туристичний бізнес</t>
         </is>
       </c>
       <c r="G315" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H315" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I315" s="9"/>
+          <t>УД 11017651</t>
+        </is>
+      </c>
+      <c r="I315" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J315" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K315" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B316" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C316" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D316" s="3"/>
       <c r="E316" s="6" t="n">
         <v>55077</v>
       </c>
       <c r="F316" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G316" s="3"/>
       <c r="H316" s="7" t="inlineStr">
         <is>
           <t>- 3575</t>
         </is>
       </c>
       <c r="I316" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J316" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K316" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B317" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C317" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D317" s="3"/>
       <c r="E317" s="6" t="n">
         <v>55080</v>
       </c>
       <c r="F317" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G317" s="3"/>
       <c r="H317" s="7" t="inlineStr">
         <is>
           <t>- 3585</t>
         </is>
       </c>
       <c r="I317" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J317" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K317" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B318" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C318" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D318" s="3"/>
       <c r="E318" s="6" t="n">
         <v>55082</v>
       </c>
       <c r="F318" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G318" s="3"/>
       <c r="H318" s="7" t="inlineStr">
         <is>
           <t>- 4673</t>
         </is>
       </c>
       <c r="I318" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J318" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K318" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B319" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C319" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D319" s="3"/>
       <c r="E319" s="6" t="n">
         <v>60479</v>
       </c>
       <c r="F319" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G319" s="3"/>
       <c r="H319" s="7" t="inlineStr">
         <is>
           <t>- 4673</t>
         </is>
       </c>
       <c r="I319" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J319" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K319" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B320" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C320" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D320" s="3"/>
       <c r="E320" s="6" t="n">
         <v>55079</v>
       </c>
       <c r="F320" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G320" s="3"/>
       <c r="H320" s="7" t="inlineStr">
         <is>
           <t>- 3577</t>
         </is>
       </c>
       <c r="I320" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J320" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K320" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B321" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C321" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D321" s="3"/>
       <c r="E321" s="6" t="n">
         <v>55081</v>
       </c>
       <c r="F321" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G321" s="3"/>
       <c r="H321" s="7" t="inlineStr">
         <is>
           <t>- 4672</t>
         </is>
       </c>
       <c r="I321" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J321" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K321" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B322" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C322" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D322" s="3"/>
       <c r="E322" s="6" t="n">
         <v>60480</v>
       </c>
       <c r="F322" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G322" s="3"/>
       <c r="H322" s="7" t="inlineStr">
         <is>
           <t>- 4672</t>
         </is>
       </c>
       <c r="I322" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J322" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K322" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B323" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C323" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D323" s="3"/>
@@ -15617,51 +15743,51 @@
       <c r="C326" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D326" s="3"/>
       <c r="E326" s="6" t="n">
         <v>55099</v>
       </c>
       <c r="F326" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="G326" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H326" s="7" t="inlineStr">
         <is>
           <t>- 3573</t>
         </is>
       </c>
       <c r="I326" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J326" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K326" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B327" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C327" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D327" s="3"/>
@@ -15707,501 +15833,501 @@
       <c r="C328" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D328" s="3"/>
       <c r="E328" s="6" t="n">
         <v>55094</v>
       </c>
       <c r="F328" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="G328" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H328" s="7" t="inlineStr">
         <is>
           <t>- 3572</t>
         </is>
       </c>
       <c r="I328" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J328" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K328" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B329" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C329" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D329" s="3"/>
       <c r="E329" s="6" t="n">
         <v>55096</v>
       </c>
       <c r="F329" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G329" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H329" s="7" t="inlineStr">
         <is>
           <t>- 3571</t>
         </is>
       </c>
       <c r="I329" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J329" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K329" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B330" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C330" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D330" s="3"/>
       <c r="E330" s="6" t="n">
         <v>55092</v>
       </c>
       <c r="F330" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G330" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H330" s="7" t="inlineStr">
         <is>
           <t>- 3436</t>
         </is>
       </c>
       <c r="I330" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J330" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K330" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B331" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C331" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D331" s="3"/>
       <c r="E331" s="6" t="n">
         <v>55100</v>
       </c>
       <c r="F331" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G331" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H331" s="7" t="inlineStr">
         <is>
           <t>- 4671</t>
         </is>
       </c>
       <c r="I331" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J331" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K331" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B332" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C332" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D332" s="3"/>
       <c r="E332" s="6" t="n">
         <v>59038</v>
       </c>
       <c r="F332" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G332" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H332" s="7" t="inlineStr">
         <is>
           <t>- 4671</t>
         </is>
       </c>
       <c r="I332" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J332" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K332" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B333" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C333" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D333" s="3"/>
       <c r="E333" s="6" t="n">
         <v>55102</v>
       </c>
       <c r="F333" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G333" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H333" s="7" t="inlineStr">
         <is>
           <t>- 3438</t>
         </is>
       </c>
       <c r="I333" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J333" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K333" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B334" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C334" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D334" s="3"/>
       <c r="E334" s="6" t="n">
         <v>55086</v>
       </c>
       <c r="F334" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G334" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H334" s="7" t="inlineStr">
         <is>
           <t>- 3439</t>
         </is>
       </c>
       <c r="I334" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J334" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K334" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B335" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C335" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D335" s="3"/>
       <c r="E335" s="6" t="n">
         <v>55093</v>
       </c>
       <c r="F335" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G335" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H335" s="7" t="inlineStr">
         <is>
           <t>- 4670</t>
         </is>
       </c>
       <c r="I335" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J335" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K335" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B336" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C336" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D336" s="3"/>
       <c r="E336" s="6" t="n">
         <v>60477</v>
       </c>
       <c r="F336" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G336" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H336" s="7" t="inlineStr">
         <is>
           <t>- 4670</t>
         </is>
       </c>
       <c r="I336" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J336" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K336" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B337" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C337" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D337" s="3"/>
       <c r="E337" s="6" t="n">
         <v>55095</v>
       </c>
       <c r="F337" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G337" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H337" s="7" t="inlineStr">
         <is>
           <t>- 3569</t>
         </is>
       </c>
       <c r="I337" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J337" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K337" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B338" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C338" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D338" s="3"/>
       <c r="E338" s="6" t="n">
         <v>55085</v>
       </c>
       <c r="F338" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G338" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H338" s="7" t="inlineStr">
         <is>
           <t>- 3570</t>
         </is>
       </c>
       <c r="I338" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J338" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K338" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B339" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C339" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D339" s="3"/>
@@ -16335,141 +16461,141 @@
       <c r="C342" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D342" s="3"/>
       <c r="E342" s="6" t="n">
         <v>55090</v>
       </c>
       <c r="F342" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G342" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H342" s="7" t="inlineStr">
         <is>
           <t>- 3586</t>
         </is>
       </c>
       <c r="I342" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J342" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K342" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B343" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C343" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D343" s="3"/>
       <c r="E343" s="6" t="n">
         <v>55088</v>
       </c>
       <c r="F343" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="G343" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H343" s="7" t="inlineStr">
         <is>
           <t>- 3587</t>
         </is>
       </c>
       <c r="I343" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J343" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K343" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B344" s="7" t="inlineStr">
         <is>
           <t>B10</t>
         </is>
       </c>
       <c r="C344" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D344" s="3"/>
       <c r="E344" s="6" t="n">
         <v>80449</v>
       </c>
       <c r="F344" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="G344" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H344" s="7" t="inlineStr">
         <is>
           <t>- 18130</t>
         </is>
       </c>
       <c r="I344" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J344" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K344" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B345" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C345" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D345" s="3"/>
@@ -16515,231 +16641,231 @@
       <c r="C346" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D346" s="3"/>
       <c r="E346" s="6" t="n">
         <v>87313</v>
       </c>
       <c r="F346" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="G346" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H346" s="7" t="inlineStr">
         <is>
           <t>- 18132</t>
         </is>
       </c>
       <c r="I346" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J346" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K346" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B347" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C347" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D347" s="3"/>
       <c r="E347" s="6" t="n">
         <v>87314</v>
       </c>
       <c r="F347" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G347" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H347" s="7" t="inlineStr">
         <is>
           <t>- 18133</t>
         </is>
       </c>
       <c r="I347" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J347" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K347" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B348" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C348" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D348" s="3"/>
       <c r="E348" s="6" t="n">
         <v>87315</v>
       </c>
       <c r="F348" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G348" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H348" s="7" t="inlineStr">
         <is>
           <t>- 18134</t>
         </is>
       </c>
       <c r="I348" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J348" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K348" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B349" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C349" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D349" s="3"/>
       <c r="E349" s="6" t="n">
         <v>87316</v>
       </c>
       <c r="F349" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G349" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H349" s="7" t="inlineStr">
         <is>
           <t>- 18141</t>
         </is>
       </c>
       <c r="I349" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J349" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K349" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B350" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C350" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D350" s="3"/>
       <c r="E350" s="6" t="n">
         <v>87317</v>
       </c>
       <c r="F350" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G350" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H350" s="7" t="inlineStr">
         <is>
           <t>- 18135</t>
         </is>
       </c>
       <c r="I350" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J350" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K350" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B351" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C351" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D351" s="3"/>
@@ -16783,231 +16909,231 @@
       <c r="C352" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D352" s="3"/>
       <c r="E352" s="6" t="n">
         <v>87319</v>
       </c>
       <c r="F352" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G352" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H352" s="7" t="inlineStr">
         <is>
           <t>- 18136</t>
         </is>
       </c>
       <c r="I352" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J352" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K352" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B353" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C353" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D353" s="3"/>
       <c r="E353" s="6" t="n">
         <v>87320</v>
       </c>
       <c r="F353" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="G353" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H353" s="7" t="inlineStr">
         <is>
           <t>- 18677</t>
         </is>
       </c>
       <c r="I353" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J353" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K353" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B354" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C354" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D354" s="3"/>
       <c r="E354" s="6" t="n">
         <v>74775</v>
       </c>
       <c r="F354" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G354" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H354" s="7" t="inlineStr">
         <is>
           <t>- 18137</t>
         </is>
       </c>
       <c r="I354" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J354" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K354" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B355" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C355" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D355" s="3"/>
       <c r="E355" s="6" t="n">
         <v>74777</v>
       </c>
       <c r="F355" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="G355" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H355" s="7" t="inlineStr">
         <is>
           <t>- 18139</t>
         </is>
       </c>
       <c r="I355" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J355" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K355" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B356" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C356" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D356" s="3"/>
       <c r="E356" s="6" t="n">
         <v>87321</v>
       </c>
       <c r="F356" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G356" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H356" s="7" t="inlineStr">
         <is>
           <t>- 18140</t>
         </is>
       </c>
       <c r="I356" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J356" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K356" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B357" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C357" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D357" s="3"/>
@@ -17051,51 +17177,51 @@
       <c r="C358" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D358" s="3"/>
       <c r="E358" s="6" t="n">
         <v>87323</v>
       </c>
       <c r="F358" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="G358" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H358" s="7" t="inlineStr">
         <is>
           <t>- 18138</t>
         </is>
       </c>
       <c r="I358" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J358" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K358" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K358"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
@@ -17199,54 +17325,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -17306,121 +17432,121 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>51</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
@@ -17442,219 +17568,219 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>842</v>
+        <v>829</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -17673,87 +17799,87 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -17772,51 +17898,51 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>F1</t>
         </is>
       </c>
@@ -17838,183 +17964,183 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>42</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
@@ -18069,186 +18195,186 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>56</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>33</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -18271,483 +18397,483 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E35" s="6" t="n">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>3</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>155</v>
+        <v>123</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>287</v>
+        <v>273</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>213</v>
+        <v>177</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F39" s="6" t="n">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>148</v>
+        <v>97</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>129</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>928</v>
+        <v>877</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>470</v>
+        <v>366</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>838</v>
+        <v>807</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>448</v>
+        <v>390</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>478</v>
+        <v>453</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>172</v>
+        <v>183</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
@@ -18766,252 +18892,252 @@
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>267</v>
+        <v>257</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>101</v>
+        <v>87</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>82</v>
+        <v>59</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -19063,153 +19189,153 @@
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>238</v>
+        <v>169</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
         <v>51</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
@@ -19228,87 +19354,87 @@
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -19372,51 +19498,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D68" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E68" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>37</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -19577,51 +19703,51 @@
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -19640,54 +19766,54 @@
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>30</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -19709,282 +19835,282 @@
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>79</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>32</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>67</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
@@ -20003,51 +20129,51 @@
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
@@ -20171,51 +20297,51 @@
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>27</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
@@ -20356,56 +20482,56 @@
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
@@ -20993,51 +21119,51 @@
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F117" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -21191,51 +21317,51 @@
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
@@ -21257,51 +21383,51 @@
       <c r="H124" s="6" t="n">
         <v>5</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F125" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
@@ -21398,51 +21524,51 @@
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F129" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
         <v>9</v>
       </c>