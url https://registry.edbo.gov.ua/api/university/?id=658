--- v0 (2025-10-29)
+++ v1 (2026-02-12)
@@ -959,55 +959,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
         <v>43213</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
-          <t>КО 000813</t>
+          <t>КО 006921</t>
         </is>
       </c>
       <c r="I3" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D4" s="3"/>
@@ -1115,51 +1115,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>