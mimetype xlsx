--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -2537,51 +2537,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -2636,51 +2636,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
@@ -2739,51 +2739,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>