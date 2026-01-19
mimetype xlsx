--- v1 (2025-12-05)
+++ v2 (2026-01-19)
@@ -2159,54 +2159,56 @@
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E13" s="8" t="n">
         <v>84299</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта (Цифрові технології)</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I13" s="9"/>
+          <t>ДС 006852</t>
+        </is>
+      </c>
+      <c r="I13" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
@@ -2276,54 +2278,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
         <v>84306</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I16" s="9"/>
+          <t>ДС 006853</t>
+        </is>
+      </c>
+      <c r="I16" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
@@ -2504,51 +2508,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -2739,51 +2743,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
@@ -2805,51 +2809,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>