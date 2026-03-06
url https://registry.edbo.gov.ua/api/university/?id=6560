--- v2 (2026-01-19)
+++ v3 (2026-03-06)
@@ -2541,51 +2541,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -2776,84 +2776,84 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -2875,51 +2875,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>