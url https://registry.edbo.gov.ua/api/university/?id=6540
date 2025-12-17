--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -1077,51 +1077,51 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="F11" s="6" t="n">
         <v>125</v>
       </c>
       <c r="G11" s="8" t="inlineStr">
         <is>
-          <t> 11555</t>
+          <t> </t>
         </is>
       </c>
       <c r="H11" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="I11" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -1192,51 +1192,51 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="F14" s="6" t="n">
         <v>125</v>
       </c>
       <c r="G14" s="8" t="inlineStr">
         <is>
-          <t> 9522</t>
+          <t> </t>
         </is>
       </c>
       <c r="H14" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="I14" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.05.2022 № 70-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
@@ -4252,56 +4252,54 @@
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E66" s="6" t="n">
         <v>54020</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
           <t>Середня освіта: математика</t>
         </is>
       </c>
       <c r="G66" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H66" s="8" t="inlineStr">
         <is>
-          <t>- 9469</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I66" s="9"/>
       <c r="J66" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K66" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
@@ -5377,56 +5375,54 @@
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>56782</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Правове забезпечення митної безпеки</t>
         </is>
       </c>
       <c r="G91" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H91" s="8" t="inlineStr">
         <is>
-          <t>- 9494</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I91" s="9"/>
       <c r="J91" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K91" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
@@ -5510,56 +5506,54 @@
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
         <v>54048</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G94" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H94" s="8" t="inlineStr">
         <is>
-          <t>- 9522</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I94" s="9"/>
       <c r="J94" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K94" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
@@ -5831,56 +5825,54 @@
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D101" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E101" s="6" t="n">
         <v>66237</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
           <t>Середня освіта: математика</t>
         </is>
       </c>
       <c r="G101" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H101" s="8" t="inlineStr">
         <is>
-          <t>- 11535</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I101" s="9"/>
       <c r="J101" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K101" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
@@ -7140,56 +7132,54 @@
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
         <v>66222</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
           <t>Правове забезпечення митної безпеки</t>
         </is>
       </c>
       <c r="G130" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H130" s="8" t="inlineStr">
         <is>
-          <t>- 11549</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I130" s="9"/>
       <c r="J130" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K130" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
@@ -7494,56 +7484,54 @@
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
         <v>66228</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G138" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H138" s="8" t="inlineStr">
         <is>
-          <t>- 11555</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I138" s="9"/>
       <c r="J138" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K138" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
@@ -7805,54 +7793,56 @@
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
         <v>54592</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G145" s="3"/>
       <c r="H145" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I145" s="9"/>
+          <t>- 18940</t>
+        </is>
+      </c>
+      <c r="I145" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J145" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K145" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
@@ -8430,51 +8420,51 @@
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>37</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -8496,51 +8486,51 @@
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>54</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -8658,117 +8648,117 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>72</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -8826,51 +8816,51 @@
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>50</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -8889,51 +8879,51 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>58</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -9156,81 +9146,81 @@
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>120</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>94</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
@@ -9428,51 +9418,51 @@
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -9494,51 +9484,51 @@
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -9725,51 +9715,51 @@
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>K3</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
@@ -10023,51 +10013,51 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -10089,51 +10079,51 @@
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>116</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -10221,54 +10211,54 @@
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
@@ -10554,51 +10544,51 @@
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>85</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>