--- v1 (2025-12-17)
+++ v2 (2026-02-17)
@@ -24,51 +24,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ПДО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$152</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$74</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$75</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -1077,55 +1077,55 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="F11" s="6" t="n">
         <v>125</v>
       </c>
       <c r="G11" s="8" t="inlineStr">
         <is>
-          <t> </t>
+          <t> 19798</t>
         </is>
       </c>
       <c r="H11" s="9" t="n">
-        <v>47665</v>
+        <v>48030</v>
       </c>
       <c r="I11" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="3" t="inlineStr">
@@ -1192,55 +1192,55 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="F14" s="6" t="n">
         <v>125</v>
       </c>
       <c r="G14" s="8" t="inlineStr">
         <is>
-          <t> </t>
+          <t> 19772</t>
         </is>
       </c>
       <c r="H14" s="9" t="n">
-        <v>47665</v>
+        <v>48030</v>
       </c>
       <c r="I14" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.05.2022 № 70-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="3" t="inlineStr">
@@ -4252,54 +4252,56 @@
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E66" s="6" t="n">
         <v>54020</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
           <t>Середня освіта: математика</t>
         </is>
       </c>
       <c r="G66" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H66" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I66" s="9"/>
+          <t>- 19384</t>
+        </is>
+      </c>
+      <c r="I66" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J66" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K66" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
@@ -4970,55 +4972,55 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
         <v>54038</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
           <t>Менеджмент митної справи</t>
         </is>
       </c>
       <c r="G82" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H82" s="8" t="inlineStr">
         <is>
-          <t>- 9715</t>
+          <t>- 19531</t>
         </is>
       </c>
       <c r="I82" s="9" t="n">
-        <v>46015</v>
+        <v>46379</v>
       </c>
       <c r="J82" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K82" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D83" s="3"/>
@@ -5375,98 +5377,100 @@
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>56782</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Правове забезпечення митної безпеки</t>
         </is>
       </c>
       <c r="G91" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H91" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I91" s="9"/>
+          <t>- 19420</t>
+        </is>
+      </c>
+      <c r="I91" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J91" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K91" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
         <v>54047</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
           <t>Інформаційні управляючі системи і технології в економіці</t>
         </is>
       </c>
       <c r="G92" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H92" s="8" t="inlineStr">
         <is>
-          <t>- 9787</t>
+          <t>- 19419</t>
         </is>
       </c>
       <c r="I92" s="9" t="n">
-        <v>46015</v>
+        <v>46379</v>
       </c>
       <c r="J92" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K92" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>256</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D93" s="3"/>
@@ -5506,54 +5510,56 @@
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
         <v>54048</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G94" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H94" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I94" s="9"/>
+          <t>- 19772</t>
+        </is>
+      </c>
+      <c r="I94" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J94" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K94" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
@@ -5825,54 +5831,56 @@
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D101" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E101" s="6" t="n">
         <v>66237</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
           <t>Середня освіта: математика</t>
         </is>
       </c>
       <c r="G101" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H101" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I101" s="9"/>
+          <t>- 19801</t>
+        </is>
+      </c>
+      <c r="I101" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J101" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K101" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
@@ -6195,54 +6203,56 @@
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
         <v>66204</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
           <t>Економічна журналістика</t>
         </is>
       </c>
       <c r="G109" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H109" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I109" s="9"/>
+          <t>- 19803</t>
+        </is>
+      </c>
+      <c r="I109" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J109" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K109" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
@@ -6774,55 +6784,55 @@
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
         <v>66217</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
           <t>Менеджмент митної справи</t>
         </is>
       </c>
       <c r="G122" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H122" s="8" t="inlineStr">
         <is>
-          <t>- 11544</t>
+          <t>- 19799</t>
         </is>
       </c>
       <c r="I122" s="9" t="n">
-        <v>46015</v>
+        <v>46379</v>
       </c>
       <c r="J122" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K122" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D123" s="3"/>
@@ -7132,54 +7142,56 @@
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
         <v>66222</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
           <t>Правове забезпечення митної безпеки</t>
         </is>
       </c>
       <c r="G130" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H130" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I130" s="9"/>
+          <t>- 19802</t>
+        </is>
+      </c>
+      <c r="I130" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J130" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K130" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
@@ -7396,55 +7408,55 @@
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
         <v>66227</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
           <t>Комп`ютерні інтелектуальні технології</t>
         </is>
       </c>
       <c r="G136" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H136" s="8" t="inlineStr">
         <is>
-          <t>- 11553</t>
+          <t>- 19804</t>
         </is>
       </c>
       <c r="I136" s="9" t="n">
-        <v>46015</v>
+        <v>46379</v>
       </c>
       <c r="J136" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K136" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
           <t>K3</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D137" s="3"/>
@@ -7484,54 +7496,56 @@
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
         <v>66228</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G138" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H138" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I138" s="9"/>
+          <t>- 19798</t>
+        </is>
+      </c>
+      <c r="I138" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J138" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K138" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
@@ -8014,54 +8028,56 @@
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
         <v>66243</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G150" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H150" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I150" s="9"/>
+          <t>- 19800</t>
+        </is>
+      </c>
+      <c r="I150" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J150" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K150" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
@@ -8130,51 +8146,51 @@
       <c r="I152" s="9"/>
       <c r="J152" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K152" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K152"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I74"/>
+  <dimension ref="A1:I75"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -8450,87 +8466,87 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -8582,54 +8598,54 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
@@ -8651,117 +8667,117 @@
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>49</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -8813,54 +8829,54 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -8879,51 +8895,51 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>58</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -9110,51 +9126,51 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>224</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -9176,54 +9192,54 @@
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
@@ -9345,54 +9361,54 @@
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
@@ -9418,51 +9434,51 @@
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -9481,87 +9497,87 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -9583,51 +9599,51 @@
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
@@ -9712,51 +9728,51 @@
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>K3</t>
         </is>
       </c>
@@ -9848,51 +9864,51 @@
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -9947,216 +9963,216 @@
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>256</t>
         </is>
       </c>
@@ -10178,87 +10194,87 @@
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>46</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
@@ -10277,397 +10293,430 @@
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>10</v>
+        <v>83</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="G74" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H74" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I74" s="6" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B75" s="8" t="inlineStr">
+        <is>
+          <t>293</t>
+        </is>
+      </c>
+      <c r="C75" s="3" t="inlineStr">
+        <is>
+          <t>Міжнародне право</t>
+        </is>
+      </c>
+      <c r="D75" s="3"/>
+      <c r="E75" s="6" t="n">
         <v>8</v>
       </c>
-      <c r="F74" s="6" t="n">
-[...8 lines deleted...]
-      <c r="I74" s="6" t="n">
+      <c r="F75" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G75" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H75" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I74"/>
+  <autoFilter ref="A1:I75"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>