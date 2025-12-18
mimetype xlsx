--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -1,70 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
-    <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
-[...2 lines deleted...]
-    <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
+    <sheet name="Ліцензії ФПО" sheetId="3" state="visible" r:id="rId4"/>
+    <sheet name="Освітні програми" sheetId="4" state="visible" r:id="rId5"/>
+    <sheet name="Здобувачі ВО" sheetId="5" state="visible" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$2</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$9</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$22</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$9</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$15</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$9</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -168,51 +165,51 @@
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="166" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="167" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
@@ -406,63 +403,63 @@
         <is>
           <t>melkult@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>http://muk.zp.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Голова комісії з реорганізації</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Черкес Людмила Олександрівна</t>
+          <t>Піддубняк Олексій Євгенович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -490,521 +487,50 @@
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:A2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L9"/>
-[...469 lines deleted...]
-  </sheetPr>
   <dimension ref="A1:J9"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="11" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
@@ -1032,51 +558,51 @@
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -1352,56 +878,56 @@
       <c r="G9" s="8"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 26.12.2019 № 1020-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K22"/>
+  <dimension ref="A1:K15"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -1439,899 +965,622 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію ОП</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію спеціальності</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії </t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>Молодший спеціаліст</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>17069</v>
+        <v>42266</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I2" s="9"/>
+          <t>КО 003278</t>
+        </is>
+      </c>
+      <c r="I2" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J2" s="7" t="inlineStr">
         <is>
-          <t>КК 08015369</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>Молодший спеціаліст</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>17261</v>
+        <v>42265</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Народна хореографія</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I3" s="9"/>
+          <t>КО 003277</t>
+        </is>
+      </c>
+      <c r="I3" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J3" s="7" t="inlineStr">
         <is>
-          <t>КК 08015368</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Молодший спеціаліст</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>10607</v>
+        <v>42267</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
-          <t>Народне інструментальне мистецтво (народні інструменти, духові інструменти)</t>
+          <t>Народне пісенне мистецтво</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I4" s="9"/>
+          <t>КО 003280</t>
+        </is>
+      </c>
+      <c r="I4" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>Молодший спеціаліст</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>13425</v>
+        <v>42268</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Видовищно-театралізовані заходи</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I5" s="9"/>
+          <t>КО 003370</t>
+        </is>
+      </c>
+      <c r="I5" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>Молодший спеціаліст</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>13559</v>
+        <v>42270</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
-          <t>Народне пісенне мистецтво</t>
+          <t>Народне інструментальне мистецтво (народні інструменти, духові інструменти)</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I6" s="9"/>
+          <t>КО 003279</t>
+        </is>
+      </c>
+      <c r="I6" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>Молодший спеціаліст</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>12764</v>
+        <v>42260</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
-          <t>Фахівець з бібліотечної справи</t>
+          <t>Бібліотечна справа</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I7" s="9"/>
+          <t>КО 002996</t>
+        </is>
+      </c>
+      <c r="I7" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>Молодший спеціаліст</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>36158</v>
+        <v>74085</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна справа</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>B14</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>42266</v>
+        <v>74069</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
-          <t>Декоративне мистецтво</t>
+          <t>Видовищно-театралізовані заходи</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
-          <t>КО 003278</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I9" s="9"/>
       <c r="J9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>B14</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>42265</v>
+        <v>80198</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
-          <t>Народна хореографія</t>
+          <t>Народне інструментальне мистецтво (народні інструменти, духові інструменти)</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
-          <t>КО 003277</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I10" s="9"/>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
-          <t>028</t>
+          <t>B14</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>42267</v>
+        <v>80199</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Народне пісенне мистецтво</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
-          <t>КО 003280</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I11" s="9"/>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
-          <t>028</t>
+          <t>B14</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>42268</v>
+        <v>85352</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
-          <t>Видовищно-театралізовані заходи</t>
+          <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
-          <t>КО 003370</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I12" s="9"/>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
-          <t>028</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>42270</v>
+        <v>74049</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
-          <t>Народне інструментальне мистецтво (народні інструменти, духові інструменти)</t>
+          <t>Декоративне мистецтво</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t>КО 003279</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I13" s="9"/>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>42260</v>
+        <v>74077</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
-          <t>Бібліотечна справа</t>
+          <t>Народна хореографія</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
-          <t>КО 002996</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I14" s="9"/>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
-          <t>B13</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>Бібліотечна, інформаційна та архівна справа</t>
-[...2 lines deleted...]
-      <c r="D15" s="3"/>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D15" s="3" t="inlineStr">
+        <is>
+          <t>Хореографічне мистецтво</t>
+        </is>
+      </c>
       <c r="E15" s="8" t="n">
-        <v>74085</v>
+        <v>86897</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
-          <t>Бібліотечна справа</t>
+          <t>Народна хореографія</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
-[...275 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K22"/>
+  <autoFilter ref="A1:K15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
@@ -2513,87 +1762,87 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
         <v>16</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>