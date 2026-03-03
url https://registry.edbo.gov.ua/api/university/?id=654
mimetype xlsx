--- v1 (2025-12-18)
+++ v2 (2026-03-03)
@@ -1795,51 +1795,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>