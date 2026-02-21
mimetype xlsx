--- v0 (2025-10-27)
+++ v1 (2026-02-21)
@@ -2085,54 +2085,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
         <v>61615</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Бухгалтерський облік</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I12" s="9"/>
+          <t>- 0</t>
+        </is>
+      </c>
+      <c r="I12" s="9" t="n">
+        <v>46403</v>
+      </c>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
@@ -2247,96 +2249,96 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
         <v>53457</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Виробництво харчової продукції</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t>ДС 002059</t>
+          <t>ДС 006739</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
         <v>53458</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Виробництво хліба, кондитерських, макаронних виробів і харчових концентратів</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t>ДС 002056</t>
+          <t>ДС 006740</t>
         </is>
       </c>
       <c r="I17" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D18" s="3"/>
@@ -2536,96 +2538,96 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
         <v>71508</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Виробництво хліба, кондитерських, макаронних виробів і харчових концентратів</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
-          <t>ДС 002056</t>
+          <t>ДС 006740</t>
         </is>
       </c>
       <c r="I23" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
         <v>71509</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>Виробництво харчової продукції</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="7" t="inlineStr">
         <is>
-          <t>ДС 002059</t>
+          <t>ДС 006739</t>
         </is>
       </c>
       <c r="I24" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D25" s="3"/>
@@ -2782,121 +2784,121 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Холодильні та кліматичні технології</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -2918,51 +2920,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -2984,87 +2986,87 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>297</v>
+        <v>211</v>
       </c>
       <c r="F9" s="8" t="n">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">