--- v0 (2025-10-20)
+++ v1 (2025-12-16)
@@ -7,57 +7,57 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
-    <sheet name="Ліцензії ФПВО" sheetId="2" state="visible" r:id="rId3"/>
+    <sheet name="Ліцензії ФПО" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Освітні програми" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Здобувачі ВО" sheetId="4" state="visible" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$19</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$17</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -516,51 +516,51 @@
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="6" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="6" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -1646,54 +1646,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
         <v>60281</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I10" s="9"/>
+          <t>ДС 006834</t>
+        </is>
+      </c>
+      <c r="I10" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
@@ -1968,54 +1970,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>68117</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I18" s="9"/>
+          <t>ДС 006813</t>
+        </is>
+      </c>
+      <c r="I18" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
@@ -2206,51 +2210,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
@@ -2408,84 +2412,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Верстати та інструменти</t>
         </is>
       </c>
       <c r="E8" s="8" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>6</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -2507,87 +2511,87 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="F12" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
@@ -2672,84 +2676,84 @@
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="F16" s="8" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>18</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>