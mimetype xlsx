--- v1 (2025-12-16)
+++ v2 (2026-02-08)
@@ -2342,51 +2342,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
@@ -2511,51 +2511,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
@@ -2643,51 +2643,51 @@
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>